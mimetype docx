--- v0 (2026-01-07)
+++ v1 (2026-01-07)
@@ -1,2536 +1,754 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0019549A" w:rsidRPr="0019549A" w:rsidRDefault="0019549A" w:rsidP="0019549A">
+    <w:p w:rsidR="007A6C77" w:rsidRPr="007A6C77" w:rsidRDefault="007A6C77" w:rsidP="007A6C77">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0019549A">
+      <w:r w:rsidRPr="007A6C77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Ертегілер арқылы баланың тілін дамыту.</w:t>
+        </w:rPr>
+        <w:t>Развитие речи ребенка через сказки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008654E2" w:rsidRDefault="008654E2" w:rsidP="008654E2">
+    <w:p w:rsidR="007A6C77" w:rsidRPr="007A6C77" w:rsidRDefault="007A6C77" w:rsidP="007A6C77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...26 lines deleted...]
-        <w:t>Ертегіні баяндай отырып, мұңаюға, шаттануға үйретеміз, оқиғаларымен  қызықтырып, ой-қиялын дамытамыз, оны баяндауға жетелеп, тілін дамытамыз, адамгершілікке, кішіпейілділіккке, қамқорлыққа тәрбиелейміз. Балалар жағымсыз кейіпкерлердің жаман әрекеттерінен бойларын аулақ ұстап, жақсылыққа құмартады.</w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Так как в воспитании подрастающего поколения наиболее эффективным средством воспитания является легкий язык сказок, легко понять, любовь к детям, трудолюбие и любовь к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сказкам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. большое значение имеет деятельность не только в воспитании, но и в развитии их языка. Сказки способствуют развитию у детей интеллекта, любви к Родине, защите страны, освоению искусства, приобщению к общечеловеческим ценностям. Кроме того, у ребенка очень большая работа по увеличению словарного запаса. А ребенок с богатым словарным запасом, с развитым языком-лучший ребенок, потому что </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вышеперечисленные</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — основа хороших моделей. В ходе встречи были обсуждены основные направления Послания Президента РК "Стратегия" Казахстан-2050": новый политический курс состоявшегося государства".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008654E2" w:rsidRPr="0019549A" w:rsidRDefault="0019549A" w:rsidP="0019549A">
+    <w:p w:rsidR="007A6C77" w:rsidRPr="007A6C77" w:rsidRDefault="007A6C77" w:rsidP="007A6C77">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сказка должна быть доведена до ребенка, используя различные методы и приемы. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Расскажем сказку, учим грустить, радоваться, увлекаемся событиями, развивая воображение, приводим ее к изложению, развиваем язык, воспитываем нравственность, заботу.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дети страдают от плохих поступков негативных персонажей, страдают добротой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A6C77" w:rsidRPr="007A6C77" w:rsidRDefault="007A6C77" w:rsidP="007A6C77">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особую роль в развитии речи детей дошкольного возраста играет сценическая постановка. Сценическая постановка подарит каждому ребенку радость, незабываемое впечатление, развивает его художественный вкус, подражание и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фантазию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ети</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вступают в роль, формируются четкие изображения через метод художественного чтения, воплощение образа героя, выразительность речи, изменение фигуры лица, ручные движения, состояние тела и ходьба. Владеет логикой и дикцией речи, правильной артикуляцией, развивается язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A6C77" w:rsidRPr="007A6C77" w:rsidRDefault="007A6C77" w:rsidP="007A6C77">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Например, казахский народ «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шықбермес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шигайбай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Косе», «Ауру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арыстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», русский народ «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шалкан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», французский писатель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A6C77" w:rsidRPr="007A6C77" w:rsidRDefault="007A6C77" w:rsidP="007A6C77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шарль Перро «Красная шапочка» дети героев сказок </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сахналағанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поведения, действий и постарались сделать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A6C77" w:rsidRPr="007A6C77" w:rsidRDefault="007A6C77" w:rsidP="007A6C77">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С помощью этих постановок возрастает интерес к сказке, развиваются способности мышления, сделали шаг к творческому пути.  Говоря поведения героя в сказк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ах сказка для детей а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обращая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внимание детей на пов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едение, ритм голоса, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>движения.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наблюдаю за тем, чтобы выслушать с большим энтузиазм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом. Какие сказки самые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">главное, что ребенок осознал, что такое диалогическое </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его необходимо эффективно передать, в результате чего он выразился.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A6C77" w:rsidRPr="007A6C77" w:rsidRDefault="007A6C77" w:rsidP="007A6C77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Театр-это жизнь.  Во многих странах Западной Европы газеты и журналы, относящиеся к театру, выпустили каждую семью и доставили детей в театр </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>один раз в неделю.  Ведь театр приобщает детей к красоте, культуре. Это, конечно, пример обманутый случай.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A6C77" w:rsidRPr="007A6C77" w:rsidRDefault="007A6C77" w:rsidP="007A6C77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В детском дошкольном воспитании особое место занимает кукольный театр. В детском саду приедет театр или дети, услышав, что мы увидим кукольный театр, дети с нетерпением ждут его, пока они не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>увидят</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оэтому</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интерес к театру у наших детей можно реализовать через небольшой театр кукол в детском саду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00101EE0" w:rsidRPr="007A6C77" w:rsidRDefault="007A6C77" w:rsidP="007A6C77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Например « </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...23 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>Теремок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шалкан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баурсак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A6C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" и т. д. дети с удовольствием выполняли сказку "б", рассказывали о своих куклах и почувствовали себя как на сцене Большого театра. </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="008654E2" w:rsidRPr="008654E2">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008654E2" w:rsidRPr="0019549A" w:rsidRDefault="008654E2" w:rsidP="0019549A">
-[...2285 lines deleted...]
-    <w:sectPr w:rsidR="00101EE0" w:rsidSect="0019549A">
+    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="007A6C77">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="719" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007161E1"/>
+    <w:rsidRoot w:val="00F56135"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="0019549A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008654E2"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="007A6C77"/>
+    <w:rsid w:val="00F56135"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4134,65 +2352,50 @@
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EAEBDE"/>
       </a:lt2>
@@ -4448,54 +2651,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>490</Words>
-  <Characters>2798</Characters>
+  <Words>451</Words>
+  <Characters>2572</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3282</CharactersWithSpaces>
+  <CharactersWithSpaces>3017</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>