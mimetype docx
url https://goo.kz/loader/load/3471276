--- v0 (2025-12-05)
+++ v1 (2026-03-04)
@@ -1,6863 +1,7635 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005F09E7" w:rsidRDefault="002E420B" w:rsidP="00473479">
+    <w:p w:rsidR="005A0E10" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...67 lines deleted...]
-      <w:r w:rsidRPr="00473479">
+        </w:rPr>
+        <w:t>"Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына өзгерістер енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 11 қазандағы № 518 бұйрығы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z4"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00473479">
-[...34 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z5"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10981 болып тіркелген, 2015 жылғы 18 мамырдағы "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00473479">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z6"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көрсетілген бұйрықпен бекітілген "Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" және "Мектепке дейінгі білім беру ұйымдарына құжаттарды қабылдау және балаларды қабылдау" мемлекеттік көрсетілетін қызмет стандарттары осы бұйрыққа 1 және 2-қосымшаларына сәйкес редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00473479">
-[...44 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="z7"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім департаменті (Ш.Т. Каринова) Қазақстан Республикасы заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z5"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00473479">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="z8"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z6"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:proofErr w:type="gramStart"/>
-[...24 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="z9"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін жолдауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z7"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00473479">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z10"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрық мемлекеттік тіркелген күннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспа басылымдарына ресми жариялау үшін жолдауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z8"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00473479">
-[...44 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z11"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықты ресми жаряланғаннан кейін Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z9"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00473479">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z12"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5) осы бұйрық мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі және халықаралық ынтымақтастық департаментіне осы тармақтың 1), 2), 3) және 4) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z10"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="00473479">
-[...69 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="z13"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі А.Қ. Аймағамбетовке жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z11"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="00473479">
-[...24 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2017 жылғы 11 қазан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 518 бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2015 жылғы 7 сәуірдегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...23 lines deleted...]
-    <w:p w:rsidR="005F09E7" w:rsidRDefault="002E420B" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 172 бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z18"/>
+      <w:bookmarkStart w:id="11" w:name="z23"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации"</w:t>
-[...27 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="z19"/>
+        <w:t xml:space="preserve">"Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z24"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="00473479">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="z20"/>
+        </w:rPr>
+        <w:t>1-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z25"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="00473479">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="z21"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. "Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z26"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00473479">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="z22"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z27"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00473479">
-[...66 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="z23"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік көрсетілетін қызметті облыстардың, Астана және Алматы қалаларының, аудандардың (облыстық маңызы бар қалалардың) жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z28"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="00473479">
-[...44 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="z24"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z29"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00473479">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="z25"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z30"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00473479">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="19" w:name="z26"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z31"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="00473479">
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3) "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үкіметтің" веб-порталы: www.egov.kz (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z32"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z33"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z34"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті берушіге, Мемлекеттік корпорацияға, порталға жүгінген сәтінен бастап – 30 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z35"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті берушіге немесе Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z36"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00473479">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті берушінің немесе Мемлекеттік корпорацияның қызмет көрсетуінің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z37"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5. Мемлекеттік қызмет көрсету нысаны: электронды (толық автоматтандырылған) және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z38"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6. Мемлекеттік қызмет көрсетудің нәтижесі кезекке қою туралы хабарлама беру (ерікті нысанда), орын болған жағдайда – мектепке дейінгі ұйымға жолдама беру (ерікті нысанда) немесе осы мемлекеттік көрсетілетін қызмет стандартының 10-тармағында белгіленген мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z39"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға жүгінгенде мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті берушінің кезектілікті басқарудың арнайы ақпараттық жүйесі арқылы ресімделеді және электронды құжат нысанында көрсетілетін қызметті алушыға жолданады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z40"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Портал арқылы жүгінгенде мемлекеттік қызмет көрсету нәтижесі көрсетілетін қызметті алушыға көрсетілетін қызметті берушінің уәкілетті тұлғасының электронды цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) расталған электронды құжат нысанында "жеке кабинетке" жолданады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z41"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызметті көрсету нәтижесін ұсыну нысаны: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>электронды  және</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (немесе) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z42"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі - көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z43"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Бірінші кезекті орынды алуға мыналар құқылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z44"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдері мүгедек болып табылатын балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z45"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2) ата-анасының қамқорлығынсыз қалған балалар және жетім балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z46"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалы отбасылардан шыққан балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z47"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) ерекше бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беруді қажет ететін балалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z48"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z49"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, көрсетілетін қызметті берушінің белгіленген жұмыс кестесі бойынша, дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-ден 18.30-ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z50"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z51"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет алдын ала жазылусыз және жеделдеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z52"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорация: Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, белгіленген жұмыс кестесі бойынша дүйсенбі мен сенбіні қоса алғанда түскі үзіліссіз сағат 09.00-ден 20.00-ге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z53"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қабылдау "электронды" кезек тәртібінде көрсетілетін қызметті алушының таңдауы бойынша жүзеге асырылады, электронды кезекті портал арқылы брондауға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z54"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ік бойы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z55"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Көрсетілетін қызметті алушы жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інген кезде мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z56"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушіге немесе Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорацияға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z57"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартына 1-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z58"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) баланың туу туралы куәлігі (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z59"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) көрсетілетін қызметті алушының (ата-анасының бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інің немесе заңды өкілдерінің (сәйкестендіру үшін) жеке басын куәландыратын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z60"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басылған және уәкілетті тұлғаның қолы қойылған анықтама (бар болғанда) (берілген күннен бастап күнтізбелік 10 күн ішінде жарамды);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z61"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) ерекше білім беру қажеттілігі бар балалар үшін психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультацияның қорытындысы (бар болғанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z62"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) мектепке дейінгі ұйымға бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інші кезекте орын алу құқығын растайтын құжаттар (бар болғанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z63"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, баланың мекенжайы туралы анықтама, мектепке дейінгі ұйымға бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді тиісті мемлекеттік ақпараттық жүйелерден "электронды үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z64"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметті көрсету кезі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нде</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық жүйелердегі заңмен қорғалатын құпиясы бар мәліметтерді пайдалануға келісім алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z65"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы кент, ауыл, ауылдық округ әкімдігіне жүгінгенде құжаттардың тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсқаларын (сәйкестендіру үшін) және көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z66"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порталға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z67"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартына 1-қосымшаға сәйкес нысан бойынша мемлекеттік  көрсетілетін қызмет алушының ЭЦҚ қойылған электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z68"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басылған және уәкілетті тұлғаның қолы қойылған анықтаманың (бар болғанда) (берілген күннен бастап күнтізбелік 10 күн ішінде жарамды) скан-көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z69"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) ерекше білім беру қажеттілігі бар балалар үшін психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультация қорытындысының (бар болғанда) скан-көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z70"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порталға электронды сұрау көрсетілетін қызметті алушының ЭЦ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен куәландырылған электронды құжат нысанында немесе бір реттік құпиясөз енгізу арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z71"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, баланың мекенжайы туралы анықтама, мектепке дейінгі ұйымға бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді көрсетілетін қызметті алушы тиісті мемлекеттік ақпараттық жүйелерден "электронды үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z72"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порталда электронды сұрауды қабылдау көрсетілетін қызметті алушының "жеке кабинетінде" жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z73"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">10. Көрсетілетін қызметті алушы осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда, Мемлекеттік корпорация қызметкері құжаттарды қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет стандартына 2-қосымшаға сәйкес нысан бойынша өтінішті қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z74"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған кезде,  құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z75"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының, Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорация және (немесе) олардың қызметкерлерінің шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z76"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану үшін шағым жазбаша түрде осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 14-тармағында көрсетілген мекенжайлар бойынша көрсетілетін қызметті беруші басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z77"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шағымды қабылдаған адамның тегін және аты-жөнін, берілген шағымға жауап алу мерзімін және орнын көрсете отырып, оның көрсетілетін қызметті берушінің кеңсесінде тіркелуі (мөртабан, кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іс нөмірі мен күні) шағымның қабылдануын растау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z78"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік корпорация қызметкерінің әрекетіне (әрекетсіздігіне) берілген шағым осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 14-тармағында көрсетілген мекенжайлар бойынша Мемлекеттік корпорацияның басшысына жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z79"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның мекенжайына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z80"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шағымды көрсетілетін қызметті алушының "жеке кабинетінен" портал арқылы жіберілген кезде көрсетілетін қызметті беруші өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і өңдеу (жеткізу, тіркеу, орындау туралы белгілер, қарау немесе қараудан бас тарту туралы жауап) барысында жаңартылатын өтініш туралы ақпарат қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z81"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкілетті органға шағыммен жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z82"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z83"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Портал арқылы шағымдану тәртібі туралы ақпаратты Мемлекеттік қызмет көрсету мәселелері жөніндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс орталығы арқылы алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z84"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z85"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4-тарау. Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z86"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>13. Организм функцияларының тіршілік әрекетін шектейтін денсаулығы тұрақты бұзылған көрсетілетін қызметті алушылар қажет болған жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс орталығының 1414, 8 800 080 7777 нөмірлеріне жүгінгенде, Мемлекеттік корпорацияның қызметкері мемлекеттік қызметті көрсету үшін құжат қабылдауды олардың тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылықты жерінде жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z87"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>14. Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z88"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Министрліктің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>www</w:t>
       </w:r>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1637 lines deleted...]
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z89"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Мемлекеттік корпорацияның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>www</w:t>
       </w:r>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4с.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет ресурсында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z90"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порталында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z91"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтері, сондай-а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қ  Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс-орталығы арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z92"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>gov</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...424 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсында "Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет" бөлімінде көрсетілген. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8-800-080-7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+    <w:p w:rsidR="005A0E10" w:rsidRDefault="005A0E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...11 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Мектепке дейінгі балалар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарына жіберу үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі жастағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(7 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа толмаған) балаларды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кезекке қою" мемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызмет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRPr="00473479" w:rsidRDefault="00473479" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартына 1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00473479" w:rsidRDefault="002E420B" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="81" w:name="z90"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="002E420B" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушіге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
-[...10 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRPr="00473479" w:rsidRDefault="002E420B" w:rsidP="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRPr="00473479" w:rsidRDefault="002E420B" w:rsidP="00473479">
+        <w:t>мекен-жайында тұратын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(далее – Ф.И.О.) (при заполнении в бумажном виде)</w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRPr="00473479" w:rsidRDefault="002E420B" w:rsidP="00473479">
+        <w:t>(тегі, аты, әкесінің аты (бар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(индивидуальный </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00473479">
+        <w:t>болса) (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>идинтификационный</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00473479">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> номер</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRPr="00473479" w:rsidRDefault="002E420B" w:rsidP="00473479">
+        <w:t>і – Т.А.Ә.) қағаз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00473479">
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(далее – ИИН)</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00473479">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>проживающего</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00473479">
+        <w:t>інде толтырған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по адресу:</w:t>
-[...1119 lines deleted...]
-        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00473479">
+        <w:t>(жеке сәйкестендіру нөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
-[...31 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>і</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(адрес услугополучателя)</w:t>
-[...16 lines deleted...]
-    <w:p w:rsidR="00473479" w:rsidRDefault="002E420B" w:rsidP="00473479">
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і – ЖСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z95"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00473479">
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________ елді  мекені аумағында тұратын,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қала (кенті, ауылы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________, ЖСН ________________________,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(баланың Т.А.Ә. (бар болса) қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інде толтырған жағдайда)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7" w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________ жылы туған баламды мектепке дейінгі балалар ұйымына жолдама</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алу үшін кезекке қоюды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Хабардар етемін, бала (керегі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) әскери қызметшілердің, оның ішінде қызмет атқару кезінде қаза тапқандардың,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қайтыс болғандардың немесе хабар-ошарсыз кеткендердің баласы (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) арнаулы мемлекеттік органдар қызметкерлерінің, оның </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нде қызмет атқару кезінде</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаза тапқан, қайтыс болған немесе хабар-ошарсыз кеткен қызметкерлердің баласы (құжаттың</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдері мүгедек болып табылатындардың баласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) ерекше бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім берілуіне қажеттілігі бар бала (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) ата-анасының қамқорлығынсыз қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ған бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) жетім бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалы отбасыдан шыққан бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) жоғарыда аталған санаттардың біреуіне қатысты емес болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мені берген өтінішімнің жағдайындағы өзгерістер  туралы  төмендегідей әдістермен</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>хабардар етуіңізді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) мобильді телефондардың мынадай нөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іне ерікті нысанда жазылған электронды</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="82" w:name="z117"/>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>смс (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) хабарлама (екі нөмірден көп емес): _________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) ерікті нысанда жазылған электронды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабарлама: ______________ бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Өмірлік жағдайлар өзгергенде, кезектегі өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ің жай-күйі өзгеруі мүмкін. Кезектегі</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініштер баланың туған жылына (күнтізбелік жыл) қарай өтініш берілген күннің басымдығы</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="83" w:name="z122"/>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібінде топтастырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ақпараттық жүйедегі  заңмен қорғалатын құпиядан тұратын мәліметтерді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келісім беретіндігімді растаймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қолы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>"Мектепке дейінгі балалар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарына жіберу үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі жастағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(7 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа толмаған) балаларды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кезекке қою" мемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызмет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартына 2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(тегі, аты, әкесінің аты (бар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(көрсетілетін қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының мекен-жайы)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Расписка</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00473479">
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z129"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының 20-бабының 2-тармағын басшылыққа ала отырып, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамының филиалының № ___ бөлімі (мекенжайын көрсету) Сіздің мемлекеттік көрсетілетін қызмет стандартында қарастырылған тізбеге сәйкес толық емес құжаттар топтамасын ұсынуыңызға, атап айтқанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жоқ құжаттардың атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) ______________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) ______________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ....</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">байланысты мемелекеттік қызмет көрсетуден бас тартады (мемлекеттік қызмет стандартына сәйкес мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің атауын көрсету).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы қолхат ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тарапқа бір-біреуден 2 данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Орындаушы: Т.А.Ә. (бар болғанда) ____________________________ қолы ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Телефон _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қабылдады: Т.А.Ә. (бар болғанда) ___________________ қолы ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>"____" _________ 20____ жыл.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2017 жылғы 11 қазан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 518 бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2015 жылғы 7 сәуірдегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 172 бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z143"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Мектепке дейінгі білім беру ұйымдарына құжаттарды қабылдау және балаларды қабылдау" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C300D7" w:rsidRPr="00C300D7" w:rsidRDefault="00C300D7" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z144"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z145"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. "Мектепке дейінгі білім беру ұйымдарына құжаттарды қабылдау және балаларды қабылдау" мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z146"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z147"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызметті барлық үлгідегі және түрдегі мектепке дейінгі ұйымдар (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z148"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z149"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z150"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Мемлекеттік қызметті көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z151"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> топтамасын тапсырған сәттен бастап – 30 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z152"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдау сәтіне дейінгі күтудің рұқсат етілген ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z153"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z154"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5. Мемлекеттік қызмет көрсету нысаны: қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z155"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6. Мемлекеттік қызмет көрсетудің нәтижесі: мектепке дейінгі ұйым мен баланың ата-анасының бірі немесе заңды өкілі араcында жасалған шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе осы мемлекеттік көрсетілетін қызмет стандартының 10-тармағында көрсетілген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z156"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны: қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z157"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі - көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z158"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8. Көрсетілетін қызметті берушінің жұмыс кестесі: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі мен жұма аралығында белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 18.00-ге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z159"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z160"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z161"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9. Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге жүгінген кезде мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z162"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған жолдама (берілген күннен бастап 5 жұмыс күні ішінде жарамды);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z163"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) ата-анасының бірінің немесе заңды өкілінің жеке басын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>куәландыратын  құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z164"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тууын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z165"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4) Қазақстан Республикасы Денсаулық сақтау министрінің 2003 жылғы 24 маусымдағы № 469 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген) бекітілген "Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі нұсқаулықта қарастырылған нысан бойынша баланың денсаулық паспорты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z166"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> денсаулығы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z167"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6) психологиялық-медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беру қажеттілігі бар балалар үшін).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z168"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10. Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған кезде, құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z169"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету мәселелері бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z170"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>11. Мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану үшін жазбаша түрде осы мемлекеттік көрсетілетін қызмет стандартының 12-тармағында көрсетілген мекенжайлар бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органы басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z171"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Көрсетілетін қызметті алушының шағымында оның тегі, аты, әкесінің аты (бар болғанда), пошталық мекенжайы, күні көрсетіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00473479">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Шағымға көрсетілетін қызметті алушы қол қоюы тиіс.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z172"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушының республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органының, көрсетілетін қызметті берушінің мекенжайына келіп түскен мемлекеттік қызмет көрсету мәселелері бойынша шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z173"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға жүгіне алады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z174"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z175"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z176"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t>4-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C300D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...1887 lines deleted...]
-      <w:bookmarkStart w:id="119" w:name="z132"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z177"/>
       <w:bookmarkEnd w:id="118"/>
-      <w:r w:rsidRPr="00473479">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>12. Мемлекеттік қызмет көрсету орнының мекенжайы Министрліктің www.edu.gov.kz интернет-ресурсында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z178"/>
       <w:bookmarkEnd w:id="119"/>
-    </w:p>
-    <w:sectPr w:rsidR="005F09E7" w:rsidRPr="00473479" w:rsidSect="00473479">
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>13. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidRDefault="00F20E10" w:rsidP="00C300D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z179"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="00C300D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>14. Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8-800-080-7777.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="121"/>
+    </w:p>
+    <w:sectPr w:rsidR="005A0E10" w:rsidRPr="00C300D7" w:rsidSect="00C300D7">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -6866,62 +7638,62 @@
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="005F09E7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00AB0584"/>
+    <w:rsidRoot w:val="005A0E10"/>
+    <w:rsid w:val="005A0E10"/>
+    <w:rsid w:val="00BB2869"/>
+    <w:rsid w:val="00C300D7"/>
+    <w:rsid w:val="00F20E10"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -7173,151 +7945,148 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F09E7"/>
+    <w:rsid w:val="005A0E10"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="005F09E7"/>
+    <w:rsid w:val="005A0E10"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="005F09E7"/>
+    <w:rsid w:val="005A0E10"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="005F09E7"/>
+    <w:rsid w:val="005A0E10"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002E420B"/>
+    <w:rsid w:val="00F20E10"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002E420B"/>
+    <w:rsid w:val="00F20E10"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7567,51 +8336,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>19316</Characters>
+  <Pages>7</Pages>
+  <Words>3539</Words>
+  <Characters>20177</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>160</Lines>
-  <Paragraphs>45</Paragraphs>
+  <Lines>168</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22659</CharactersWithSpaces>
+  <CharactersWithSpaces>23669</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>