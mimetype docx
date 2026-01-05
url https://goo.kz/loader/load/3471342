--- v0 (2025-12-15)
+++ v1 (2026-01-05)
@@ -1,11972 +1,1238 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E53B6A" w:rsidRPr="00E323C0" w:rsidRDefault="00E53B6A" w:rsidP="00E53B6A">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Артикуляционные упражнения. При создании языковых звуков функции органов звучания называют артикуляцией. Наша задача состоит не исправить дефекты дикции, а следить за четким, правильным произношением звуков. Следовательно, применение артикуляционных упражнений способствует формированию у ребенка навыков воспроизведения звука через функции звуковых (речевых) органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При выполнении этих упражнений каждый ребенок в обязательном порядке использует зеркало, чтобы контролиро</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1DEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вать работу своего речевого </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1DEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аппарата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкция для проведения артикуляционных упражнений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения Педагог организует работу следующим образом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>::</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DC1ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> используя игровые приемы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1ABD" w:rsidRPr="00DC1ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E323C0">
-[...7 lines deleted...]
-        <w:t>Артикуляциялық</w:t>
+      <w:r w:rsidR="00DC1ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расска</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E323C0">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00DC1ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зывает</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1ABD" w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о предстоящей тренировке,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- указывает последовательность его выполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00DC1ABD" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- упражнение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выполня</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00665E66" w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т все дети;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC1ABD" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- педагог проверяет правильность выполнения упражнения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ребенку не нужно говорить о том, что он не выполнил упражнение, ему нужно показать, Как правильно сделать, рассказать о его достижениях и поощрять.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Ежедневно 2-3 упражнения необходимо проводить по 3-5 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Производится по легкой сложности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. В игровой форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В первую очередь проводятся упражнения для мышц языка, а затем для губ. Большая часть артикуляционных упражнений рассчитана на растяжение мышц языка, так как четкость дикции ребенка зависит от длины языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эти упражнения помогают определить звуковой состав слова и четко произносить, развивают чувства сна и ритма, формируют четкую дикцию, совершенствуют умение давать различные интонационные характеристики слова, предложения. Для формирования этих сложных языковых навыков необходимо систематически проводить фонетические упражнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фонетика-одна из сфер языкознания, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изучающая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CC7CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> закономерности формирования и особенности звуков языка. Основной задачей при выполнении фонетических упражнений является наблюдение за правильным дыханием и артикуляцией ребенка при произношении конкретных звуков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665E66" w:rsidRPr="00CC7CA5" w:rsidRDefault="00665E66" w:rsidP="00665E66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Например, на занятиях по развитию языка и грамотности вы можете выполнять следующие упражнения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дыхательные упражнения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Космонавты. Педагог: Вы пилот космонавта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вы можете рассчитывать. Запуск ракеты был коротким. 10: 1 мы можем дышать, дышать глубже и яснее, говорить «Увидеть» и дышать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если у кого-то нет воздуха, он будет сидеть на своем месте. Итак, нос</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мы собираем воздух</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">..... </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Время начинает отсчитывать: 10, 9, 8, 7, 6, 5, 4, 3, 2, 1. Отправьте! Упражнения выполняются 3-4 раза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Пусть бабочка побежит. Педагог предварительно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цветной бумаги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>готов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маленький образец бабочки и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фиксиру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на нити. Затем она раздает их детям и объясняет, как выполнять это упражнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дети поднимают руки вверх и держат бабочки на уровне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">губ. В то же время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поглощает воздух через нос и направляет поток воздуха в стакан, чтобы «запустить» его. Упражнение повторяется 1-2 раза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вы можете сделать это упражнение, используя «карманы», прикрепленные к нити.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Играем в футбол</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ары делятся на группы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E323C0">
-[...7 lines deleted...]
-        <w:t>жаттығулар</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сид</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E323C0">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>противоположных сторонах стола. Посреди поля - на столе - маленький кусочек ваты (вмес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">то мяча). Дети пытаются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пыта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ться</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попасть в ворота соперника. Границу ворот можно пометить карандашом или другим способом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тот, кто наберет больше </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мячей, станет победителем. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 мин. играть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E323C0">
-[...5 lines deleted...]
-        <w:t>Тіл</w:t>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыльный</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E323C0">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пузырь. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вы можете использовать мыльный пузырь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...99 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E323C0">
-[...1369 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0011111D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Упражнения выполняются 3-4 раза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0011111D" w:rsidRPr="0011111D" w:rsidRDefault="0011111D" w:rsidP="0011111D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00E323C0">
-[...9494 lines deleted...]
-    <w:sectPr w:rsidR="00101EE0">
+    </w:p>
+    <w:sectPr w:rsidR="0011111D" w:rsidRPr="0011111D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...815 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007B113B"/>
+    <w:rsidRoot w:val="00C34A34"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="00666768"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E53B6A"/>
+    <w:rsid w:val="0011111D"/>
+    <w:rsid w:val="00665E66"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="007B1DEC"/>
+    <w:rsid w:val="00C34A34"/>
+    <w:rsid w:val="00DC1ABD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -12109,51 +1375,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E53B6A"/>
+    <w:rsid w:val="00665E66"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="400"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
       <w:spacing w:val="20"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
@@ -12754,97 +2020,50 @@
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
-    </w:rPr>
-[...45 lines deleted...]
-      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -12965,51 +2184,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E53B6A"/>
+    <w:rsid w:val="00665E66"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="400"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
       <w:spacing w:val="20"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
@@ -13610,111 +2829,64 @@
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
-    </w:rPr>
-[...45 lines deleted...]
-      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EAEBDE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="72A376"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B0CCB0"/>
       </a:accent2>
       <a:accent3>
@@ -13962,55 +3134,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3916</Characters>
+  <Pages>2</Pages>
+  <Words>490</Words>
+  <Characters>2795</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4593</CharactersWithSpaces>
+  <CharactersWithSpaces>3279</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>