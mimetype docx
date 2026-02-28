--- v0 (2026-01-07)
+++ v1 (2026-02-28)
@@ -1,539 +1,7639 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00CC7CA5" w:rsidRPr="00556C8C" w:rsidRDefault="00556C8C" w:rsidP="00CC7CA5">
-      <w:pPr>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>МЕКТЕП ЖАСЫНА ДЕЙІНГІ БАЛАЛАРДЫҢ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТІЛІН ДАМЫТУҒА АРНАЛҒАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОЙЫНДАР МЕН ЖАТТЫҒУЛАР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сөйлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маңызына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көңіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сөзіміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарапайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрейік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алақаныңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауызыңызға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақындатыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дыбысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ағымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алақаныңызға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тигенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезесіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығарғанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дыбыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дыбыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ағымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қосылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дыбыстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бәрін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмескі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жәй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Демек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәлдігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тазалығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсерлілігітілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйрету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гимнастикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығуларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыну</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығуларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығулар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бітімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалыптастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағытталады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұлшықет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кедергілеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қыспаққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түспеуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұлшықеттеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қысым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсірмей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басымызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еркін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұстап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұрсақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еркін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аламыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сымбаттылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әліппесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өліңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығарудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұзағырақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>боларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығулар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ретке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келтіруге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөзді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлемді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үнемді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үзіліс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмсақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>естіртпей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жинауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеңіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шынайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығулардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>яғни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығаруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезектестіре</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақырын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ару</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретеміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұрынмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>терең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақырындап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00592AE5" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақырын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>терең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шұғыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00592AE5" w:rsidRPr="00E323C0" w:rsidRDefault="00592AE5" w:rsidP="00592AE5">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRPr="00E323C0" w:rsidRDefault="00592AE5" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығуларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсылап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>желдетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлмеде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастапқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәтінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұрып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қымсынба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қысылмай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұстайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жаттығуларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұрын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жинап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығарғанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хормен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санаймыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біртіндеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабаққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшкенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>он</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұлғайтамыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E323C0" w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E323C0" w:rsidRDefault="00E323C0" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ДЛЯ</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығулары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>элементінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>яғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>же</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ңімпаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықталса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындалуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгісімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тәрбиеші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мезетте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бастауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басталуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүрісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аяқталуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келісіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E323C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00592AE5" w:rsidRPr="00592AE5" w:rsidRDefault="00592AE5" w:rsidP="00E323C0">
+      <w:pPr>
+        <w:pStyle w:val="af5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Я</w:t>
-[...385 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00CC7CA5" w:rsidRPr="00CC7CA5">
+    <w:sectPr w:rsidR="00592AE5" w:rsidRPr="00592AE5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0EC13545"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B4827410"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="11CC01C7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="98905746"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="1E93277B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B1F46C12"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="1FEA18A5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="658E65AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="2D181DAC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="152EE526"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="35151C56"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="89C031FE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="40F94E71"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3B42B0DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="47891C5D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B7B67AA2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="5E651260"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="51489074"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BD5A25"/>
+    <w:rsidRoot w:val="007E75F3"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="00556C8C"/>
+    <w:rsid w:val="00592AE5"/>
     <w:rsid w:val="00666768"/>
-    <w:rsid w:val="009C5EB4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DB78F4"/>
+    <w:rsid w:val="007E75F3"/>
+    <w:rsid w:val="00E323C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1323,50 +8423,97 @@
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E323C0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E323C0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E323C0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -2132,62 +9279,124 @@
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E323C0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E323C0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E323C0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="15624791">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EAEBDE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="72A376"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B0CCB0"/>
       </a:accent2>
       <a:accent3>
@@ -2436,65 +9645,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>367</Words>
-  <Characters>2095</Characters>
+  <Words>383</Words>
+  <Characters>2184</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2458</CharactersWithSpaces>
+  <CharactersWithSpaces>2562</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>1</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>