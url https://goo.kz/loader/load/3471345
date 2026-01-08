--- v0 (2026-01-07)
+++ v1 (2026-01-08)
@@ -1,496 +1,3015 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B14497" w:rsidRPr="0098311A" w:rsidRDefault="00B14497" w:rsidP="00B14497">
+    <w:p w:rsidR="00923370" w:rsidRPr="00923370" w:rsidRDefault="00923370" w:rsidP="00923370">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098311A">
-[...7 lines deleted...]
-        <w:t>Рекомендации родителям по адаптации первоклассника к школе</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімдеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0098311A" w:rsidRPr="0098311A" w:rsidRDefault="0098311A" w:rsidP="0098311A">
+    <w:p w:rsidR="00923370" w:rsidRPr="00923370" w:rsidRDefault="00923370" w:rsidP="00923370">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098311A">
-[...6 lines deleted...]
-        <w:t>Основными показателями благоприятной психологической адаптации ребенка являются: формирование адекватного поведения, установление контактов с учащимися, учителем, овладение навыками учебной деятельности.</w:t>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмтылуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іңіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өсіргіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қтаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эмоционалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмытпаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> («</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арайсын!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интеллектуалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетістіктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едәуір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арттыра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00947DAC" w:rsidRPr="00947DAC" w:rsidRDefault="0098311A" w:rsidP="00947DAC">
+    <w:p w:rsidR="00923370" w:rsidRPr="00923370" w:rsidRDefault="00923370" w:rsidP="00923370">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-[...6 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00947DAC">
-[...14 lines deleted...]
-        <w:t>Поддерживайте, не ругайте за двойки и грязь в тетради. Все это мелочи по сравнению с тем, что от бесконечных упреков и наказаний ваш ребенок потеряет веру в себя.</w:t>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Бірінші сынып оқушысының мұғалім туралы пікірін құрметтеңіз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0098311A" w:rsidRPr="00947DAC" w:rsidRDefault="00B14497" w:rsidP="00947DAC">
+    <w:p w:rsidR="00923370" w:rsidRPr="00923370" w:rsidRDefault="00923370" w:rsidP="00923370">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-[...3 lines deleted...]
-        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7064C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>3. Оқыту - қиын және жауапты жұмыс. Мектепке бару баланың өмірін елеулі түрде</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7064C" w:rsidRPr="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзгертеді, бірақ оны әртүрлі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қуаныш, ойыннан айыруға болмайды. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойнауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00923370" w:rsidRPr="00923370" w:rsidRDefault="00923370" w:rsidP="00923370">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00947DAC">
-[...7 lines deleted...]
-      <w:r w:rsidR="00947DAC" w:rsidRPr="00947DAC">
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ешқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бiрiншi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыныпқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бiр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>секция</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7064C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidR="00947DAC" w:rsidRPr="00947DAC">
+        <w:t>үйірмеге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жiберуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басталуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жастағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саналады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7064C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...7 lines deleted...]
-        <w:t>. Учение - это нелегкий и ответственный труд. Поступление в школу существенно меняет жизнь ребенка, но не должно лишать ее многообразия, радости, игры. У первоклассника должно оставаться достаточно времени для игровых занятий.</w:t>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>серуендеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>демалуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырмасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тез </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>невроздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басталуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, музыка мен спорт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңыздың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектептің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басталуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыныптан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұрын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0098311A" w:rsidRPr="0098311A" w:rsidRDefault="00947DAC" w:rsidP="0098311A">
+    <w:p w:rsidR="00923370" w:rsidRPr="00923370" w:rsidRDefault="00923370" w:rsidP="00923370">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7064C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B14497">
+        <w:t xml:space="preserve">зейіні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырмасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындағанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-15 минут </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үзіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F7064C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...24 lines deleted...]
-        <w:t>. Само начало школьной жизни считается тяжелым стрессом для 6–7-летних детей. Если малыш не будет иметь возможности гулять, отдыхать, делать уроки без спешки, у него могут возникнуть проблемы со здоровьем, может начаться невроз. Поэтому, если занятия музыкой и спортом кажутся вам необходимой частью воспитания вашего ребенка, начните водить его туда за год до начала учебы или со второго класса.</w:t>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңызға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шынықтыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға мүмкіндік беріңіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мысалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>секіруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7064C" w:rsidRPr="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F7064C" w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>билеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7064C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беріңіз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0098311A" w:rsidRPr="0098311A" w:rsidRDefault="00947DAC" w:rsidP="0098311A">
+    <w:p w:rsidR="00101EE0" w:rsidRPr="00923370" w:rsidRDefault="00923370" w:rsidP="00923370">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қате</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жіберуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Адам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...69 lines deleted...]
-      </w:pPr>
+        <w:t>бәрі ойдағыдай болмауы мүмкін</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00923370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0098311A" w:rsidRPr="0098311A" w:rsidSect="00F85448">
+    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="00923370">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="719" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
-</file>
-[...96 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="93"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00807CB7"/>
+    <w:rsidRoot w:val="003F1C66"/>
+    <w:rsid w:val="000418DB"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="003B69DE"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00F85448"/>
+    <w:rsid w:val="003F1C66"/>
+    <w:rsid w:val="005F32D9"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="008C6617"/>
+    <w:rsid w:val="00923370"/>
+    <w:rsid w:val="00F7064C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2094,72 +4613,57 @@
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EAEBDE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="72A376"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B0CCB0"/>
       </a:accent2>
       <a:accent3>
@@ -2408,69 +4912,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>323</Words>
-  <Characters>1843</Characters>
+  <Words>221</Words>
+  <Characters>1264</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2162</CharactersWithSpaces>
+  <CharactersWithSpaces>1483</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>