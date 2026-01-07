--- v0 (2026-01-07)
+++ v1 (2026-01-07)
@@ -1,322 +1,2750 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002E47F2" w:rsidRPr="00476F4A" w:rsidRDefault="002E47F2" w:rsidP="002E47F2">
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="0056402C" w:rsidP="0056402C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="003E30D5" w:rsidP="0056402C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5690" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айтыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="0056402C" w:rsidP="0056402C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00476F4A">
-[...7 lines deleted...]
-        <w:t>Несколько коротких правил</w:t>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ешқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіпті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүректерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзгелерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нашар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтпа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E47F2" w:rsidRPr="00476F4A" w:rsidRDefault="002E47F2" w:rsidP="002E47F2">
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="0056402C" w:rsidP="0056402C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00476F4A">
-[...42 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00476F4A">
-[...5 lines deleted...]
-        <w:t>со</w:t>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00476F4A">
-[...24 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шыдамды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тырысыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="00847F80" w:rsidP="0056402C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бен </w:t>
+      </w:r>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күнде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00476F4A">
-[...5 lines deleted...]
-        <w:t>вств к р</w:t>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табу</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00476F4A">
-[...68 lines deleted...]
-        <w:t>— И вообще, хоть иногда ставьте себя на место своего ребенка, и тогда будет понятнее, как вести себя с ним.</w:t>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырысыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E47F2" w:rsidRPr="00476F4A" w:rsidRDefault="002E47F2" w:rsidP="002E47F2">
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="00546A5B" w:rsidP="0056402C">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алаңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрдастарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересектермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еркін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатынасқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсуге </w:t>
+      </w:r>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002E47F2" w:rsidRPr="00476F4A" w:rsidRDefault="002E47F2" w:rsidP="002E47F2">
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="00546A5B" w:rsidP="0056402C">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұтамы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жиі айтыңыз</w:t>
+      </w:r>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00101EE0" w:rsidRPr="00476F4A" w:rsidRDefault="00101EE0">
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="0056402C" w:rsidP="0056402C">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезіміңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалауда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="0056402C" w:rsidP="0056402C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шындықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үнемі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіпті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайдасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="0056402C" w:rsidP="0056402C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекеттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="0056402C" w:rsidP="0056402C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Күшпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жете</w:t>
+      </w:r>
+      <w:r w:rsidR="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лемеңіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мәжбүрлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамгершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отбасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәжбүрлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұзу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тудырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="00546A5B" w:rsidP="0056402C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Бала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>те</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лесуіге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғы бар екенің </w:t>
+      </w:r>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мойында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056402C" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="0056402C" w:rsidP="0056402C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бақытты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>естеліктердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00546A5B" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00546A5B" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>банкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00546A5B" w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойланыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056402C" w:rsidRPr="00546A5B" w:rsidRDefault="00CB44B0" w:rsidP="0056402C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Үлкендер қалай баланы  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғалайды солай бала өзін бағалайды.</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="00476F4A" w:rsidSect="00F85448">
+    <w:p w:rsidR="00101EE0" w:rsidRPr="00546A5B" w:rsidRDefault="0056402C" w:rsidP="0056402C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңыздың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орнына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сосын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керектігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00546A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="00546A5B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="719" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="30"/>
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FC4FBE"/>
+    <w:rsidRoot w:val="00F83EC4"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="002E47F2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FC4FBE"/>
+    <w:rsid w:val="003E30D5"/>
+    <w:rsid w:val="00546A5B"/>
+    <w:rsid w:val="0056402C"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="00847F80"/>
+    <w:rsid w:val="00CA5690"/>
+    <w:rsid w:val="00CB44B0"/>
+    <w:rsid w:val="00E5459F"/>
+    <w:rsid w:val="00F83EC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -459,51 +2887,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002E47F2"/>
+    <w:rsid w:val="00666768"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="400"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
       <w:spacing w:val="20"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
@@ -1268,51 +3696,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002E47F2"/>
+    <w:rsid w:val="00666768"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="400"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
       <w:spacing w:val="20"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
@@ -2219,70 +4647,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>161</Words>
-  <Characters>919</Characters>
+  <Words>156</Words>
+  <Characters>894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1078</CharactersWithSpaces>
+  <CharactersWithSpaces>1048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>