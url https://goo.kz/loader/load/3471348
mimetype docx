--- v0 (2025-12-14)
+++ v1 (2026-01-07)
@@ -1,1552 +1,6834 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008C136F" w:rsidRPr="008C136F" w:rsidRDefault="008C136F" w:rsidP="008C136F">
+    <w:p w:rsidR="00FF26F6" w:rsidRDefault="00810693" w:rsidP="00810693">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішіндерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дидактикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойындар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біреуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>артық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тауып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйрету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрнекілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ю-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрнектер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пішіндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>карточкалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жиынтығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пішіндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Барысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұшбұрыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шаршы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дөңгелек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с.с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">./ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдаланып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұғалімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырмасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үндеместен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиеші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дөңгелектерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF26F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біреуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>артық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұшбұрыштарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF26F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойыңдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дөңгелек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>карточканы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>б/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұндағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дөңгелектерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біреуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шаршыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойыңдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дөңгелек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>карточканы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дәл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пішінді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетіңдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дөңгелекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырмаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетіндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соңында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығарылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қатені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығады</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зейіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қимылының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдамдығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дәлдігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалыптаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біреуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>артық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тауып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйренеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дәл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пішінді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тап» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пішіндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жайлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішіндерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ажыратуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салыстыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаттықтыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрал-жабдықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: бала саны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құлыптың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суреттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішіндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сиқырлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құлыпты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құлыптың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сиқырлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішіндерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құлыпқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілтті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құлыпты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жабайық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өлшемі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салыстыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жуан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіңішке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ажыратуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаттықтыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрал-жабдықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есіктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суреттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағаздан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Жуан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіңішке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есіктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өлшеміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00810693" w:rsidRPr="00810693" w:rsidRDefault="00810693" w:rsidP="00810693">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+        <w:t xml:space="preserve">« Жұбын тап» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Мақсаты: геометриялық пішіндерді ажыратуға, салыстыруға жаттықтыру; білімдерін бекіту, ойлау қабілеттерін дамыту. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құрал-жабдықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әртүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ретте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішіндердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суреттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішіндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суреттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суретті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дәл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суреттін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұбын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Суреттердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дұрыстығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салыстыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әдемі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілемшелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөліктерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілемше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйрету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесстерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымшылдыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрал-жабдықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағаздан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілемшелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінд</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="008C136F">
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішіндерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілемшелердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үстіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Таныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішіндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>доминосы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>геометриялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пішіндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жайлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біреуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таңдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаттықтыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрал-жабдықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішіндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейнеленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суреттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суреттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таратып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жүргізуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суретті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үстелдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қояды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сурет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0032382D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Дидактические игры для геометрических фигур</w:t>
+        <w:t>ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қояды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суретте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейнеленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пішінді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осылай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалғаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C136F" w:rsidRPr="008C136F" w:rsidRDefault="008C136F" w:rsidP="008C136F">
-[...1182 lines deleted...]
-    <w:p w:rsidR="008C136F" w:rsidRPr="008C136F" w:rsidRDefault="008C136F" w:rsidP="00362609">
+    <w:p w:rsidR="00810693" w:rsidRPr="00810693" w:rsidRDefault="00810693" w:rsidP="00362609">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Monotype Corsiva" w:eastAsia="Times New Roman" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
+          <w:color w:val="244061"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C136F" w:rsidRPr="008C136F" w:rsidRDefault="008C136F" w:rsidP="00362609">
+    <w:p w:rsidR="00810693" w:rsidRPr="00810693" w:rsidRDefault="00810693" w:rsidP="00362609">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Monotype Corsiva" w:eastAsia="Times New Roman" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
-[...167 lines deleted...]
-          <w:rFonts w:ascii="Monotype Corsiva" w:eastAsia="Times New Roman" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="244061"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C136F" w:rsidRDefault="008C136F" w:rsidP="00362609">
+    <w:p w:rsidR="00810693" w:rsidRPr="00810693" w:rsidRDefault="00810693" w:rsidP="00810693">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Monotype Corsiva" w:eastAsia="Times New Roman" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="244061"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C136F" w:rsidRDefault="008C136F" w:rsidP="00362609">
-[...44 lines deleted...]
-    <w:sectPr w:rsidR="008C136F">
+    <w:sectPr w:rsidR="00810693" w:rsidRPr="00810693">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01147CB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B5CF32A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -1956,59 +7238,57 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004C5173"/>
     <w:rsid w:val="00101EE0"/>
+    <w:rsid w:val="0032382D"/>
     <w:rsid w:val="00362609"/>
-    <w:rsid w:val="004816CD"/>
     <w:rsid w:val="004C5173"/>
     <w:rsid w:val="00666768"/>
     <w:rsid w:val="00687F55"/>
-    <w:rsid w:val="008C136F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E63972"/>
+    <w:rsid w:val="00810693"/>
+    <w:rsid w:val="00FF26F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3926,65 +9206,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>335</Words>
-  <Characters>1912</Characters>
+  <Words>436</Words>
+  <Characters>2488</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2243</CharactersWithSpaces>
+  <CharactersWithSpaces>2919</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>