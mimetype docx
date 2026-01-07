--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,1349 +1,446 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="005979DF" w:rsidRPr="005979DF" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="00DD3CC6" w:rsidRPr="00DA60D8" w:rsidRDefault="00DD3CC6" w:rsidP="00DD3CC6">
       <w:pPr>
-        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005979DF">
-[...9 lines deleted...]
-        <w:t>Использование дидактических игр на занятиях в детском саду</w:t>
+      <w:r w:rsidRPr="00DA60D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               Сабақтың қызықты, тартымды өтуі үшін дидактикалық ойындарды дұрыс ұйымдастыру керек. Ойынға керекті құралдар әр балаға жеткілікті болу керек,сонда ғана балаларға түсінікті болады. Дидактикалық ойындардың құралдары ұзақ уақыт сақталуы үшін эстетикалық, гигиеналық талаптарға сай , әдемі қораптарда, қалталарда тұру керек. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005979DF" w:rsidRPr="005979DF" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="00DA60D8" w:rsidRPr="00DA60D8" w:rsidRDefault="005464E1" w:rsidP="00DA60D8">
       <w:pPr>
-        <w:spacing w:before="75" w:after="75" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005979DF">
+      <w:r w:rsidRPr="00DA60D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA60D8" w:rsidRPr="00DA60D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>Особенности и задачи дидактической игры</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дидактикалық ойындар үш топқа бөлінеді:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005979DF" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="00DA60D8" w:rsidRPr="00DA60D8" w:rsidRDefault="00DA60D8" w:rsidP="00DA60D8">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...179 lines deleted...]
-        <w:t>соответствовать возростным особенностям детей данной группы.</w:t>
+      <w:r w:rsidRPr="00DA60D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заттық дидактикалық ойындар – дидактикалық ойыншықтармен және түрлі ойын материалдарымен ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B257C" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="00DA60D8" w:rsidRPr="00DA60D8" w:rsidRDefault="00DA60D8" w:rsidP="00DA60D8">
       <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...105 lines deleted...]
-        <w:t xml:space="preserve">Игровая форма урока подходит для преподавания детям лучше всего, потому как игра, в первую очередь, рождает интерес к изучаемому предмету. Пробудить стремление ребенка к знанию — одна из основных задач начального обучения и воспитания. Для разработки игровой формы обучения необходимо заботиться не только о выполнении дидактических задач и игровых правил, но и о том, чтобы игра была интересной, вызывала у детей желание играть. </w:t>
+      <w:r w:rsidRPr="00DA60D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үстел үстінде ойналатын дидактикалық ойындар – «Лото», «Домино» және тағы басқа.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005979DF" w:rsidRPr="005979DF" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="00DA60D8" w:rsidRPr="00DA60D8" w:rsidRDefault="00DA60D8" w:rsidP="00DA60D8">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005979DF">
-[...18 lines deleted...]
-        <w:t>различных учебных задач:</w:t>
+      <w:r w:rsidRPr="00DA60D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сөздік дидактикалық ойындар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005979DF" w:rsidRPr="005979DF" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="005464E1" w:rsidRPr="00DA60D8" w:rsidRDefault="00DA60D8" w:rsidP="005464E1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="450"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005979DF">
-[...6 lines deleted...]
-        <w:t>— усвоению новых знаний;</w:t>
+      <w:r w:rsidRPr="00DA60D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="005464E1" w:rsidRPr="00DA60D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұсынылып отырған дидактикалық ойындардың мақсатына сәйкес шарты нақты көрсетіледі. Бұл ойындарды сабақта және сабақтан тыс уақытта пайдалану арқылы баланың тілін дамытумен қатар ойынды өз шығармашылығымен жалғастыруға, ойын шартын дұрыс орындауға, белгілі бір нәтижеге жетуге, ұжымдық мақсатқа бағынуға, үлкендер мен балалар арасында ынтымақтастық қарым-қатынас орнатуға болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005979DF" w:rsidRPr="005979DF" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="005464E1" w:rsidRPr="00DD3CC6" w:rsidRDefault="005464E1" w:rsidP="005464E1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="450"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005979DF">
-[...6 lines deleted...]
-        <w:t>— формированию навыков умственной деятельности;</w:t>
+      <w:r w:rsidRPr="00DA60D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойын шарттары мен көрнекіліктерін пайдалану арқылы баланың жеке басын, ойынт әрекетін дамытуға болады. Дидактикалық ойындар баланың ақыл-ойын дамытуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, ойлауын, қабылдауын, есте сақтауын, зейінін, салыстыру, жіктеуге, өзін-өзі бақылауға үйретеді. Дидактикалық ойындарды іріктеуде баланың ойынды саналы түсініп, оның шартын дұрыс орындауға тырысып, белгілі бір нәти</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA60D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеге жету мақсаты көзделеді. Ойы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н мақсатына сай ойын шартын орындап, ондағы сұрақтар мен тапсырмаларға жауап беруге дағдыланады. Ойын шартын, ережесін қатаң сақтау арқылы онда жолдастарын тыңдай білу, олардың қатесін түзетуге көмектесуге, ойын шартын түсіндіріп ойынды жалғастыруға, жаңа ойын ережесін ойлап табуға, оны басқаларға түсіндіре білуге, ойынды ұйымдастыруға жаттықтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005979DF" w:rsidRPr="005979DF" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="00DA60D8" w:rsidRPr="00DD3CC6" w:rsidRDefault="00DA60D8" w:rsidP="00DA60D8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="450"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005979DF">
-[...6 lines deleted...]
-        <w:t>— использованию полученных знаний в различных ситуациях;</w:t>
+      <w:r w:rsidRPr="00DD3CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Дидактикалық ойын балалардың қоршаған орта туралы түсінігін кеңейтеді, баланы ойнай білуге баулып, ақыл – ой қызметін қалыптастырады,әрі адамгершілікке тәрбиелеу құралы болып табылады. Дидактикалық ойынның ережелері балалардан ұстамдылықты, тәртіптілікті қажет етеді. Сонымен қатар дидактикалық ойлау қабілеттерін, ізденімпаздығын арттырады, сөздік қорларын молайтуға көмектеседі. Балалардың сабаққа қызығушылықтарын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>арттырады, белсенділік танытып, бағдарламалық материалдарды меңгеруіне ықпал етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005979DF" w:rsidRPr="005979DF" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="00DA60D8" w:rsidRPr="00DD3CC6" w:rsidRDefault="00DA60D8" w:rsidP="00DA60D8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="450"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005979DF">
-[...6 lines deleted...]
-        <w:t>— развитию речевой активности детей.</w:t>
+      <w:r w:rsidRPr="00DD3CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Дидактикалық ойындардың тиімділігі – сабақтың әр кезіндегі орны мен міндетін, мақсатын дәл анықтауға, оны қолданудың теориясы мен практикасын тәрбиешінің жетік меңгеруіне, шеберлік танытуына, ойынға қажетті материалдарды    алдын –ала дайындап алуға, балаларды белсенді қатыстыруға байланысты. Ойындарды өткен сабақты қайталау, естеріне түсіру кезінде қолданған пайдалы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005979DF" w:rsidRPr="005979DF" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="00DA60D8" w:rsidRPr="00DD3CC6" w:rsidRDefault="00DA60D8" w:rsidP="00DA60D8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="450"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005979DF">
-[...6 lines deleted...]
-        <w:t>Дидактическая игра может быть своеобразной формой организации обучения; методом формирования и закрепления знаний; средством воспитания нравственно-волевых качеств ребенка.</w:t>
+      <w:r w:rsidRPr="00DD3CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Ойын түрлерін сабақ мазмұнына қарай белгілі бір мақсатта таңдап алу керек. Мазмұнды ойындарды қайталау бермеу керек,ол үшін өтілетін сабақтың тақырыбына сәйкес келетін ойын түрлерін күні бұрын реттеп оны жүргізудің тиімдң тәсілдерін ойластыру керек. Барлық сабақтарда дидактикалық ойындар қолданылады, оны сабақтың ортасында қолданған ыңғайлы. Мысалы сауат ашу сабағында  идактикалық ойындар балаларды тәрбиешінің айтқанын дұрыс ұғып, оны тыңдай білуге, дыбыстарды ажыратып, ойда сақтап, сөз құрастыруға, олардың ой-өрісін дамытуға үйретеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005979DF" w:rsidRPr="005979DF" w:rsidRDefault="005979DF" w:rsidP="005979DF">
+    <w:p w:rsidR="00DA60D8" w:rsidRPr="00DD3CC6" w:rsidRDefault="00DA60D8" w:rsidP="00DA60D8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="450"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...19 lines deleted...]
-        <w:t>Особое значение в ее структуре имеет игровое действие, цель которого — создание игровой ситуации и игровых взаимоотношений между детьми. Если игровое действие отсутствует, игра по структуре и содержанию превращается в беседу или дидактическое упражнение.</w:t>
+      <w:r w:rsidRPr="00DD3CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Қазір   кешенді сабақтар бірнеше сабақты қосып байланыстырып өткізу әдіс –тәсілдерін қолдануға болады. Айталық, сауат ашу сабағында сөзде неше дыбыс, неше әріп, неше дауысты дыбыс бар екенін балалар санайды, текшемен белгілейді, немесе суретін салады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D05F65" w:rsidRPr="00D05F65" w:rsidRDefault="00D05F65" w:rsidP="00D05F65">
+    <w:p w:rsidR="00DA60D8" w:rsidRPr="00DD3CC6" w:rsidRDefault="00DA60D8" w:rsidP="00DA60D8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="450"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D05F65">
-[...17 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00DD3CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Дидактикалық ойын сәбилер тобынан басталады. Мұнда жоғары топтарға қарағанда жеңіл түрлері беріледі, балалар аз ойланады. Мысалы, бала ойнап отырған машинаның дөңгелегі нешеу,түсі қандай, кубиктерді түсіне қарай топтастыр,қане «сен көк кубиктарды әкелші», «үстелге апарып қойшы « т.б. Бұл жерде балалар кеңістікті бағдарлауды үйренеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D05F65" w:rsidRPr="00D05F65" w:rsidRDefault="00D05F65" w:rsidP="00D05F65">
+    <w:p w:rsidR="00DA60D8" w:rsidRPr="00DD3CC6" w:rsidRDefault="00DA60D8" w:rsidP="00DA60D8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="450"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D05F65">
-[...8 lines deleted...]
-        <w:t>1.Игры с предметами (игрушками</w:t>
+      <w:r w:rsidRPr="00DD3CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D05F65">
-[...456 lines deleted...]
-      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00D05F65">
+    <w:p w:rsidR="00101EE0" w:rsidRPr="00DD3CC6" w:rsidRDefault="00101EE0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="00DD3CC6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...155 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004C5173"/>
+    <w:rsidRoot w:val="00481F22"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="00390918"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D05F65"/>
+    <w:rsid w:val="00381FD7"/>
+    <w:rsid w:val="00481F22"/>
+    <w:rsid w:val="005464E1"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="00BE6B81"/>
+    <w:rsid w:val="00DA60D8"/>
+    <w:rsid w:val="00DD3CC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1702,50 +799,51 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:caps/>
       <w:spacing w:val="10"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
@@ -2130,97 +1228,50 @@
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
-    </w:rPr>
-[...45 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2557,50 +1608,51 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:caps/>
       <w:spacing w:val="10"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
@@ -2987,207 +2039,90 @@
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af5">
-[...45 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="99567954">
+    <w:div w:id="573711105">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="465701069">
+    <w:div w:id="1800143246">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...68 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EAEBDE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="72A376"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B0CCB0"/>
       </a:accent2>
       <a:accent3>
@@ -3435,66 +2370,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4617</Characters>
+  <Pages>2</Pages>
+  <Words>564</Words>
+  <Characters>3217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5416</CharactersWithSpaces>
+  <CharactersWithSpaces>3774</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>