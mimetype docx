--- v0 (2025-12-14)
+++ v1 (2026-01-09)
@@ -1,429 +1,398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00481895" w:rsidRPr="00192CF6" w:rsidRDefault="00481895" w:rsidP="00481895">
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00192CF6">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>Консультация для родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>Тема: «ШКОЛА – НЕВЕДОМЫЙ МИР»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Первый класс школы – один из наиболее существенных критический периодов в жизни детей.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Поступление в школу для многих из них – эмоционально-стрессовая ситуация: изменяется привычный стереотип, возрастает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>психоэмоциональная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> нагрузка. От того, как пройдет адаптация на первом году обучения, во многом зависит работоспособность и успеваемость в последующие годы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>При поступлении в школу на ребенка влияет комплекс факторов: классный коллектив, личность педагога, изменение режима, непривычно длительное ограничение двигательной активности, появление новых, не всегда привлекательных обязанностей. Организм приспосабливается к этим факторам, мобилизуя для этого систему адаптивных реакций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Школа с первых же дней ставит перед ребенком ряд задач. Ему необходимо успешно овладевать учебной деятельностью, освоить школьные нормы поведения, приобщиться к классному коллективу, приспособиться к новым условиям умственного труда и режиму. Выполнение каждой их этих задач связано непосредственно с предшествующим опытом ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Отчетливые изменения в период поступления ребенка в школу проявляются в поведении. Положительный эффект приспособления к школе сказывается в достижении относительного соответствия поведения требованиям новой среды и обеспечивается психологической готовностью к выполнению стоящих перед ребенком задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>С поступлением ребенка в школу под влиянием обучения начинается перестройка всех его познавательных процессов, приобретения ими качеств, свойственных взрослым людям. Это связано с тем, что дети включаются в новые для них виды деятельности и системы межличностных отношений, требующие от них наличия новых психологических качеств. Общими характеристиками всех познавательных процессов ребенка должны стать их произвольность, продуктивность и устойчивость.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Психологами доказано, что обычные дети в младших классах школы вполне способны, если только их правильно обучать, усваивают и более сложный материал, чем тот, который дается по действующей программе обучения. Однако для того, чтобы умело использовать имеющиеся у ребенка резервы, необходимо решить предварительно важную задачу: как можно быстрее адаптировать детей к работе в школе и дома, научить их учиться, не тратя лишних физических усилий, быть внимательными, усидчивыми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Начало обучения ребенка в школе – сложный и ответственный этап в его жизни. Психологи отмечают, что дети 6–7 лет переживают психологический кризис, связанный с необходимостью адаптации к школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Каковы условия возникновения необходимости психологической адаптации ребенка к школе? Во-первых, меняется социальная позиция ребенка: из дошкольника он превращается в ученика. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>У его появляются новые и сложные обязанности: делать уроки, приходить вовремя в школу, быть внимательным на уроках, дисциплинированным и т. п. По существу, впервые в своей жизни ребенок становится членом общества со своими обязанностями и социально-общественным долгом.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Учитель выступает представителем общества: он задает требования и нормы, ориентирует ребенка в том, как ему следует себя вести, что и как </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">делать. Во-вторых, у ребенка происходит смена ведущей деятельности. До начала обучения в школе дети заняты преимущественно игрой. С приходом в школу они начинают овладевать учебной деятельностью. Основное психологическое различие игровой и учебной деятельности состоит в том, игровая деятельность является свободной, а учебная деятельность </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>построена</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> а основе произвольных усилий ребенка. Следует отметить так же и то, что собственно переход ребенка от игровой деятельности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> учебной осуществляется не по его воле, не естественным для него путем, а как бы “навязан” ему сверху. В-третьих, важным фактором психологической адаптации ребенка к школе выступает его социальное окружение. От отношения учителя к ребенку зависит успешность его дальнейшего обучения в школе. Успешность адаптации ребенка к школе зависит еще и от того, насколько прочно он смог утвердить свою позицию в классе среди сверстников. Активный и инициативный ребенок становится лидером, начинает хорошо учиться, тихий и податливый ученик превращается в ведомого или аутсайдера, учится нехотя или непосредственно. В-четвертых, одной из острых проблем выступает проблема сдерживания двигательной активности инициативного ребенка и, наоборот, активизация вялых и пассивных детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Социально-психологическая адаптация представляет собой процесс активного приспособления, в отличи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> от физиологической адаптации, которая происходит как бы автоматически. Отношения со средой, к которой надо приспосабливаться, особенные. Здесь не только среда воздействует на человека, но и он сам меняет социально-психологическую ситуацию. Поэтому адаптировать приходится не только ребенку к классу, к своему месту в школе, к учителю, но и самим педагогам к новым для них воспитанникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Некоторая часть первоклассников испытывает трудности, прежде всего в налаживании взаимоотношений с учителем и одноклассниками, что нередко сопровождается низким уровнем овладения школьной программой. В выражении их лиц виден эмоциональный дискомфорт: печаль, тревога, напряженность типичны для них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C82FA4" w:rsidRDefault="00C82FA4" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«МЕКТЕП-АШЫҚ ӘЛЕМ»</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Отсутствие адаптац</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ии у о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>пределенной части школьников связано с поведенческими проблемами – низкое усвоение школьных норм поведения. На уроках эти дети невнимательны, часто не слушают объяснения учителя, отвлекаются на посторонние занятия и разговоры, если же они сосредотачиваются на задании, то выполняют его правильно. На перемене происходит разрядка напряжения: они бегают, кричат, мешают другим ребятам. Все это постепенно приводит к их изоляции, все чаще в поведении проявляются вспышки гнева, злости по отношению к одноклассникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00192CF6" w:rsidRDefault="00192CF6" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00192CF6">
+    </w:p>
+    <w:p w:rsidR="00192CF6" w:rsidRDefault="00192CF6" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектептің бірінші сыныбы-балалар өміріндегі ең маңызды сыни кезеңдердің бірі. Олардың көпшілігі үшін мектепке түсу – эмоциялық-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A80DE2">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00192CF6" w:rsidRDefault="00192CF6" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>стресстік жағдай: әдеттегі стереотип өзгереді, психоэмоционалдық жүктеме артады. Оқытудың бірінші жылында бейімделудің қалай өтетініне көп жағдайда кейінгі жылдардағы жұмыс қабілеттілігі мен үлгерімі байланысты болады.</w:t>
-[...4 lines deleted...]
-        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00192CF6" w:rsidRDefault="00192CF6" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00192CF6">
+    </w:p>
+    <w:p w:rsidR="00192CF6" w:rsidRDefault="00192CF6" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мектепке түсу кезінде балаға мынадай факторлар кешені әсер етеді: сынып ұжымы, педагог тұлға, режимнің өзгеруі, қозғалу белсенділігінің үйреншікті емес ұзақ шектелуі, жаңа, үнемі тартымды міндеттердің пайда болуы. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A80DE2">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00192CF6" w:rsidRDefault="00192CF6" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Организм бұл факторларға бейімделіп, бұл үшін адаптивті реакциялар жүйесін жұмылдырады.</w:t>
-[...4 lines deleted...]
-        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00192CF6" w:rsidRDefault="00192CF6" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A80DE2">
+    </w:p>
+    <w:p w:rsidR="00192CF6" w:rsidRPr="00192CF6" w:rsidRDefault="00192CF6" w:rsidP="00C82FA4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектеп алғашқы күннен бастап баланың алдына бірқатар міндеттер қояды. Ол оқу іс-әрекетін табысты меңгеруі, мектеп мінез-құлқының нормаларын меңгеруі, сынып ұжымына үйренуі, ақыл-ой еңбегінің жаңа жағдайларына және режимге бейімделуі қажет. Олардың әрбір осы міндеттерін орындау баланың алдыңғы тәжірибесімен тікелей байланысты.</w:t>
-[...196 lines deleted...]
-    <w:sectPr w:rsidR="003333D1" w:rsidRPr="00481895" w:rsidSect="00C82FA4">
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00192CF6" w:rsidRPr="00192CF6" w:rsidSect="00C82FA4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:left w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:bottom w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:right w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00481895"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00FB4894"/>
+    <w:rsidRoot w:val="000842FC"/>
+    <w:rsid w:val="000842FC"/>
+    <w:rsid w:val="00192CF6"/>
+    <w:rsid w:val="00591184"/>
+    <w:rsid w:val="008667C9"/>
+    <w:rsid w:val="008F2F1B"/>
+    <w:rsid w:val="00941247"/>
+    <w:rsid w:val="00A80DE2"/>
+    <w:rsid w:val="00C82FA4"/>
+    <w:rsid w:val="00F33495"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -548,100 +517,338 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00481895"/>
+    <w:rsid w:val="00C82FA4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C82FA4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C82FA4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C82FA4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="593513174">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -675,84 +882,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -888,54 +1097,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>798</Words>
-  <Characters>4550</Characters>
+  <Words>845</Words>
+  <Characters>4817</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5338</CharactersWithSpaces>
+  <CharactersWithSpaces>5651</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>пк</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>