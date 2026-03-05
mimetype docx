--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,20833 +1,22827 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="9e071f2" w14:textId="9e071f2">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="0" name="" descr=""/>
+            <wp:docPr id="1" name=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="true"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3"/>
+                    <a:blip r:embed="rId4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...47 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 апреля 2008 года № 5191.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Заголовок в редакции приказа Министра образования и науки РК от 25.09.2018 № 494 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В соответствии с подпунктом 19 статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить прилагаемые:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования, согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1 к настоящему приказу;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Типовые правила проведения текущего контроля успеваемости, промежуточной итоговой аттестации обучающихся в организациях технического и профессионального, послесреднего образования, согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2 к настоящему приказу;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен приказом Министра образования и науки РК от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...18 lines deleted...]
-      <w:r>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 1 в редакции приказа Министра образования и науки РК от 04.04.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 142</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">внесены изменения на казахском языке, текст на русском языке не меняется приказом Министра образования и науки РК от 30.01.2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 36</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 494</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...418 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z6"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Департаменту высшего и послевузовского образования (Омирбаеву С.М.): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z7"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) обеспечить в установленном порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z8"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) после прохождения государственной регистрации опубликовать настоящий приказ в средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z9"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Признать утратившим силу приказ Министра образования и науки Республики Казахстан от 7 сентября 2006 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 481 "Об утверждении Правил проведения текущего контроля успеваемости, промежуточной и итоговой государственной аттестации обучающихся в организациях образования" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4394). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z10"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Контроль за исполнением настоящего приказа возложить на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шамшидинову К.Н. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z11"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования. </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="2926"/>
+        <w:gridCol w:w="6851"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
-[...97 lines deleted...]
-</w:t>
+            <w:tcW w:w="3590" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8710" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ж. Туймебаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5989"/>
+        <w:gridCol w:w="3788"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15" w:rsidRPr="00DE557B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...203 lines deleted...]
-              <w:t>№ 125 бұйрығына 1-қосымша</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к приказу Министра образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 18 марта 2008 года № 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правый верхний угол в редакции приказа Министра образования и науки РК от 25.09.2018 № 494 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z12"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...73 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...275 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила в редакции приказа Министра образования и науки РК от 06.06.2017 № 265 (порядок введения в действие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>см</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. п.4); с изменением, внесенным приказом Министра образования и науки РК от 14.06.2018 № 272 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z407"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...295 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z408"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящие Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования  (далее - Правила) разработаны в соответствии с подпунктом 19) статьи 5  Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и определяют порядок проведения текущего контроля успеваемости, промежуточной и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>итоговой аттестации обучающихся, независимо от форм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z409"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. В настоящих Правилах используются следующие определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z410"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) оценивание – процесс соотнесения реально достигнутых обучающимися результатов обучения с ожидаемыми результатами обучения на основе выработанных критериев;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z411"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) критерии оценивания – признаки, на основании которых производится оценка учебных достижений обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z412"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) текущий контроль успеваемости обучающихся – это систематическая проверка знаний обучающихся, проводимая педагогом на текущих занятиях, в соответствии с общеобразовательной учебной программой;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z413"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) промежуточная аттестация </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – процедура, проводимая с целью оценки качества освоения обучающимися содержания части или всего объема одной учебной дисциплины после завершения ее изучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z414"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) итоговая аттестация обучающихся – процедура, проводимая с целью определения степени освоения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объема учебных дисциплин, предусмотренных государственным общеобязательным стандартом соответствующего уровня образования, утвержденным постановлением Правительства Республики Казахстан от 23 августа 2012 года № 1080 (далее - ГОСО); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z415"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) суммативное оценивание – вид оценивания, которое проводится по завершении определенного учебного периода (четверть, учебный год), а также изучения разделов (сквозных тем) в соответствии с учебной программой; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z416"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) модерация – процесс обсуждения работ обучающихся по суммативному оцениванию за четверть с целью стандартизации выставления баллов для обеспечения объективности и прозрачности оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z417"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) ожидаемые результаты обучения – совокупность компетенций, выражающих, что именно обучающийся будет знать, понимать, демонстрировать по завершении процесса обучения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z418"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) формативное оценивание – вид оценивания, которое проводится в ходе повседневной работы в классе, является текущим показателем успеваемости </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, обеспечивает оперативную взаимосвязь между обучающимся и учителем в ходе обучения, обратную связь между учеником и педагогом и позволяет совершенствовать образовательный процесс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z419"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...22 lines deleted...]
-      12. Білім алушылардың оқу жетістігін бағалау формативтік және жиынтық бағалау нысандарында жүзеге асырылады.</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения текущего контроля успеваемости, промежуточной аттестации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z420"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Текущий контроль успеваемости обучающихся проводится с первой четверти (полугодия) учебного года во 2-11 (12) классах учителями по всем учебным предметам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z421"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В первом полугодии 1 класса оценки за уровень усвоения учебного материала не выставляются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z422"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Годовая оценка по предметам обучающихся 1-11 (12) классов выставляется на основании четвертных (полугодовых) оценок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z423"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Итоговая оценка по предметам обучающихся в 5-11 (12) классов выставляется на основании четвертных, годовых и экзаменационных оценок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z424"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пересмотр четвертных, полугодовых, годовых и итоговых оценок не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z425"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Для обучающихся 2-4 классов, имеющих неудовлетворительные годовые оценки по одному или двум предметам, повторно организуются контрольные работы в форме устных, письменных или тестовых заданий. По итогам контрольных работ при получении оценок "3", "4", "5" обучающиеся переводятся в следующий класс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z426"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Обучающиеся 5-8 (9), 10 (11) классов, имеющие неудовлетворительные годовые оценки по одному или двум предметам, допускаются к промежуточной аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z427"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающиеся 2-8 (9), 10 (11) классов, имеющие неудовлетворительные годовые оценки по трем и более предметам, не допускаются к промежуточной аттестации, оставляются на повторный год обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z428"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающиеся 1 классов на повторный год обучения не оставляются, за исключением обучающихся, которые оставлены по рекомендации психолого-медико-педагогической консультации и по согласованию с родителями или законными представителями ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z429"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Промежуточная аттестация обучающихся проводится в 5-8 (9), 10 (11) классах до 31 мая, после завершения учебного года. Перечень учебных предметов (не более двух), формы и сроки проведения промежуточной аттестации устанавливаются решением педагогического совета школы (далее - педсовет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z430"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Обучающиеся 5-8 (9), 10 (11) классов, имеющие неудовлетворительные итоговые оценки по одному или двум предметам, подлежат повторной промежуточной аттестации по этим предметам. На период летних каникул данным обучающимся даются учебные задания по соответствующим предметам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z431"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Повторная промежуточная аттестация проводится не ранее 3-х недель после завершения учебного года. В случае получения при повторной аттестации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>неудовлетворительных итоговых оценок, обучающиеся оставляются на повторное обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z432"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Из 2-8 (9), 10 (11) классов в следующий класс переводятся обучающиеся, имеющие годовые и итоговые оценки "3", "4", "5" по всем учебным предметам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z433"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Обучающиеся 5-8 (9), 10 (11) классов, имеющие годовые оценки "5" по всем учебным предметам, в следующий класс переводятся без экзаменов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z434"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 3. Порядок проведения текущего контроля успеваемости </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по обновленному содержанию среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z435"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Оценка учебных достижений обучающихся осуществляется в форме формативного и суммативного оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z436"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Формативное оценивание проводится для мониторинга достижений </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целей обучения и дальнейшего выстраивания дифференцированной работы на уроке, включая итоги выполненной домашней работы и рекомендации педагога в письменной форме (в тетрадях или дневниках) или устно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z527" w:id="41"/>
-[...15 lines deleted...]
-      13. Формативтік бағалау білім алушылардың оқыту мақсатына жету мониторингін жүргізу және орындалған үй жұмысы мен педагогтің жазбаша түрдегі (дәптерге немесе күнделікке) немесе ауызша ұсынымдамаларының қорытындысын ескере отырып сараланған жұмыстарды одан әрі теңестіру үшін жүргізіледі.</w:t>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 13 в редакции приказа Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z895"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-1. При формативном оценивании педагог самостоятельно определяет количество </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и частоту предоставления обратной связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:p>
-[...32 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 13-1 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      13-1. Формативтік бағалау кезінде педагог білім алушылардың санын және кері байланысты беру жиілігін дербес анықтайды.</w:t>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z896"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-2. Результаты формативного оценивания не требуют распечатывания и дальнейшего хранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:p>
-[...32 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Предоставление результатов формативного оценивания осуществляется на выполненных работах обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовые правила дополнены пунктом 13-2 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      13-2. Формативті бағалау нәтижелері басып шығару мен одан әрі сақтауды талап етпейді.</w:t>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z437"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Текущий контроль успеваемости обучающихся проводится педагогами в форме суммативного оценивания для определения и фиксирования уровня усвоения содержания учебного материала по завершении четверти, изучения разделов (сквозных тем). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:p>
-[...50 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Суммативное оценивание проводится с третьей четверти в 1 классе, с первой четверти учебного года во 2-11 (12) классах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 14 в редакции приказа Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...29 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      14. Білім алушылардың үлгеріміне ағымдық бақылауды тоқсан, бөлім (ортақ тақырып) аяқталғаннан кейін оқу материалдарының мазмұнын меңгеру деңгейін анықтау және қадағалау үшін жиынтық бағалау нысанында педагогтер жүргізеді.</w:t>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z897"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-1. По результатам суммативного оценивания за раздел/сквозную тему (далее - СОР) обучающимся выставляются баллы, которые учитываются при оценивании учебных достижений за четверть.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:p>
-[...50 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 14-1 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      14-1. Бөлім/ортақ тақырып бойынша жиынтық бағалау (бұдан әрі - БЖБ) нәтижесі бойынша білім алушыларға тоқсандық оқу жетістіктерін бағалау кезінде ескерілетін балдар қойылады.</w:t>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z898"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-2. Максимальный балл за СОР, форма (контрольная, практическая или творческая работа, проект, устный опрос, эссе), урок проведения СОР и время на выполнение СОР не регламентируются.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:p>
-[...32 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Максимальный балл за СОР должен составлять не менее 7 и не более 15 баллов в 1-4 классах, не менее 7 и не более 20 баллов в 5-11(12) классах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовые правила дополнены пунктом 14-2 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      14.2. БЖБ үшін максималды балды, БЖБ өткізу нысаны (бақылау, практикалық немесе шығармашылық жұмыс, жоба, ауызша сұрау, эссе) мен сабағын және БЖБ орындау уақыты реттелмейді. </w:t>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z899"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-3. При выставлении итогового балла за СОР и суммативные работы за четверть не учитываются помарки, а также качество оформления условий учебных заданий и задач.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:p>
-[...50 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 14-3 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...29 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      14.3. Бөлім және тоқсандық жұмыс үшін жиынтық бағалауға қойылатын қорытынды балды қою кезінде қолмен жөнделген жер, сондай-ақ оқу тапсырмалары мен есептер шарттарын ресімдеу сапасы есептелмейді.</w:t>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z900"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-4. При учебной нагрузке 1 час в неделю СОР проводится не более двух раз в четверти.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:p>
-[...32 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 14-4 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      14-4. Аптасына 1 сағат оқу жүктемесі кезінде БЖБ тоқсанда екі реттен артық емес жүргізіледі.</w:t>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z901"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-5. Разделы/сквозные темы объединяются с учетом специфики тем и количества целей обучения при изучении трех и более разделов/сквозных тем в четверти.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:p>
-[...32 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СОР проводится один раз во второй половине четверти, не менее чем за две недели до ее завершения, при изучении одного раздела (сквозной темы) в четверти. Разрешается его проведение в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 14-5 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      14-5. Бөлімдер/ортақ тақырыптар тоқсанына үш және одан да көп бөлімдерді (ортақ тақырыптар) оқып-зерделеген жағдайда тақырыптардың ерекшеліктерін және оқыту мақсаттарының санын ескере отырып біріктіріледі.</w:t>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z902"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-6. Допускается проведение суммативного оценивания за четверть не более трех в один день с учетом уровня сложности учебных предметов. Они не проводятся в последний день завершения четверти.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:p>
-[...50 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовые правила дополнены пунктом 14-6 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      14-6. Пәндердің күрделілік деңгейін есепке ала отырып, бір күнде үштен артық емес тоқсандық жиынтық бағалау жүргізуге болады. Олар тоқсан аяқталатын соңғы күні жүргізілмейді.</w:t>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z903"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-7. При оценивании </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на дому учитель разрабатывает дифференцированные и/или индивидуальные задания с учетом учебной нагрузки обучающегося на дому и изученного им учебного материала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:p>
-[...32 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 14-7 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...29 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...28 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z904"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-8. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При оценивании обучающихся с особыми образовательными потребностями учитель использует дифференцированные и/или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>индивидуальные задания, а также вносит изменения в критерии оценивания с учетом особенностей обучающегося.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:p>
-[...32 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 14-8 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      14-8. Ерекше оқу қажеттіліктері бар білім алушыларды бағалау кезінде педагог сараланған және/немесе жеке тапсырмаларды қолданып, сондай-ақ, оқушының ерекшелігін есепке ала отырып, бағалау критерийлеріне өзгерістер енгізеді.</w:t>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z438"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. По предметам "Самопознание", "Художественный труд", "Музыка", "Физическая культура", "Основы предпринимательства и бизнеса", "Графика и проектирование", "Общество и религия" суммативное оценивание не проводится. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:p>
-[...32 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В конце четверти ("Физическая культура", "Основы предпринимательства и бизнеса", "Графика и проектирование"), полугодия ("Самопознание", "Художественный труд", "Музыка", "Общество и религия") и учебного года по указанным предметам выставляется "зачет" ("незачет").</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 15 в редакции приказа Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...82 lines deleted...]
-          <w:sz w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z439"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задания суммативного оценивания выполняются обучающимися и содержат пройденный ими материал в соответствии с Типовыми учебными программами по общеобразовательным предметам, утвержденными приказом Министра образования и науки Республики Казахстан от 3 апреля 2013 года № 115 "Об утверждении типовых учебных программ по общеобразовательным предметам, курсам по выбору и факультативам для общеобразовательных организаций" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 8424).  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z440"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Задания формативного и суммативного оценивания составляются педагогами самостоятельно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z441"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Суммативное оценивание по языковым предметам проводится по четырем видам речевой деятельности (аудирование (слушание), говорение, чтение, письмо). Оценивание навыков аудирования (слушания) и говорения проводится на уроках в течение недели, на которую запланировано проведение суммативного оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z442"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Для обеспечения объективности и прозрачности оценивания результатов обучения обучающихся по учебным предметам, по которым проводится суммативное оценивание за четверть в письменной форме, педагогами проводится модерация. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z443"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По итогам модерации суммативные работы обучающихся за четверть, баллы которых подлежат изменению, перепроверяются. Балл за суммативную работу за четверть по итогам модерации изменяется как в сторону увеличения, так и в сторону уменьшения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z444"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при отсутствии (по состоянию здоровья, смерть близких родственников, участие в конференциях, олимпиадах и конкурсах научных проектов (научных соревнованиях)) проходит суммативное оценивание по индивидуальному графику.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 20 в редакции приказа Министра образования и науки РК от </w:t>
+      </w:r>
+      <w:r w:rsidR="00112AB1">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z445"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. При отсутствии результатов суммативного оценивания за раздел (сквозную тему) и четверть обучающийся является временно не аттестованным. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z446"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Суммативные работы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за текущий учебный год хранятся в школе в течение одного учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z447"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Результаты суммативного оценивания обучающихся в виде баллов выставляются в журнал (бумажный/электронный) и переводятся в четвертную и годовую оценки по шкале перевода баллов согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 23 в редакции приказа Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...184 lines deleted...]
-          <w:sz w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z448"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. Информация по итогам суммативного оценивания предоставляется обучающимся, родителям или законным представителям ребенка в бумажном или электронном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 24 в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z450"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Четвертная оценка выставляется на основании результатов суммативного оценивания за разделы (сквозные темы) и четверть в процентном соотношении 50% на 50%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z451"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. В 1 классе годовая оценка выставляется по итогам 3 и 4 четвертей на основании результатов суммативного оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z452"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающиеся 1 класса не оставляются на повторный год обучения, за исключением </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которым рекомендован повторный год обучения на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">основании заключения психолого-медико-педагогической консультации и (или) по согласованию с родителями или законными представителями ребенка. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z453"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Годовая оценка по учебным </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предметам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающимся 2-11 (12) классов выставляется как среднее арифметическое значение суммы четвертных оценок с округлением к ближайшему целому, и является итоговой оценкой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Промежуточная аттестация по итогам учебного года не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 27 в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z455"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. Для обучающихся 2-8 (9) и 10 (11) классов, имеющих годовую оценку "2" по одному или двум предметам, организуется суммативное оценивание за учебный год, включающее содержание материала за учебный год, которое проводится согласно графику, составленному школой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z24"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Итоговая оценка выставляется как среднее арифметическое значение годовой оценки и оценки за суммативное оценивание за учебный год с округлением к ближайшему целому. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z25"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающиеся 2-8 (9) и 10 (11) классов, имеющие годовую оценку "2" по трем и более предметам, оставляются на повторный год обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При получении оценок "3", "4", "5" обучающиеся 2-8 (9) и 10 (11) классов переводятся в следующий класс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 28 в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z458"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Обучающиеся 2-8 (9) и 10 (11) классов, повторно получившие оценку "2", по одному или двум учебным предметам, подлежат дополнительному суммативному оцениванию за учебный год по данным предметам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Итоговая оценка выставляется как среднее арифметическое значение годовой оценки и оценки за дополнительное суммативное оценивание с округлением к ближайшему целому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дополнительное суммативное оценивание проводится до начала нового учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае получения за дополнительное суммативное оценивание оценки "2" обучающиеся оставляются на повторное обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пункт 29 в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z461"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Пересмотр четвертных, годовых и итоговых оценок не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z462"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. При переводе обучающегося из одной школы в другую в течение учебного года результаты его суммативного оценивания оформляются выпиской из электронного (бумажного) журнала, заверяются подписью директора, печатью школы и выдаются вместе с личным делом обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 31 в редакции приказа Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...102 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. Исключен приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...78 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z464"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок проведения итоговой аттестации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z465"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Освоение общеобразовательных учебных программ основного среднего, общего среднего образования завершается обязательной итоговой аттестацией обучающихся и проводится в форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z466"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) итоговых выпускных экзаменов для обучающихся 9 (10) класса;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z467"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) государственных выпускных экзаменов для обучающихся 11 (12) класса.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z468"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Итоговая аттестация обучающихся 1-8 (9), 10 (11) классов не предусмотрена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z469"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. К итоговой аттестации допускаются обучающиеся 9 (10), 11 (12) классов, освоившие типовые общеобразовательные учебные программы в соответствии с требованиями ГОСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z470"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. Обучающиеся 9 (10) класса, освоившие общеобразовательные учебные программы основного среднего образования, сдают четыре экзамена, один из них по выбору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z471"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Итоговая аттестация для обучающихся 9 (10) класса проводится в следующих формах:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z472"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) письменного экзамена по родному языку и литературе (по языку обучения) (сочинение – для обучающихся школ с углубленным изучением предметов гуманитарного цикла, диктант – для остальных);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z473"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) письменного экзамена по математике </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алгебре);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z474"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) устного экзамена по казахскому языку в школах с русским, узбекским, уйгурским и таджикским языками обучения и устного экзамена по русскому языку в школах с казахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z475"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) устного экзамена по предмету по выбору (физика, химия, биология, география, геометрия, история Казахстана, всемирная история, литература, иностранный язык (английский, французский, немецкий), информатика).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z476"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38. Обучающиеся 11 (12) класса, освоившие общеобразовательные учебные программы общего среднего образования, сдают итоговую аттестацию в виде пяти экзаменов, один из них по выбору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z477"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Итоговая аттестация для обучающихся 11 (12) класса проводится в следующих формах:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z478"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) письменного экзамена по родному языку и литературе (язык обучения) в форме эссе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z479"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) письменного экзамена по алгебре и началам анализа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z480"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) устного экзамена по истории Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z481"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тестирования по казахскому языку в школах с русским, узбекским, уйгурским и таджикским языками обучения и тестирования по русскому языку в школах с казахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z482"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) тестирования по предмету по выбору (физика, химия, биология, география, геометрия, всемирная история, литература, иностранный язык (английский, французский, немецкий), информатика).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z905"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-1. Итоговая аттестация для обучающихся 11 класса специализированных музыкальных школ-интернатов проводится в форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z906"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) письменного экзамена по родному языку и литературе (язык обучения) в форме эссе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z907"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) письменного экзамена по алгебре и началам анализа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 39-1 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...156 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z908"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-2. Итоговая аттестация для обучающихся 12 класса специализированных музыкальных школ-интернатов проводится в форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z909"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) устного экзамена по истории Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z910"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тестирования по казахскому языку в школах с русским языком обучения и тестирования по русскому языку в школах с казахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z911"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) тестирования по предмету по выбору (физика, химия, биология, география, геометрия, всемирная история, литература, иностранный язык (английский, французский, немецкий), информатика).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 39-2 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...132 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z483"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Материалы экзаменационных работ для обучающихся 9 (10) класса готовятся управлениями образования областей, городов Астана и Алматы (далее – управления образования), для обучающихся 9 (10) класса республиканских школ и для обучающихся 11 (12) класса школ – Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z484"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41. Обучающиеся 9 (10) класса, имеющие годовые неудовлетворительные оценки по одному и двум предметам, до проведения итоговой аттестации проходят дополнительные контрольные работы в форме тестовых или письменных заданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z485"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42. Освобождение обучающихся от учебных предметов "Технология", (Художественный труд), "Начальная военная подготовка" ("Начальная военная и технологическая подготовка") и "Физическая культура", в порядке, установленном законодательством Республики Казахстан, не влияет на успеваемость, допуск к итоговой аттестации, перевод в следующие классы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 42 в редакции приказа Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...132 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z486"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 43. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выпускникам 9 (10) класса, имеющим оценки "5" по изученным предметам, подлежащим включению в приложение к аттестату об основном среднем образовании, выдается аттестат с отличием об основном среднем образовании в соответствии с формой, утвержденной приказом Министра образования и науки Республики Казахстан от 28 января 2015 года № 39 "Об утверждении видов и форм документов об образовании государственного образца и Правила их выдачи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 10348) (далее – приказ № 39).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z487"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44. Выпускникам 11 (12) классов, имеющим за время обучения в 10 (11) и 11 (12) классах годовые, итоговые оценки и оценки итоговых аттестаций "5" по изученным предметам, выдается аттестат об общем среднем образовании с отличием, утвержденный приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z488"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выпускникам 11 (12) класса, показавшим примерное поведение и имеющим годовые и итоговые оценки "5" по всем предметам в период учебы с 5 по 11 (12) классы и прошедшим итоговую аттестацию по завершении общего среднего образования на оценку "5", выдается аттестат об общем среднем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>образовании "Алтын белгі" в соответствии с формой, утвержденной приказом № 39, и знак "Алтын белгі".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z489"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 46. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выпускникам по образовательным программам автономной организации образования "Назарбаев Интеллектуальные школы" (далее – выпускники АОО "НИШ"), являющейся экспериментальной площадкой, а также победителям международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам (награжденные дипломами первой, второй и третьей степени) 2014, 2015, 2016 годов (далее - победители), выдаются сертификаты единого национального тестирования (далее - ЕНТ) на основании перевода баллов внешнего оценивания результатов обучения выпускников</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АОО "НИШ" и итоговых оценок победителей в баллы сертификата ЕНТ в соответствии со шкалой </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>перевода баллов внешнего оценивания результатов обучения выпускников</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АОО "НИШ" и итоговых оценок победителей в баллы сертификата ЕНТ согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z490"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>47. По результатам итоговой аттестации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z491"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) обучающиеся 9 (10) и 11 (12) классов при получении неудовлетворительных оценок по одному или двум предметам допускаются к прохождению в школе повторной итоговой аттестации по данным учебным предметам в форме экзамена;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z492"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) обучающиеся 9 (10) класса при получении неудовлетворительных оценок по трем и более предметам остаются на повторный год обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z493"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) обучающимся 11 (12) класса при получении неудовлетворительных оценок по трем и более предметам выдается справка, выдаваемая лицам, не завершившим образование, в соответствии с формой, утвержденной приказом Министра образования и науки Республики Казахстан от 12 июня 2009 года № 289 "Об утверждении формы справки, выдаваемой лицам, не завершившим образование" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 5717) (далее – приказом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 289).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z494"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По окончании следующего учебного года </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающиеся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, получившие справку, выдаваемую лицам, не завершившим образование, в соответствии с формой, утвержденной приказом № 289, проходят в школе повторную итоговую аттестацию по соответствующим учебным предметам в форме экзамена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z495"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 48. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сроки повторных итоговых аттестации устанавливают управления образования, а также районные и городские отделы образования по согласованию с управлениями образования, для обучающихся республиканских школ – Министерство.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z496"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 49. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Экзаменационные материалы повторной итоговой аттестации в виде тестирования или в письменной (эссе), устной формах разрабатываются школами самостоятельно.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z497"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающимся 9 (10) класса, сдавшим повторную итоговую аттестацию, выдается аттестат об основном среднем образовании, утвержденный приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z498"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающимся 11 (12) класса, сдавшим повторную итоговую аттестацию, выдается аттестат об общем среднем образовании, утвержденный приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z499"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50. Обучающиеся 9 (10) и 11 (12) классов освобождаются от итоговой аттестации приказами руководителей управлений образования, обучающиеся республиканских школ – приказом Министра образования и науки Республики Казахстан (далее – Министр) в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z500"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z501"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) инвалиды І-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> группы, инвалиды детства, дети-инвалиды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z502"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) участники летних учебно-тренировочных сборов, кандидаты в сборную команду Республики Казахстан для участия в международных олимпиадах (соревнованиях);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z503"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) смерти близких родственников (родители, дети, усыновители, усыновленые полнородные и неполнородные братья и сестры, дедушка, бабушка);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z504"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чрезвычайных ситуаций социального, природного и техногенного характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z505"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 51. Приказы об освобождении обучающихся от итоговой аттестации издаются на основании следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z506"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заключения врачебно-консультационной комиссии согласно форме № 035-1/у, утвержденно приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 6697), для категории обучающихся указанных в подпункте 1) и 2) пункта 30 настоящих Правил; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z507"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) выписки из решения педсовета и ходатайства школы, для категории обучающихся указанных в пункте 30 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z508"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) подлинников и копий табелей успеваемости обучающихся (далее - табель) в соответствии с формой, утвержденной приказом Министра образования и науки Республики Казахстан от 23 октября 2007 года № 502 "Об утверждении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>формы документов строгой отчетности, используемых организациями образования в образовательной деятельности" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 4991), для категории обучающихся указанных в пункте 30 настоящих Правил.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подлинники табелей после сверки с его копиями возвращаются администрации школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z509"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документы, указанные в подпунктах 2) и 3) настоящего пункта, заверяются подписью руководителя и печатью школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z510"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 52. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающийся 9 (10) и 11 (12) классов, заболевший в период итоговой аттестации, сдает пропущенные экзамены после выздоровления.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z511"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 53. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Досрочная итоговая аттестация выпускников 9 (10) и 11 (12) классов, допускается в случае выезда обучающихся за границу для поступления на учебу или на постоянное место жительства при предъявлении подтверждающих документов и проводится в форме итоговых выпускных экзаменов или государственных выпускных экзаменов не ранее, чем за 2 месяца до окончания учебного года.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z512"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 54. Выпускники 11 (12) класса, выезжавшие на учебу за рубеж по линии международного обмена, и окончившие там образовательные учреждения, итоговую аттестацию за 11 (12) класс проходят в школах Республики Казахстан.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z513"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>До начала итоговой аттестации решением школьной комиссии данные выпускники проходят аттестацию по предметам инвариантного компонента Типового учебного плана, утвержденного приказом Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500 "Об утверждении типовых учебных планов начального, основного среднего, общего среднего образования Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 8170) не изучавшимся за рубежом.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z514"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> После прохождения итоговой аттестации им выдается аттестат об общем среднем образовании, утвержденный приказом № 39, с учетом отметок по предметам, изучавшимся за рубежом, годовых и итоговых оценок, полученных в предыдущих классах в школах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z515"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 55. Подготовку экзаменационных материалов для выпускников 9 (10) и 11 (12) класса, выезжающих за границу для поступления на учебу или на постоянное место жительства и для выпускников 11 (12) класса, выезжающих на учебу за рубеж по линии международного обмена </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет школа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z516"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 56. Обучающиеся на период их полного курса обучения по программам международного обмена, числятся в контингенте школ Республики Казахстан, в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">которых они обучались до выезда по линии международного обмена </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z517"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 57. Вопрос о необходимости проведения итоговой аттестации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с особыми образовательными потребностями и обучающихся по индивидуальным учебным программам решается педагогическим советом в соответствии с индивидуальными особенностями обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Экзаменационные материалы итоговой аттестации детей с особыми образовательными потребностями обучающихся в специальных организациях образования и специальных классах в общеобразовательных школах разрабатываются районными, городскими отделами образования или управлением образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 57 в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...117 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z519"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 58. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В 9 (10) классе на диктант отводится 2 астрономических часа, на сочинение – 4 астрономических часа, на математику (алгебру) (письменно) – 3 астрономических часа (в специализированных школах физико-математического направления – 4 часа).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z520"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 59. В 11 (12) классе на эссе отводится 3 астрономических часа, на алгебру и начала анализа – 5 астрономических часа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z521"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для детей с особыми образовательными потребностями, которые проходят итоговую аттестацию, предоставляется дополнительное время при сдаче экзамена, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно решения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Экзаменационной комиссии по итоговой аттестации обучающихся (далее – Комиссия) в соответствии с рекомендациями школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z522"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60. Письменные экзамены проводятся в просторных классных помещениях, где обучающиеся 11 (12) класса садятся по одному, а обучающиеся 9 (10) класса – по одному или по двое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z523"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для выполнения письменных работ и подготовки к устным ответам обучающимся выдается бумага со штампом школы. Обучающиеся, выполнившие работу, сдают ее Комиссии вместе с черновиками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z524"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающиеся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, не закончившие работу в отведенное для экзамена время, сдают ее незаконченной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z525"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 61. В период проведения письменного экзамена (кроме диктанта) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрешается выйти на 5 минут из классного помещения. В этом случае он сдает работу Комиссии, на экзаменационной работе отмечается продолжительность отсутствия обучающегося на экзамене.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z526"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для детей с особыми образовательными потребностями предоставляется более продолжительное время для перерыва.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z527"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 62. По окончании письменного экзамена и тестирования члены Комиссии проверяют работы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в здании школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z528"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Непроверенные работы сдаются на хранение руководителю школы. При проверке ошибки подчеркиваются. В эссе, за курс общего среднего образования, количество ошибок указывается отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z529"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На письменные работы по математике (алгебре), оцененные на "2" и "5", Комиссией школы даются рецензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z530"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сочинение в 9 (10) классе и эссе в 11 (12) классе оценивается двумя оценками, письменная экзаменационная работа по математике (алгебре) за курс основного и общего среднего образования – одной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z531"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 63. Письменные экзаменационные работы во всех классах школы начинаются в 9 часов 00 минут утра по местному времени. В исключительных случаях (при наличии в школе большого числа обучающихся) для соблюдения пунктов настоящих Правил допускается проведение экзаменов в 2-3 потока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z532"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пакеты с темами эссе вскрываются за 15 минут до начала экзамена в присутствии обучающихся и членов Комиссии школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z533"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пакеты с материалами по математике в 9 и 11 классах вскрываются за 1 час до начала экзаменов в присутствии только членов Комиссии школы для проверки правильности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>условий</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предложенных заданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z534"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 64. На устном экзамене для подготовки ответа </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляется не менее 20 минут. Если обучающийся не ответил на вопросы по билету, Комиссия разрешает ему взять второй билет (оценка в данном случае снижается на 1 балл).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z535"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65. Тестирование проводится в пределах учебных предметов, определенных подпунктом 4) и 5) пункта 39 настоящих Правил, с помощью тестовых заданий, разработанных Республиканским государственным казенным предприятием "Национальный центр тестирования" (далее – НЦТ) в соответствии с ГОСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="z536"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 66. В 11 (12) классе на тестирование отводится по каждому предмету 80 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="z537"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 67. Проверка результатов теста осуществляется в школе Комиссией, формируемой при школе тот же день на основании предоставленных им кодов правильных ответов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z538"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 68. Количество и форма тестовых заданий, форма листа ответов для тестирования определяются спецификацией теста в разрезе каждого предмета, профиля и языка обучения. Спецификация теста разрабатывает НЦТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="z539"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 69. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>После проведения устных или письменных экзаменов, тестирования по каждому предмету в 9 (10), 11 (12) классах и переводных экзаменов в 5-8, 10 классах Комиссия в тот же день выставляет обучающимся экзаменационные и итоговые оценки и вносит их в бумажный и электронный Протокол экзамена (тестирования) и итоговых оценок за курс обучения на уровнях основного среднего и общего среднего образования по форме</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 к настоящим Правилам (далее – Протокол). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Протокол подписывается членами Комиссии школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="z540"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 70. При выставлении итоговой оценки обучающимся, находившимся на лечении в лечебном учреждении, где были организованы учебные занятия, учитываются четвертные (полугодовые) и годовые оценки, полученные ими в школе (классе или группе) при лечебном учреждении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="z541"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 71. Оценки, полученные обучающимися на устном экзамене, объявляются им после окончания экзамена в данном классе или группе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="z542"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На основании письменного заявления, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в присутствии председателя Комиссии школы ознакамливается с результатами проверки своей письменной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="z543"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 72. Обучающиеся 9 (10) и 11 (12) классов, получившие оценку "2" на очередном экзамене, допускаются к следующему экзамену.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="z544"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 73. При выведении итоговых оценок по предмету надлежит руководствоваться следующим:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="z545"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) итоговая оценка по предмету определяется на основании годовой и экзаменационной с учетом четвертных (полугодовых) оценок за текущий учебный год (учитывается при экзаменационной оценке "4" или "5");</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z546"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) при неудовлетворительной экзаменационной оценке не выставляется положительная итоговая оценка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="z547"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) итоговая оценка выставляется не выше </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>экзаменационной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="z548"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 74. При несогласии с оценкой, выставленной за письменную работу или результатом тестирования, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается до 13 часов 00 минут следующего дня после объявления экзаменационной оценки в Комиссию, созданную при районных, городских отделах образования, управлениях образования, а также при Министерстве для обучающихся республиканских школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z549"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75. Для проведения итоговой атестации в срок до 1 февраля текущего года создается Комиссия: при школах - приказом директора школы, при районном, городском отделе образования - приказом его руководителя, при управлении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>образования - приказом его руководителя, при Министерстве (для республиканских школ) - приказом Министра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z550"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 76. В состав Комиссии при школе включаются учителя-предметники и заместители директора школы (при наличии), представители общественных организаций (при наличии) и родительских комитетов. Комиссию возглавляет директор школы или лицо, заменяющее его.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z551"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Количество членов Комиссии при школе составляет не менее пяти человек при одном выпускном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>класс-комплекте</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основной и средней школы, и не менее семи человек при двух и более выпускных класс-комплектах основной и средней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="z552"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 77. В состав Комиссии при районном, городском отделе образования включаются учителя-предметники, специалисты отделов образования, представители общественных организаций и родительских комитетов, а также секретарь, назначаемый из числа сотрудника отдела образования. Комиссию возглавляет руководитель отдела образования или лицо, заменяющее его.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="z553"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 78. В состав Комиссии при управлении образования включаются учителя-предметники, специалисты управления образования, представители общественных организаций и родительских комитетов, средств массовой информации, а также секретарь, назначаемый из числа сотрудника управления образования. Комиссию возглавляет руководитель управления образования или лицо, заменяющее его.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="z554"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 79. В состав Комиссии при Министерстве включаются учителя-предметники, представители общественных организаций и родительских комитетов, сотрудники Министерства и подведомственных организаций Министерства, а также секретарь, назначаемый из числа сотрудников Министерства. Комиссию возглавляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вице-министр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="z555"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 80. Комиссией, формируемой при школе, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="171" w:name="z556"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) проведение разъяснительных работ для обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="172" w:name="z557"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) формирование и направление в филиал НЦТ списков обучающихся 11 (12) класса, сдающих итоговую аттестацию с указанием перечня предметов, выбранных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11 (12) класса, в срок до 1 марта текущего года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="z558"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) организация работы по проведению итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а так же подготовке </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="z559"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) рассмотрение письменных экзаменационных работ и заслушивание устных экзаменационных ответов, проверка результатов тестирования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>обучающихся 9 (10) и 11 (12) классов, в том числе претендующих на получение аттестатов об общем среднем образовании с отличием и "Алтын белгі";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="z560"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) после завершения письменных экзаменационных работ, тестирования и заслушивания устных экзаменационных ответов направляет электронный вариант Протокола в отделы или управления образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="z561"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) выдача и использование результатов тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="177" w:name="z562"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) перевод баллов результатов тестирования в оценки в соответствии со Шкалой перевода баллов тестирования в оценки аттестата о среднем общем образовании согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="z563"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r>
-[...2725 lines deleted...]
-    <w:bookmarkEnd w:id="184"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="z564"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 81. Комиссиями, формируемыми при районном, городском отделе образования, управлении образования, Министерстве, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="180" w:name="z565"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="181" w:name="z566"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) организация работы по проведению итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="182" w:name="z567"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="183" w:name="z568"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 82. Заключительное заседание Комиссии, формируемой при школе по подведению итогов работы и принятию решения об утверждении списка обучающихся, награждаемых знаком "Алтын белгі", проводится не позднее 12 июня текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="184" w:name="z569"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 83. Списки обладателей аттестатов об основном среднем образовании с отличием, аттестатов об общем среднем образовании с отличием и об общем среднем образовании "Алтын белгі" и знака "Алтын белгі" утверждается приказом директора школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="185" w:name="z570"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 84. Управления образования и республиканские школы предоставляют в Министерство итоговые данные о результатах итоговой аттестации обучающихся не позднее 1 июля текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="186" w:name="z571"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 85. Результаты итоговой аттестации обучающися обсуждаются на педсовете при участии всех членов Комиссии, формируемой при школе, по итогам работы за учебный год в августе месяце текущего года. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Педсовет принимает меры по улучшению качества учебно-воспитательной работы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5848"/>
+        <w:gridCol w:w="3929"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15" w:rsidRPr="00DE557B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="186"/>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программы начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z664" w:id="185"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="187" w:name="z573"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...5 lines deleted...]
-    <w:bookmarkEnd w:id="185"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Шкала перевода баллов в оценки</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3417"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2565"/>
+        <w:gridCol w:w="2654"/>
+        <w:gridCol w:w="3211"/>
+        <w:gridCol w:w="1550"/>
+        <w:gridCol w:w="2192"/>
+        <w:gridCol w:w="55"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...13 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...41 lines deleted...]
-          <w:p>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="188" w:name="z574"/>
+            <w:bookmarkEnd w:id="187"/>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Процентное содержание баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в 1 классе</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (%)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="188"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6547" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...30 lines deleted...]
-          <w:p>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Процентное содержание баллов во 2-11 (12) классах</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (%)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Баға</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...13 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...40 lines deleted...]
-          <w:p>
+            <w:bookmarkStart w:id="189" w:name="z579"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0-20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="189"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6547" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0-39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-қанағаттанарлықсыз - "2"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>неудовлетворительно - "2"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...13 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="190" w:name="z583"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21 - 50</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="188"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="190"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6547" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40 - 64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-қанағаттанарлық - "3"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>удовлетворительно - "3"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...13 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="191" w:name="z587"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>51 - 80</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="189"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="191"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6547" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>65 - 84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-жақсы - "4"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хорошо  - "4"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...13 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="192" w:name="z591"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>81 - 100</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="190"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="192"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6547" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>85 - 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отлично - "5"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B0B15" w:rsidRPr="00DE557B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программы начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...221 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="193" w:name="z596"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шкала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...5 lines deleted...]
-    <w:bookmarkEnd w:id="191"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>перевода баллов внешнего оценивания результатов обучения выпускников</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АОО "НИШ" и итоговых оценок победителей в баллы сертификата ЕНТ</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="418"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="307"/>
+        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="843"/>
+        <w:gridCol w:w="886"/>
+        <w:gridCol w:w="609"/>
+        <w:gridCol w:w="591"/>
+        <w:gridCol w:w="609"/>
+        <w:gridCol w:w="600"/>
+        <w:gridCol w:w="600"/>
+        <w:gridCol w:w="609"/>
+        <w:gridCol w:w="701"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcW w:w="422" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...13 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="194" w:name="z597"/>
+            <w:bookmarkEnd w:id="193"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="192"/>
-[...3 lines deleted...]
-            <w:tcW w:w="844" w:type="dxa"/>
+        </w:tc>
+        <w:bookmarkEnd w:id="194"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Пәндер</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Жеңімпаздар үшін</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для победителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-"НЗМ" ДББҰ бітірушілері үшін</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для выпускников АОО "НИШ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:p/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="004B0B15"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...23 lines deleted...]
-          <w:p>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="004B0B15"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 (удовлетворительно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 (хорошо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 (отлично)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>U (1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>E (2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>D (3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C (4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>B (5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>A (6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-A* (7)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>A* (7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="195" w:name="z615"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="193"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="195"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахский язык (грамотность чтения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-20</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="196" w:name="z628"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="194"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="196"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахский язык (профильный предмет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-40</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="197" w:name="z641"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="195"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="197"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Русский язык (грамотность чтения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-20</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="198" w:name="z654"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="196"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="198"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Русский язык (профильный предмет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-40</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="199" w:name="z667"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="197"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="199"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-20</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="200" w:name="z680"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="198"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="200"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Математика (математическая грамотность)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-20</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-              </w:rPr>
+            <w:bookmarkStart w:id="201" w:name="z693"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="199"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="201"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Математика (профильный предмет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-40</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="202" w:name="z706"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="200"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="202"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Профильные предметы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-40</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z809" w:id="201"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="201"/>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="203" w:name="z719"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       * Наивысший результат </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5848"/>
+        <w:gridCol w:w="3929"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15" w:rsidRPr="00DE557B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="203"/>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программы начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:i w:val="false"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z812" w:id="202"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="204" w:name="z722"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Протокол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...302 lines deleted...]
-      Емтихан алушының Т.А.Ә. (бар болған жағдайда)</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>экзамена (тестирования) и итоговых оценок за курс обучения на уровнях основного среднего и общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="205" w:name="z723"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (наименование учебного предмета) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="206" w:name="z724"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    (наименование города (села))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="207" w:name="z725"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  (наименование района)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="208" w:name="z726"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________ области Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="209" w:name="z727"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В состав экзаменационной комиссии входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="210" w:name="z728"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               Ф. И. О. (при его наличии) председателя экзаменационной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="211" w:name="z729"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              Ф. И. О. (при его наличии) экзаменатора  ______________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Ф. И. О. (при наличии) ассистентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="212" w:name="z730"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пакет с экзаменационными материалами, присланный из управления образования (Министерства) вскрыт в _____ час</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="213" w:name="z731"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Экзаменационный (тестовый) материал, присланный в пакете, прилагается к настоящему протоколу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="214" w:name="z732"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На экзамен (тестирование) явились:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="215" w:name="z733"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 (Ф.И.О. (при его наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="216" w:name="z734"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На экзамен (тестирование) не явились:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="217" w:name="z735"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 (Ф.И.О. (при его наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z828" w:id="218"/>
-[...35 lines deleted...]
-      (ассистенттің Т.А.Ә. (бар болған жағдайда)</w:t>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="218" w:name="z736"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Экзамен (тестирование) начался в ____час</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="219" w:name="z737"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Экзамен (тестирование) закончился в ___час</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ин.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z830" w:id="220"/>
-[...238 lines deleted...]
-    <w:bookmarkEnd w:id="231"/>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="220" w:name="z738"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>По результатам экзамена (тестирования) выставлены следующии оценки:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1023"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1781"/>
+        <w:gridCol w:w="665"/>
+        <w:gridCol w:w="2614"/>
+        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="1683"/>
+        <w:gridCol w:w="1439"/>
+        <w:gridCol w:w="1439"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...13 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="221" w:name="z739"/>
+            <w:bookmarkEnd w:id="220"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="232"/>
-        </w:tc>
+        </w:tc>
+        <w:bookmarkEnd w:id="221"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...10 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фамилия, имя, отчество (при его наличии) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>экзаменующегося</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...9 lines deleted...]
-Жазбаша жұмыстың тақырыбы және нұсқасы, билет №</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тема и вариант письменной работы, № билета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Емтихан бағасы (жазумен)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Экзаменационная оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1781" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Жылдық бағасы (жазумен)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Годовая оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1781" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Қорытынды бағасы (жазумен)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итоговая оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...13 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="222" w:name="z746"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="233"/>
-        </w:tc>
+        </w:tc>
+        <w:bookmarkEnd w:id="222"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1781" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1781" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...13 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="223" w:name="z753"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="234"/>
-        </w:tc>
+        </w:tc>
+        <w:bookmarkEnd w:id="223"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1781" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1781" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...12 lines deleted...]
-          <w:p>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z863" w:id="235"/>
-[...278 lines deleted...]
-    <w:bookmarkEnd w:id="248"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="224" w:name="z883"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Особые мнения членов экзаменационной комиссии об оценках ответов отдельных обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="225" w:name="z884"/>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="226" w:name="z885"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата проведения экзамена (тестирования) "___" __________20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="227" w:name="z886"/>
+      <w:bookmarkEnd w:id="226"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата внесения в протокол оценок                "___"__________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="228" w:name="z887"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Председатель Комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         ___________________              ___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          Ф.И.О. (при его наличии)            подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="229" w:name="z888"/>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Экзаменующий учитель        ____________________              __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="230" w:name="z889"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   Ф.И.О. (при его  наличии)           подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="231" w:name="z890"/>
+      <w:bookmarkEnd w:id="230"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ассистенты                      ___________________               ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="232" w:name="z891"/>
+      <w:bookmarkEnd w:id="231"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    Ф.И.О. (при его наличии)           подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="233" w:name="z892"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    ___________________               _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="234" w:name="z893"/>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    Ф.И.О. (при его наличии)           подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="235" w:name="z894"/>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание: аналогичный электронный вариант Протокола используется наравне с бумажным вариантом.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5848"/>
+        <w:gridCol w:w="3929"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15" w:rsidRPr="00DE557B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="235"/>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:i w:val="false"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программы начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z878" w:id="249"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="236" w:name="z773"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Шкала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...5 lines deleted...]
-    <w:bookmarkEnd w:id="249"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>перевода баллов тестирования в оценки аттестата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об общем среднем образовании</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="960"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2336"/>
+        <w:gridCol w:w="624"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2060"/>
+        <w:gridCol w:w="1547"/>
+        <w:gridCol w:w="1572"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...40 lines deleted...]
-          <w:p>
+            <w:bookmarkStart w:id="237" w:name="z774"/>
+            <w:bookmarkEnd w:id="236"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="237"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-          <w:p>
+            <w:bookmarkStart w:id="238" w:name="z776"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(неудовлетворительно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-          <w:p>
+            <w:bookmarkStart w:id="239" w:name="z778"/>
+            <w:bookmarkEnd w:id="238"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(удовлетворительно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-          <w:p>
+            <w:bookmarkStart w:id="240" w:name="z780"/>
+            <w:bookmarkEnd w:id="239"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(хорошо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-        </w:tc>
+            <w:bookmarkStart w:id="241" w:name="z782"/>
+            <w:bookmarkEnd w:id="240"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(отлично)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="241"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="242" w:name="z785"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="251"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="242"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...30 lines deleted...]
-          <w:p>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахский язык для школ с русским, узбекским, уйгурским и таджикским языками обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9 – 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 – 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-33 - 40</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="243" w:name="z792"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="252"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="243"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...30 lines deleted...]
-          <w:p>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Русский язык для школ с казахским языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9 – 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 – 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-33 - 40</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="244" w:name="z799"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="253"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="244"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Геометрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13– 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-49 - 60</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="245" w:name="z806"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="254"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="245"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13 – 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-49 - 60</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="246" w:name="z813"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="255"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="246"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13 – 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-49 - 60</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="247" w:name="z820"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="256"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="247"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13 – 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-49 - 60</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="248" w:name="z827"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="257"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="248"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13 – 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-49 - 60</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="249" w:name="z834"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="258"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="249"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13 – 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-49 - 60</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="250" w:name="z841"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="259"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="250"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13 – 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-49 - 60</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="251" w:name="z848"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="260"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="251"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13 – 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-49 - 60</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="252" w:name="z855"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="261"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="252"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9 – 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 – 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-33 - 40</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="253" w:name="z862"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="262"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="253"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Французский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9 – 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 – 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-33 - 40</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="254" w:name="z869"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="263"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="254"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Немецкий язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9 – 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 – 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-33 - 40</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-                <w:i w:val="false"/>
+            <w:bookmarkStart w:id="255" w:name="z876"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="264"/>
-[...18 lines deleted...]
-          <w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="255"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7 – 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-          <w:p>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14 – 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-21 – 27</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>21 – 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5989"/>
+        <w:gridCol w:w="3788"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15" w:rsidRPr="00DE557B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...203 lines deleted...]
-              <w:t>№ 125 бұйрығына 2-қосымша</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к приказу Министра образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 18 марта 2008 года № 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...22 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правый верхний угол в редакции приказа Министра образования и науки РК от 25.09.2018 № 494 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="256" w:name="z158"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила в редакции приказа Министра образования и науки РК от 14.06.2018 № 272 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="257" w:name="z912"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Основные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="258" w:name="z913"/>
+      <w:bookmarkEnd w:id="257"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях технического и профессионального, послесреднего образования (далее - Правила) разработаны в соответствии с подпунктом 19) статьи 5 Закона Республики Казахстан "Об образовании" и определяют порядок проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях технического и профессионального, послесреднего образования, независимо от форм собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="259" w:name="z914"/>
+      <w:bookmarkEnd w:id="258"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. В настоящих Правилах использованы следующие определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="260" w:name="z995"/>
+      <w:bookmarkEnd w:id="259"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) квалификационный экзамен – процедура, позволяющая объективно определить достаточность теоретической и практической подготовки, опыта и компетенотности, оценить их соответствие требованиям и присвоить уровень квалификации;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="261" w:name="z996"/>
+      <w:bookmarkEnd w:id="260"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) квалификационная комиссия – коллегиальный орган, создаваемый для проведения процедуры по присвоению обучающимся организаций технического и профессионального образования рабочей квалификации по итогам освоения профессиональных модулей в рамках одной квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="262" w:name="z997"/>
+      <w:bookmarkEnd w:id="261"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) промежуточная аттестация обучающихся – процедура, проводимая с целью оценки качества освоения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содержания части или всего объема одного учебного предмета, одной учебной дисциплины и (или) модуля, а также профессиональных модулей в рамках одной квалификации после завершения их изучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="263" w:name="z998"/>
+      <w:bookmarkEnd w:id="262"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) итоговая аттестация обучающихся – процедура, проводимая с целью определения степени освоения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объема учебных дисциплин;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="264" w:name="z999"/>
+      <w:bookmarkEnd w:id="263"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) текущий контроль успеваемости обучающихся – систематическая проверка знаний обучающихся, проводимая преподавателем на текущих занятиях в соответствии с учебной программой дисциплины и (или) модуля;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="265" w:name="z1000"/>
+      <w:bookmarkEnd w:id="264"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) дипломная работа (проект) - выпускная квалификационная работа, самостоятельная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>творческая работа студентов, обучающихся по программам подготовки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>квалифицированных рабочих и специалистов среднего звена,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прикладных бакалавров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="266" w:name="z1001"/>
+      <w:bookmarkEnd w:id="265"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) итоговая аттестационная комиссия – коллегиальный орган, создаваемый для проведения итоговой аттестации выпускника организаций технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 2 в редакции приказа Министра образования и науки РК от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="267" w:name="z920"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...53 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Проведение текущего контроля и промежуточной аттестации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...225 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="268" w:name="z921"/>
+      <w:bookmarkEnd w:id="267"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Текущий контроль по дисциплинам и (или) модулям при отсутствии по ним практических и семинарских занятий осуществляется путем проверки преподавателем обязательных контрольных работ (письменных заданий, рефератов) предусмотренных учебной программой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="269" w:name="z922"/>
+      <w:bookmarkEnd w:id="268"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Текущий контроль успеваемости по дисциплинам и (или) модулям для лиц с особыми образовательными потребностями проводится по индивидуальным заданиям, с учетом особенностей психофизического развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="270" w:name="z923"/>
+      <w:bookmarkEnd w:id="269"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Текущий контроль успеваемости по дисциплинам и (или) модулям, изучение которых согласно учебному плану ограничивается лекционным курсом, при отсутствии обязательных контрольных работ, не осуществляется. Перечень таких дисциплин и (или) модулей определяется коллегиальным органом организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="271" w:name="z924"/>
+      <w:bookmarkEnd w:id="270"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Перечень дисциплин и (или) модулей и форма проведения промежуточной аттестации обучающихся устанавливаются организациями технического и профессионального, послесреднего образования в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рабочими учебными планами и вносятся в график учебно-воспитательного процесса в начале учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Промежуточная аттестация по общеобразовательным дисциплинам предусматривает проведение экзаменов по: языку, литературе, истории Казахстана, математике и выбору организации технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для проведения промежуточной аттестации на присвоение рабочей квалификации обучающимся приказом руководителя организаций технического и профессионального, послесреднего образования создается квалификационная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 5 в редакции приказа Министра образования и науки РК от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="272" w:name="z927"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Промежуточная аттестация обучающихся в организациях технического и профессионального, послесреднего образования осуществляется в соответствии с рабочими учебными планами и программами в форме защиты курсовых проектов (работ), отчетов по практике, зачетов и экзаменов, при этом зачеты и защита курсовых проектов (работ) проводятся до начала экзаменов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="273" w:name="z928"/>
+      <w:bookmarkEnd w:id="272"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Курсовые проекты (работы) выполняются по окончании теоретической части или раздела дисциплины и (или) модуля обеспечивающего усвоение знаний, достаточных для выполнения курсового проекта (работы) по данной дисциплине и (или) модуля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="274" w:name="z929"/>
+      <w:bookmarkEnd w:id="273"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Промежуточная аттестация лиц с особыми образовательными потребностями в организациях технического и профессионального образования проводится в форме экзаменов и/или зачҰтов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="275" w:name="z930"/>
+      <w:bookmarkEnd w:id="274"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Зачеты проводятся по дисциплинам и (или) модулям, переходящим на следующий семестр, если учебным планом текущего семестра промежуточная аттестация в виде экзамена или итогового зачета по данной дисциплине и (или) модулям не предусмотрена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="276" w:name="z931"/>
+      <w:bookmarkEnd w:id="275"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Зачеты с дифференцированными оценками ("отлично", "хорошо", "удовлетворительно" и "неудовлетворительно") проводятся по курсовым проектам (работам), профессиональной практике, а также по специальным дисциплинам и (или) модулям, перечень которых определяется в соответствии с рабочим учебным планом.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="277" w:name="z932"/>
+      <w:bookmarkEnd w:id="276"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Материалы промежуточной аттестации обучающихся составляются на основе рабочих учебных планов и программ каждой учебной дисциплины и (или) модуля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="278" w:name="z933"/>
+      <w:bookmarkEnd w:id="277"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. В период подготовки к промежуточной аттестации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводятся консультации за счет общего бюджета времени, отведенного на консультации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="279" w:name="z934"/>
+      <w:bookmarkEnd w:id="278"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Для проведения промежуточной аттестации обучающихся в форме экзаменов должны быть подготовлены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="280" w:name="z935"/>
+      <w:bookmarkEnd w:id="279"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) экзаменационные билеты (экзаменационные контрольные задания), тестовые задания, ситуационные задачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="281" w:name="z936"/>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) наглядные пособия, материалы справочного характера, нормативные документы и образцы техники, разрешенные к использованию на экзамене;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="282" w:name="z937"/>
+      <w:bookmarkEnd w:id="281"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) учебные и технологические карты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="283" w:name="z938"/>
+      <w:bookmarkEnd w:id="282"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) спортивный зал, оборудование, инвентарь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="284" w:name="z939"/>
+      <w:bookmarkEnd w:id="283"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) экзаменационная ведомость.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="285" w:name="z940"/>
+      <w:bookmarkEnd w:id="284"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Промежуточная аттестация (прием экзаменов и зачетов) осуществляется преподавателем и (или) преподавателями, проводившими учебные занятия по данной дисциплине и (или) модулям в течение семестра, либо по поручению руководителя организации образования преподавателем, имеющим квалификацию, соответствующую профилю данной дисциплины и (или) модуля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="286" w:name="z941"/>
+      <w:bookmarkEnd w:id="285"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. К промежуточной аттестации допускаются обучающиеся, полностью выполнившие все практические, лабораторные, расчетно-графические и курсовые работы (проекты), зачеты согласно типовым учебным программам по каждой дисциплине и (или) модулю и не имеющие неудовлетворительных оценок по итогам текущего учета знаний. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="287" w:name="z942"/>
+      <w:bookmarkEnd w:id="286"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающиеся, имеющие по 1-2 дисциплинам и (или) модулям неудовлетворительные оценки, допускаются к экзаменам с разрешения руководителя организации образования, а имеющим более двух неудовлетворительных оценок – решением педагогического совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="288" w:name="z943"/>
+      <w:bookmarkEnd w:id="287"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. При проведении промежуточной аттестации для выполнения задания по экзаменационным билетам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="289" w:name="z944"/>
+      <w:bookmarkEnd w:id="288"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на устный экзамен выделяется не более 25 (двадцать пять) минут на каждого обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="290" w:name="z945"/>
+      <w:bookmarkEnd w:id="289"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на проведение письменного экзамена предусматривается не более:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="291" w:name="z946"/>
+      <w:bookmarkEnd w:id="290"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) 6-ти астрономических часов по литературе (сочинение);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="292" w:name="z947"/>
+      <w:bookmarkEnd w:id="291"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) 4-х академических часов по математике и специальным дисциплинам и (или) модулям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="293" w:name="z948"/>
+      <w:bookmarkEnd w:id="292"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) 3-х астрономических часов по государственному языку и русскому языку (изложение);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="294" w:name="z949"/>
+      <w:bookmarkEnd w:id="293"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) 2-х </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>астрономических</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часа по государственному языку и русскому (диктант).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="295" w:name="z950"/>
+      <w:bookmarkEnd w:id="294"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Письменные (тестовые задания) экзаменационные работы выполняются на бумаге со штампом организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="296" w:name="z951"/>
+      <w:bookmarkEnd w:id="295"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Экзамены по дисциплинам, модулям, связанные с прослушиванием, просмотром учебных работ, спортивными выступлениями, принимаются преподавателями соответствующей методической предметной и цикловой комиссии, кафедр, отделения. На их проведение предусматривается фактически затраченное время, но не более одного академического часа на каждого обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="297" w:name="z952"/>
+      <w:bookmarkEnd w:id="296"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во время проведения промежуточной аттестации (экзаменов и зачетов) присутствие посторонних лиц без разрешения руководителя организации технического и профессионального, послесреднего образования не допускается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(кроме заместителя руководителя по учебной, методической работам, заведующего отделением и председателя предметно-цикловой комиссии).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="298" w:name="z953"/>
+      <w:bookmarkEnd w:id="297"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Обучающимся, не прошедшим промежуточную аттестацию по болезни или по другим уважительным причинам, руководителем организации технического и профессионального, послесреднего образования устанавливаются индивидуальные сроки их сдачи, утвержденной приказом руководителя организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="299" w:name="z954"/>
+      <w:bookmarkEnd w:id="298"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Оценка знаний обучающихся при сдаче экзаменов, а также при защите курсовых проектов производится по цифровой пятибалльной системе: (5-"отлично", 4-"хорошо", 3-"удовлетворительно", 2-"неудовлетворительно").</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="300" w:name="z1002"/>
+      <w:bookmarkEnd w:id="299"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17-1. При кредитной технологии обучения учебные достижения обучающихся оцениваются в баллах по 100-бальной шкале, соответствующих принятой в международной практике буквенной системе (положительные оценки, по мере убывания, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "А" до "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", "неудовлетворительно" – "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>") с соответствующим цифровым эквивалентом по 4-х балльной шкале.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 17-1 в соответствии с приказом Министра образования и науки РК от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 494</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="301" w:name="z955"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Пересдача экзамена, при получении оценки "неудовлетворительно" (не зачтено), допускается не более одного раза по одной и той же дисциплине и (или) модулю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="302" w:name="z956"/>
+      <w:bookmarkEnd w:id="301"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пересдача экзамена (зачета) допускается с письменного разрешения заведующего отделением, в установленные им сроки тому же преподавателю, преподавателям в рамках модуля, ведущем дисциплину (или в отсутствии ведущего преподавателя другому преподавателю, имеющему квалификацию, соответствующую профилю данной дисциплины и (или) модуля).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="303" w:name="z957"/>
+      <w:bookmarkEnd w:id="302"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающиеся, имеющие по результатам промежуточной аттестации более трех неудовлетворительных оценок, отчисляются из организации образования по решению педагогического совета приказом руководителя организации технического и профессионального, послесреднего образования с выдачей ему (ей) справки установленного образца.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="304" w:name="z958"/>
+      <w:bookmarkEnd w:id="303"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. Обучающиеся, полностью выполнившие требования учебного плана определенного курса, успешно сдавшие все зачеты и экзамены промежуточной аттестации, переводятся на следующий курс приказом руководителя организации технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="305" w:name="z959"/>
+      <w:bookmarkEnd w:id="304"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. Итоговые оценки по дисциплинам, модулям, не выносимым на промежуточную аттестацию, выставляются преподавателями по завершению курса на основе оценок текущего контроля успеваемости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="306" w:name="z960"/>
+      <w:bookmarkEnd w:id="305"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. К досрочной сдаче экзаменов промежуточной аттестации без освобождения от текущих учебных занятий приказом руководителя организации технического и профессионального, послесреднего образования допускаются успевающие обучающиеся, выполнившие лабораторные, практические, расчетно-графические и курсовые работы (проекты), зачеты согласно типовым учебным программам по дисциплинам и (или) модулям текущего семестра с оценкой "отлично".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="307" w:name="z961"/>
+      <w:bookmarkEnd w:id="306"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...153 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Проведение итоговой аттестации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="308" w:name="z962"/>
+      <w:bookmarkEnd w:id="307"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Итоговая аттестация обучающихся организаций технического и профессионального, послесреднего образования включает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сдачу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>итоговых экзаменов по общепрофессиональным и специальным дисциплинам и (или) модулям, или выполнение и защита дипломного проекта (работы), или выполнение и защита дипломной работы со сдачей итогового экзамена по одной из специальных дисциплин и (или) модуля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="309" w:name="z1003"/>
+      <w:bookmarkEnd w:id="308"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23-1. Дипломная работа выполняется студентами, обучающимися по рабочим квалификациям, а также обучающимися по естественнонаучным, гуманитарным, экономическим и творческим специальностям, и имеет целью систематизацию, обобщение и проверку специальных теоретических знаний и практических навыков выпускников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дипломный проект выполняется студентами, обучающимися по техническим, технологическим и сельскохозяйственным специальностям при подготовке специалиста среднего звена, прикладного бакалавра и предполагает описание или расчҰт некоторого технического устройства или технологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 23-1 в соответствии с приказом Министра образования и науки РК от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...610 lines deleted...]
-          <w:sz w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="310" w:name="z963"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Для проведения итоговой аттестации обучающихся в организациях образования создается итоговая аттестационная комиссия приказом руководителя организации образования.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="311" w:name="z964"/>
+      <w:bookmarkEnd w:id="310"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Состав итоговой аттестационной комиссии формируется из числа квалифицированных специалистов предприятий, преподавателей специальных дисциплин, мастеров производственного обучения и представителей коллегиальных органов управления учебного заведения в соотношении 65 % от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>представителей работодателей и 35 % от представителей организации технического и профессионального, послесреднего образования, включая секретаря комиссии без права голоса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="312" w:name="z965"/>
+      <w:bookmarkEnd w:id="311"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Комиссия создается на период итоговой аттестации не позднее, чем за один месяц до проведения итоговой аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="313" w:name="z966"/>
+      <w:bookmarkEnd w:id="312"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Комиссия определяет: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="314" w:name="z967"/>
+      <w:bookmarkEnd w:id="313"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) соответствие уровня теоретической и практической подготовки </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установленной образовательной программе технического и профессионального, послесреднего образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="315" w:name="z968"/>
+      <w:bookmarkEnd w:id="314"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) фактический уровень знаний, умений и практических </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>навыков</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся по производственному обучению, общепрофессиональным и специальным дисциплинам и (или) профессиональным модулям, их соответствие требованиям учебных программ и квалификационных характеристик по профессиям (специальностям).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="316" w:name="z969"/>
+      <w:bookmarkEnd w:id="315"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Продолжительность заседаний комиссии не должна превышать 6 часов в день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="317" w:name="z970"/>
+      <w:bookmarkEnd w:id="316"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Итоговая аттестация обучающихся в организациях технического и профессионального, послесреднего образования проводится в сроки, предусмотренные графиком учебного процесса и рабочими учебными планами в форме, определенной государственными общеобязательными стандартами технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="318" w:name="z971"/>
+      <w:bookmarkEnd w:id="317"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. В комиссию представляются следующие материалы и документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="319" w:name="z972"/>
+      <w:bookmarkEnd w:id="318"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) рабочий учебный план по специальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="320" w:name="z973"/>
+      <w:bookmarkEnd w:id="319"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) приказ руководителя организации технического и профессионального образования о допуске </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="321" w:name="z974"/>
+      <w:bookmarkEnd w:id="320"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) сводные ведомости итоговых оценок обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="322" w:name="z975"/>
+      <w:bookmarkEnd w:id="321"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) комплект экзаменационных билетов и перечень вопросов, выносимых на итоговые экзамены, согласно учебной программе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="323" w:name="z976"/>
+      <w:bookmarkEnd w:id="322"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) документы, подтверждающие право обучающегося на перенос сроков итоговой аттестации по состоянию здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="324" w:name="z977"/>
+      <w:bookmarkEnd w:id="323"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Итоговая аттестация обучающихся организаций технического и профессионального, послесреднего образования проводится в форме сдачи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>итоговых экзаменов по общепрофессиональным и специальным дисциплинам и (или) модулям, или выполнение и защита дипломного проекта (работы), или выполнение и защита дипломной работы со сдачей итогового экзамена по одной из специальных дисциплин и (или) модуля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="325" w:name="z978"/>
+      <w:bookmarkEnd w:id="324"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Итоговые экзамены по дисциплинам и (или) модулям проводятся в соответствии с учебными программами в следующих формах: устно, письменно, в форме комплексных экзаменов, включающих вопросы нескольких специальных дисциплин и (или) профессиональных модулей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="326" w:name="z979"/>
+      <w:bookmarkEnd w:id="325"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Защита дипломного проекта (работы) проводится на открытом заседании комиссии по проведению итоговой аттестации с участием не менее 2/3 ее членов. Продолжительность защиты одного дипломного проекта (работы) не должна превышать 30 (тридцать) минут на одного обучающегося. Для защиты дипломного проекта, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выступает с докладом продолжительностью не более 10 (десять) минут. Результаты защиты дипломного проекта (работы) объявляются в день их проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="327" w:name="z980"/>
+      <w:bookmarkEnd w:id="326"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Продолжительность устного итогового экзамена не должна превышать 15 (пятнадцать) минут на одного обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="328" w:name="z981"/>
+      <w:bookmarkEnd w:id="327"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Итоговая аттестация лиц с особыми образовательными потребностями проводится в форме сдачи практической работы по производственному обучению с пояснениями выполняемых действий с обязательным присутствием руководителя. Для защиты практической работы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выступает с докладом об этапах выполнения работы с продолжительностью не более 15 (пятнадцати) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="329" w:name="z982"/>
+      <w:bookmarkEnd w:id="328"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. Лицам, получившим оценку "неудовлетворительно" при защите дипломного проекта (работы) или сдаче итогового экзамена, итоговая аттестационная комиссия выносит решение о допуске к повторной пересдаче итоговой аттестации и определяет ее сроки. Повторный итоговый экзамен проводится только по дисциплине и (или) модулю, по которой была получена оценка "неудовлетворительно".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Итоговая аттестационная комиссия определяет представить </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на повторную защиту ту же работу с доработкой или же разработать новую тему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 31 в редакции приказа Министра образования и науки РК от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...238 lines deleted...]
-          <w:sz w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="330" w:name="z984"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. Обучающемуся, получившему оценку "неудовлетворительно" при повторной защите дипломного проекта (работы) или сдаче итоговых экзаменов, выдается справка установленного образца об окончании полного курса </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по специальности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (профессии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 32 в редакции приказа Министра образования и науки РК от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...452 lines deleted...]
-          <w:sz w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="331" w:name="z985"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Обучающиеся, не явившиеся на защиту дипломного проекта (работы) или сдачу итогового экзамена по уважительной причине, подтвержденной соответствующими документами, приказом руководителя организации образования могут быть допущены к прохождению итоговой аттестации в установленные сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="332" w:name="z986"/>
+      <w:bookmarkEnd w:id="331"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Заседание итоговой аттестационной комиссии оформляется соответствующим протоколом, который подписывается председателем, членами и секретарем комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="333" w:name="z987"/>
+      <w:bookmarkEnd w:id="332"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающимся, сдавшим экзамены с оценками "отлично" не менее чем по 75 процентам всех дисциплин и (или) модуля учебного плана, а по остальным дисциплинам и (или) модулям - с оценками "хорошо", и защитившему дипломную работу (проект) с оценками "отлично", выдается диплом с отличием.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 35 в редакции приказа Министра образования и науки РК от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...64 lines deleted...]
-          <w:sz w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="334" w:name="z1004"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35-1. Обучающемуся по кредитной технологии, сдавшему экзамены и дифференцированные зачеты с оценками "А", "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>А-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", "В+", "В", "В-" и имеющему средний балл успеваемости за весь период обучения не ниже 3,5, а также сдавшему итоговую аттестацию с оценками "А", "А-", выдается диплом с отличием в случае отсутствия повторных сдач экзаменов в течение всего периода обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 35-1 в соответствии с приказом Министра образования и науки РК от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...118 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="335" w:name="z988"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. Решение о выдаче диплома с указанием уровня квалификации принимается на основе результатов итоговых экзаменов по дисциплинам и (или) модулям и (или) защиты дипломных проектов (работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="336" w:name="z989"/>
+      <w:bookmarkEnd w:id="335"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. Председатель комиссии в двухнедельный срок по окончанию аттестации, составляет отчет об итогах аттестации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="337" w:name="z990"/>
+      <w:bookmarkEnd w:id="336"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38. В отчете председателя комиссии отражаются: уровень подготовки обучающихся по данной специальности (профессии); характеристика знаний обучающихся, выявленных на экзамене; недостатки в подготовке обучающихся по отдельным вопросам дисциплин и (или) модулей; рекомендации по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дальнейшему совершенствованию подготовки квалифицированных кадров по профессиям (специальностям) технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="338" w:name="z991"/>
+      <w:bookmarkEnd w:id="337"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39. Председатель комиссии докладывает педагогическому совету об итогах работы комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...172 lines deleted...]
-    <w:bookmarkEnd w:id="326"/>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5988"/>
+        <w:gridCol w:w="3789"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004B0B15" w:rsidRPr="00DE557B">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:i w:val="false"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приказом Министра образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>бекітілген</w:t>
+            <w:r w:rsidRPr="00DE557B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 18 марта 2008 года № 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z136" w:id="327"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="339" w:name="z26"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...50 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в высших учебных заведениях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила исключены приказом Министра образования и науки РК от 25.09.2018 № 494 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-    <w:p>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidRDefault="00DE557B">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:sectPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE557B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004B0B15" w:rsidRPr="00DE557B" w:rsidSect="004B0B15">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat/>
+  <w:rsids>
+    <w:rsidRoot w:val="004B0B15"/>
+    <w:rsid w:val="00112AB1"/>
+    <w:rsid w:val="004B0B15"/>
+    <w:rsid w:val="00DE557B"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="off"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004B0B15"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="004B0B15"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="004B0B15"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
+    <w:rsid w:val="004B0B15"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DE557B"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DE557B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>35</Pages>
+  <Words>11129</Words>
+  <Characters>63440</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>528</Lines>
+  <Paragraphs>148</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Reanimator Extreme Edition</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>74421</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>