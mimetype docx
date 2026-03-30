--- v0 (2025-12-10)
+++ v1 (2026-03-30)
@@ -1,2200 +1,1351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
+    <w:p w:rsidR="00DD3410" w:rsidRPr="003D71F7" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="11"/>
+        <w:tblStyle w:val="2"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-352"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="3" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4708"/>
         <w:gridCol w:w="4791"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00950159" w:rsidRPr="00950159" w:rsidTr="00B729BF">
+      <w:tr w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidTr="004A2365">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00950159" w:rsidRPr="00950159" w:rsidRDefault="00950159" w:rsidP="00950159">
+          <w:p w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidRDefault="00DD3410" w:rsidP="004A2365">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00950159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Павлодар қаласының №33 жалпы орта білім беретін мектебі» мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00950159" w:rsidRPr="00950159" w:rsidRDefault="00950159" w:rsidP="00950159">
+          <w:p w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidRDefault="00DD3410" w:rsidP="004A2365">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00950159" w:rsidRPr="00950159" w:rsidRDefault="00950159" w:rsidP="00950159">
+          <w:p w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidRDefault="00DD3410" w:rsidP="004A2365">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00950159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Государственное учреждение «Средняя общеобразовательная школа №33 г. Павлодара»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00950159" w:rsidRPr="00950159" w:rsidTr="00B729BF">
+      <w:tr w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidTr="004A2365">
         <w:trPr>
           <w:trHeight w:val="542"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00950159" w:rsidRPr="00950159" w:rsidRDefault="00950159" w:rsidP="00950159">
+          <w:p w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidRDefault="00DD3410" w:rsidP="004A2365">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00950159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бұйрық</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00950159" w:rsidRPr="00950159" w:rsidRDefault="00950159" w:rsidP="00950159">
+          <w:p w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidRDefault="00DD3410" w:rsidP="004A2365">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00950159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2018 ж. «</w:t>
             </w:r>
             <w:r w:rsidRPr="00950159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidRPr="00950159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>» __________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00950159" w:rsidRPr="00950159" w:rsidRDefault="00950159" w:rsidP="00950159">
+          <w:p w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidRDefault="00DD3410" w:rsidP="004A2365">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00950159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№ _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00950159" w:rsidRPr="00950159" w:rsidRDefault="00950159" w:rsidP="00950159">
+          <w:p w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidRDefault="00DD3410" w:rsidP="004A2365">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00950159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Приказ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00950159" w:rsidRPr="00950159" w:rsidRDefault="00950159" w:rsidP="00950159">
+          <w:p w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidRDefault="00DD3410" w:rsidP="004A2365">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00950159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№ _________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00950159" w:rsidRPr="00950159" w:rsidRDefault="00950159" w:rsidP="00950159">
+          <w:p w:rsidR="00DD3410" w:rsidRPr="00950159" w:rsidRDefault="00DD3410" w:rsidP="004A2365">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00950159">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«___» ____________ 2018 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00123C05" w:rsidRDefault="00123C05">
-[...13 lines deleted...]
-    <w:p w:rsidR="00861888" w:rsidRDefault="00861888" w:rsidP="00861888">
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRPr="006C1A47" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r>
-[...71 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006C1A47">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C1A47">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C1A47">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...321 lines deleted...]
-    <w:p w:rsidR="00F47CB4" w:rsidRPr="003A71FA" w:rsidRDefault="00F47CB4" w:rsidP="00861888">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C1A47">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылында</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылардың </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қорытынды аттестаттауды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдастыру және өткізу бойынша </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>комиссия құру туралы</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRPr="006C1A47" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...26 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...476 lines deleted...]
-    <w:p w:rsidR="00716980" w:rsidRDefault="002D54B4" w:rsidP="00B372CE">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР Білім және ғылым министрлігінің 2018 жылғы 25 қыркүйектегі               № 494 бұйрығымен бекітілген «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86BA7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгі ережесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің» № 75, 76, 77 тармақтарына сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRPr="00320808" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320808">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRPr="001609A4" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001609A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім алушылардың қорытынды аттестатауды ұйымдастыру және өткізу бойынша келесі құрамда комиссия құрылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Г.Р. Кыстаубаева – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6C28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектеп директоры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, комиссия төрайымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г.К. Капбасова – директордың орынбасары, комиссия төрайымының орынбасары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Д.К. Жексенова –қазақ тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A179C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пән</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A179C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>комиссия мүшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А.Т.Абылкаева – орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D54B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пән</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D54B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D54B4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>комиссия мүшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ж.Н. Абдуалиева– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A179C3">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A179C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математика пәні мұғалімі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A179C3">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>комиссия мүшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж.Т. Айткалина- ата-аналар комитетінің төрайымы, комиссия мүшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315426">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А.А. Куямбаева – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315426">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудармашы, хатшы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRPr="007A683E" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Куямбаева А.С.</w:t>
-[...25 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Осы бұйрықтың орындалуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A179C3">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00716980">
-[...15 lines deleted...]
-      <w:r w:rsidR="00716980">
+      <w:r w:rsidRPr="00B372CE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г.К. Капбасоваға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B372CE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүктелсін</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B372CE" w:rsidRPr="00B372CE" w:rsidRDefault="00B372CE" w:rsidP="00B372CE">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...25 lines deleted...]
-      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00716980" w:rsidRPr="003D71F7" w:rsidRDefault="00716980" w:rsidP="003D71F7">
-      <w:pPr>
+    <w:p w:rsidR="00DD3410" w:rsidRPr="007A683E" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D54B4" w:rsidRDefault="00123C05" w:rsidP="003D71F7">
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директоры </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  Г.Р. Кыстаубаева</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұйрықпен таныстым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...68 lines deleted...]
-    <w:p w:rsidR="002D54B4" w:rsidRDefault="002D54B4" w:rsidP="003D71F7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г.К. Капбасова</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...24 lines deleted...]
-    <w:p w:rsidR="002D54B4" w:rsidRDefault="002D54B4" w:rsidP="003D71F7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.К.Жексенова </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Капбасова Г.К.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002D54B4" w:rsidRDefault="002D54B4" w:rsidP="003D71F7">
+        <w:t xml:space="preserve">А.Т. Абылкаева </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жексенова Д.К.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002D54B4" w:rsidRDefault="002D54B4" w:rsidP="003D71F7">
+        <w:t xml:space="preserve"> Ж.Н.Абдуалиева </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Абылкаева А.Т.</w:t>
-[...4 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:t xml:space="preserve"> Ж.Т.Айткалина</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A4A91" w:rsidRPr="00DD3410" w:rsidRDefault="00DD3410" w:rsidP="00DD3410">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...68 lines deleted...]
-    <w:sectPr w:rsidR="00A179C3" w:rsidRPr="00A179C3" w:rsidSect="00152A74">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.А.Куямбаева </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009A4A91" w:rsidRPr="00DD3410" w:rsidSect="00DD3410">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...6 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="00000001"/>
-[...120 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...203 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...37 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DE72BF"/>
-[...52 lines deleted...]
-    <w:rsid w:val="00F7762C"/>
+    <w:rsidRoot w:val="00DD3410"/>
+    <w:rsid w:val="009A4A91"/>
+    <w:rsid w:val="00DD3410"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
@@ -2269,333 +1420,175 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F47CB4"/>
+    <w:rsid w:val="00DD3410"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...37 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...113 lines deleted...]
-    <w:name w:val="Сетка таблицы1"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Сетка таблицы2"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a3"/>
-    <w:rsid w:val="00950159"/>
+    <w:rsid w:val="00DD3410"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="2">
-    <w:name w:val="Сетка таблицы2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="a3"/>
-    <w:rsid w:val="00950159"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00DD3410"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
@@ -2670,316 +1663,143 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F47CB4"/>
+    <w:rsid w:val="00DD3410"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...37 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...113 lines deleted...]
-    <w:name w:val="Сетка таблицы1"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Сетка таблицы2"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a3"/>
-    <w:rsid w:val="00950159"/>
+    <w:rsid w:val="00DD3410"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="2">
-    <w:name w:val="Сетка таблицы2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="a3"/>
-    <w:rsid w:val="00950159"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00DD3410"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3223,87 +2043,55 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>234</Words>
-  <Characters>1337</Characters>
+  <Words>228</Words>
+  <Characters>1301</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Computer</Company>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1568</CharactersWithSpaces>
+  <CharactersWithSpaces>1526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>User</dc:creator>
+  <dc:creator>МУХИНА ЛАРИСА АЛЕКСАНДРОВНА</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>