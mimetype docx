--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -1,7226 +1,9854 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Информационно-правовая система нормативных правовых актов Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="006F4ED4">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Қазақстан Республикасы нормативтік құқықтық актілерінің ақпараттық-құқықтық жүйесі</w:t>
+          <w:t xml:space="preserve">Республиканский центр </w:t>
         </w:r>
-      </w:hyperlink>
-[...21 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:br/>
-          <w:t>ақпарат орталығы</w:t>
+          <w:t>правовой информации</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="006F4ED4">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+          <w:t xml:space="preserve">Министерство юстиции </w:t>
         </w:r>
-        <w:r w:rsidRPr="006F4ED4">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:br/>
-          <w:t>Әділет министрлігі</w:t>
+          <w:t>Республики Казахстан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін оларды аттестаттаудан өткізуге құжаттарды қабылдау бойынша мемлекеттік көрсетілетін қызмет стандарттарын бекіту туралы</w:t>
-[...38 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+        <w:t xml:space="preserve">Об утверждении стандартов государственных услуг по приему документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 9 ноября 2015 года № 632. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 декабря 2015 года № 12449.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>10-бабының</w:t>
+          <w:t>статьи 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
-[...38 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. Утвердить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>1-қосымшаға</w:t>
+          <w:t>стандарт</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...26 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Прием документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования" согласно приложению 1 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z52" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>2-қосымшаға</w:t>
+          <w:t>стандарт</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...113 lines deleted...]
-        <w:t>      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Прием документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогическим работникам и приравненным к ним лицам республиканских подведомственных организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования согласно приложению 2 к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Департаменту дошкольного и среднего образования, информационных технологий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Жонтаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.) в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) направление на официальное опубликование копии настоящего приказа в периодических печатных изданиях и информационно-правовой системе "Әділет" в течение десяти календарных дней после его государственной регистрации в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) размещение настоящего приказа на официальном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Контроль за исполнением настоящего приказа возложить на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имангалиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9000" w:type="dxa"/>
+        <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5830"/>
-        <w:gridCol w:w="3170"/>
+        <w:gridCol w:w="6062"/>
+        <w:gridCol w:w="3163"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3225" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...16 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Саринжипов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
-[...89 lines deleted...]
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "СОГЛАСОВАН" </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Министр национальной экономики </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      _________________ Е. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Досаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      20 ноября 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="z11"/>
+            <w:bookmarkStart w:id="0" w:name="z2"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="006F4ED4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Білім және ғылым министрінің</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2015 жылғы 9 қарашадағы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 632 бұйрығына</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>1-қосымша</w:t>
+              <w:t>от 9 ноября 2015 года № 632</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">"Прием документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 11.01.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...8 lines deleted...]
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1-тарау. Жалпы ережелер</w:t>
-[...110 lines deleted...]
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Государственная услуга "Прием документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами областей, городов Астаны и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, районов и городов областного значения, организациями дошкольного, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Прием документов и выдача результата для оказания государственной услуги осуществляется через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
-[...165 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в Государственную корпорацию по месту нахождения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 (три) рабочих дня, не по месту нахождения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 7 (семь) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает доставку результата государственной услуги в Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 20 (двадцать) минут, в Государственную корпорацию – 20 (двадцать) минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 20 (двадцать) минут, в Государственной корпорации – 20 (двадцать) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Результатом оказываемой государственной услуги является выдача расписки о приеме заявления для прохождения аттестации на присвоение (подтверждение) квалификационной категории педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования в произвольной форме, либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z139" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>10-тармағында</w:t>
+          <w:t>пунктом 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...206 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - с понедельника по пятницу с 9.00 до 18.30 часов, перерыв на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, в соответствии с трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) Государственной корпорации – с понедельника по субботу включительно, в соответствии с установленным графиком работы с 9.00 часов до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием осуществляется в порядке "электронной" очереди, по выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала "электронного правительства" (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Перечень необходимых документов для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z163" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>1-қосымшаға</w:t>
+          <w:t>приложению 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...116 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) копия диплома об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) копия документа о повышении квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) копия документа, подтверждающего трудовую деятельность работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) копия удостоверения о ранее присвоенной квалификационной категории (кроме педагогических работников, перешедших из организаций высшего образования и не имеющих квалификационных категорий);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) сведения о профессиональных достижениях (при их наличии) в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z198" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>қағидалары мен шарттарына</w:t>
+          <w:t>Правилами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...44 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и условиями проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного, начального, основного среднего, общего среднего, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, и иных гражданских служащих в сфере образования и науки , утвержденными приказом Министра образования и науки Республики Казахстан от 27 января 2016 года № 83 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13317).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z163" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>1-қосымшаға</w:t>
+          <w:t>приложению 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...116 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) копия диплома об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) копия документа о повышении квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) копия документа, подтверждающего трудовую деятельность работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) копия удостоверения о ранее присвоенной квалификационной категории (кроме педагогических работников, перешедших из организаций высшего образования и не имеющих квалификационных категорий);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) сведения о профессиональных достижениях (при их наличии) в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z198" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>бұйрығымен</w:t>
+          <w:t>Правилами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и условиями проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного, начального, основного среднего, общего среднего, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, и иных гражданских служащих в сфере образования и науки , утвержденные приказом Министра образования и науки Республики Казахстан от 27 января 2016 года № 83 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13317).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работник Государственной корпорации получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов, при предъявлении документа удостоверяющий личность (либо его представителя по нотариально удостоверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае отсутствия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечению срока, предусмотренного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>қағидалары мен шарттарына</w:t>
+          <w:t>пункте 4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...63 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>4-тармағында</w:t>
+          <w:t>Правилам</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности Государственной корпорации "Правительство для граждан", утвержденными приказом Министра по инвестициям и развитию Республики Казахстан от 22 января 2016 года № 52 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13248), Государственная корпорация обеспечивает хранение договора залога в течение одного месяца, после чего передает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечении одного месяца, по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) несоответствия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) представленных материалов, данных и сведений, необходимых для оказания государственной услуги, требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z117" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>қағидаларына</w:t>
+          <w:t>пунктом 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...98 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги, и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдает расписку об отказе в приеме документов в произвольной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае представления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов, согласно перечню, предусмотренному </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z117" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>9-тармағында</w:t>
+          <w:t>пунктом 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...26 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги, работник Государственной корпорации отказывает в приеме заявления и выдает расписку по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z50" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>9-тармағында</w:t>
+          <w:t>приложению 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Государственной корпорации "Правительство для граждан" и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Для обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресам, указанным в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>2-қосымшаға</w:t>
+          <w:t>пункте 14</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...8 lines deleted...]
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги, либо на имя руководителя Министерства по адресу: 010000, город Астана, проспект Мәңгілік Ел, 8.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба подается в письменной форме по почте, посредством портала либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе) в Государственной корпорации, в канцелярии Министерства, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении через Государственную корпорацию информацию о порядке обжалования можно получить по телефону Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Государственную корпорацию, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. В случае несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша "Азаматтарға арналған үкімет" мемлекеттік корпорациясы және (немесе) оның қызметкерлерінің шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...330 lines deleted...]
-        <w:t>      17. Мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефоны Министрліктің интернет-ресурсында: www.edu.gov.kz орналасқан.</w:t>
+        <w:t>Правила 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой через Государственную корпорацию "Правительство для граждан"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, имеющим нарушение здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контакт-центр 1414; 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      14. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственной корпорации: www.gov4c.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала при условии наличия ЭЦП, а также Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: 1414, 8 800 080 77777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z114"/>
+            <w:bookmarkStart w:id="1" w:name="z163"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="006F4ED4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>оқыту, бастауыш, негізгі орта,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>жалпы орта, техникалық және</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>услуги "Прием документов для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>кәсіптік, орта білімнен кейінгі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>прохождения аттестации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>білімнің білім беру</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>на присвоение (подтверждение)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>бағдарламаларын іске асыратын</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>квалификационных категорий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>білім беру ұйымдарының</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>педагогическим работникам и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>приравненным к ним лицам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>оларға теңестірілген</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>организаций образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>тұлғалардың біліктілік</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>реализующих программы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>санаттарын беру (растау) үшін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>дошкольного воспитания и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>аттестаттаудан өткізуге</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>обучения, начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>құжаттар қабылдау"</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>мемлекеттік көрсетілетін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>среднего, технического и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызмет стандартына</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>1-қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>нысан</w:t>
+            <w:bookmarkStart w:id="2" w:name="z164"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
-[...107 lines deleted...]
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      наименование аттестационной комиссии по подтверждению/присвоению категорий)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  (фамилия, имя и отчество (при его наличии)педагога)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                              (должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
-[...130 lines deleted...]
-        <w:t>Өзім туралы келесі мәліметті хабарлаймын: Білімі:</w:t>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Прошу аттестовать меня в 20 __ году на _______ квалификационную категорию по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>должности ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      В настоящее время имею _____ категорию, действительную до ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Основанием считаю следующие результаты работы _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Образование:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3146"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4397"/>
+        <w:gridCol w:w="4010"/>
+        <w:gridCol w:w="2035"/>
+        <w:gridCol w:w="3180"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>Оқу кезеңі</w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>Диплом бойынша мамандық</w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
-[...19 lines deleted...]
-        <w:t>Жұмыс өтілі:</w:t>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Стаж работы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1004"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3458"/>
+        <w:gridCol w:w="917"/>
+        <w:gridCol w:w="2185"/>
+        <w:gridCol w:w="1943"/>
+        <w:gridCol w:w="4180"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>Жалпы</w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Мамандық бойынша </w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По специальности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>Педагогикалық</w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Осы білім беру ұйымында </w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В данной организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
-[...86 lines deleted...]
-        <w:t>      (Қолы)</w:t>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Награды, звания, ученая степень, ученое звание с указанием года получения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(присвоения) ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      С Правилами проведения аттестации ознакомлен (а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"____"_________________20____ года ______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                    (Подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z115"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+            <w:bookmarkStart w:id="3" w:name="z166"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>оқыту, бастауыш, негізгі орта,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>жалпы орта, техникалық және</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>услуги "Прием документов для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>кәсіптік, орта білімнен кейінгі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>прохождения аттестации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>білімнің білім беру</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>на присвоение (подтверждение)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>бағдарламаларын іске асыратын</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>квалификационных категорий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>білім беру ұйымдарының</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>педагогическим работникам и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>педагог қызметкерлері мен</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>приравненным к ним лицам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>оларға теңестірілген</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>организаций образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>тұлғалардың біліктілік</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>реализующих программы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>санаттарын беру (растау) үшін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>дошкольного воспитания и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>аттестаттаудан өткізуге</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>обучения, начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>құжаттар қабылдау"</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>мемлекеттік көрсетілетін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>среднего, технического и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызмет стандартына</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2-қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>нысан</w:t>
+            <w:bookmarkStart w:id="4" w:name="z167"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. И. О. (при его наличии),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>(болған жағдайда) (бұдан әрі - Т.А.ӘА.),</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>немесе қызмет алушының ұйымының атауы)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>_______________________</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>_______________________</w:t>
+              <w:t xml:space="preserve">(адрес </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Құжаттарды қабылдаудан бас тарту туралы Қолхат</w:t>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+        <w:t>Расписка об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Руководствуясь </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z45" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>20-бабының</w:t>
+          <w:t>пунктом 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...162 lines deleted...]
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", отдел №__ филиала Государственной корпорации "Правительство для граждан"_______________________ (указать адрес) отказывает в приеме документов на оказание государственной услуги (указать наименование государственной услуги в соответствии со стандартом государственной услуги) ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) _______________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) _______________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) _______________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Ф. И. О. (при его наличии) (работника Государственной корпорации) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Исполнитель: Ф. И. О. (при его наличии) _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>      Телефон __________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> 2-тармағы басшылыққа алынды</w:t>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Получил: Ф. И. О. (при его наличии)/подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "___" _________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Руководствуясь пунктом 2 статьи 20</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="z90"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+            <w:bookmarkStart w:id="5" w:name="z50"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Білім және ғылым министрінің</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2015 жылғы 9 қарашадағы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 632 бұйрығына</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2-қосымша</w:t>
+              <w:t>от 9 ноября 2015 года № 632</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">"Прием документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогическим работникам и приравненным к ним лицам республиканских подведомственных организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 11.01.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...8 lines deleted...]
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1-тарау. Жалпы ережелер</w:t>
-[...110 lines deleted...]
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Государственная услуга "Прием документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогическим работникам и приравненным к ним лицам республиканских подведомственных организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается Министерством и республиканскими подведомственными организациями образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Прием документов и выдача результата для оказания государственной услуги осуществляется через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) Канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
-[...381 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в Государственную корпорацию по месту нахождения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 (три) рабочих дня, не по месту нахождения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 7 (семь) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает доставку результата государственной услуги в Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 20 (двадцать) минут, в Государственную корпорацию – 20 (двадцать) минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 20 (двадцать) минут, в Государственной корпорации – 20 (двадцать) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Результатом оказываемой государственной услуги является выдача расписки о приеме заявления для прохождения аттестации на присвоение (подтверждение) квалификационной категории педагогическим работникам и приравненным к ним лицам республиканских подведомственных организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования в произвольной форме, либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z215" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>1-қосымшаға</w:t>
+          <w:t>пунктом 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...116 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - с понедельника по пятницу с 9.00 до 18.30 часов, перерыв на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, в соответствии с трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) Государственной корпорации – с понедельника по субботу включительно, в соответствии с установленным графиком работы с 9.00 часов до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием осуществляется в порядке "электронной" очереди, по выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала "электронного правительства" (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Перечень необходимых документов для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z239" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>қағидалары мен шарттарына</w:t>
+          <w:t>приложению 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...44 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) копия диплома об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) копия документа о повышении квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) копия документа, подтверждающего трудовую деятельность работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) копия удостоверения о ранее присвоенной квалификационной категории (кроме педагогических работников, перешедших из организаций высшего образования и не имеющих квалификационных категорий);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) сведения о профессиональных достижениях (при их наличии) в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z198" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>қосымшаға</w:t>
+          <w:t>Правилами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...116 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и условиями проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного, начального, основного среднего, общего среднего, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, и иных гражданских служащих в сфере образования и науки, утвержденными приказом Министра образования и науки Республики Казахстан от 27 января 2016 года № 83 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>под№</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13317).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) заявление на аттестацию согласно приложению к настоящему Стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) копия диплома об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) копия документа о повышении квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) копия документа, подтверждающего трудовую деятельность работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) копия удостоверения о ранее присвоенной квалификационной категории (кроме педагогических работников, перешедших из организаций высшего образования и не имеющих квалификационных категорий);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) сведения о профессиональных достижениях (при их наличии) в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z198" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>қағидалары мен шарттарына</w:t>
+          <w:t>Правилами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...62 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и условиями проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного, начального, основного среднего, общего среднего, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, и иных гражданских служащих в сфере образования и науки , утвержденными приказом Министра образования и науки Республики Казахстан от 27 января 2016 года № 83 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13317).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работник Государственной корпорации получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов, при предъявлении документа удостоверяющий личность (либо его представителя по нотариально удостоверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае отсутствия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечению срока, предусмотренного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z176" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>қағидаларына</w:t>
+          <w:t>пункте 4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...98 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>2-қосымшаға</w:t>
+          <w:t>Правилам</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...8 lines deleted...]
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности Государственной корпорации "Правительство для граждан", утвержденными приказом Министра по инвестициям и развитию Республики Казахстан от 22 января 2016 года № 52 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13248), Государственная корпорация обеспечивает хранение договора залога в течение одного месяца, после чего передает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечении одного месяца, по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) несоответствия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) представленных материалов, данных и сведений, необходимых для оказания государственной услуги, требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z193" w:history="1">
+        <w:r w:rsidRPr="008F288E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>пунктом 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги, и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдает расписку об отказе в приеме документов в произвольной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае представления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов, согласно перечню, предусмотренному </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z193" w:history="1">
+        <w:r w:rsidRPr="008F288E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>пунктом 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги, работник Государственной корпорации отказывает в приеме заявления и выдает расписку по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z242" w:history="1">
+        <w:r w:rsidRPr="008F288E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша "Азаматтарға арналған үкімет" мемлекеттік корпорациясы және (немесе) оның қызметкерлерінің шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...168 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4-тарау. Мемлекеттік қызмет көрсетудің, оның ішінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы көрсетілетін қызмет ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
-[...125 lines deleted...]
-        <w:t>      17. Мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефоны Министрліктің интернет-ресурсында: www.edu.gov.kz орналасқан.</w:t>
+        <w:t>, Государственной корпорации "Правительство для граждан" и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Для обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресам, указанным в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z233" w:history="1">
+        <w:r w:rsidRPr="008F288E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>пункте 14</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>стандарта государственной услуги, либо на имя руководителя Министерства по адресу: 010000, город Астана, проспект Мәңгілік Ел, 8.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба подается в письменной форме по почте, посредством портала либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе) в Государственной корпорации, в канцелярии Министерства, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении через Государственную корпорацию информацию о порядке обжалования можно получить по телефону Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Государственную корпорацию, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. В случае несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой через Государственную корпорацию "Правительство для граждан"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, имеющим нарушение здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контакт-центр 1414; 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      14. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственной корпорации: www.gov4c.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала при условии наличия ЭЦП, а также Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: 1414, 8 800 080 77777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="z141"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+            <w:bookmarkStart w:id="6" w:name="z239"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>оқыту, бастауыш, негізгі орта,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>жалпы орта, техникалық және</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>услуги "Прием документов для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>кәсіптік, орта білімнен кейінгі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>прохождения аттестации на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>білімнің білім беру</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>присвоение (подтверждение)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>бағдарламаларын іске асыратын</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>квалификационных категорий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>республикалық ведомстволық</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>педагогическим работникам и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>бағынысты білім беру</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>приравненным к ним лицам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>ұйымдарының педагог</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>республиканских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызметкерлері мен оларға</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>подведомственных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>теңестірілген тұлғалардың</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>организаций образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>біліктілік санаттарын беру</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>реализующих программы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>(растау) үшін аттестаттаудан</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>дошкольного воспитания и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>өткізуге құжаттар қабылдау"</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>обучения, начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>мемлекеттік көрсетілетін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызмет стандартына</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>среднего, технического</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>1-қосысша</w:t>
+              <w:t>и профессионального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>нысан</w:t>
+            <w:bookmarkStart w:id="7" w:name="z240"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
-[...107 lines deleted...]
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      наименование аттестационной комиссии по подтверждению/присвоению категорий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                        (фамилия, имя и отчество педагога (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                    (должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
-[...130 lines deleted...]
-        <w:t>Өзім туралы келесі мәліметті хабарлаймын: Білімі:</w:t>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Прошу аттестовать меня в 20____ году на _______ квалификационную категорию по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>должности ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      В настоящее время имею _________ категорию, действительную до ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Основанием считаю следующие результаты работы _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Образование:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3146"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4397"/>
+        <w:gridCol w:w="4010"/>
+        <w:gridCol w:w="2035"/>
+        <w:gridCol w:w="3180"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>Оқу кезеңі</w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>Диплом бойынша мамандық</w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
-[...19 lines deleted...]
-        <w:t>Жұмыс өтілі:</w:t>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Стаж работы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1004"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3458"/>
+        <w:gridCol w:w="917"/>
+        <w:gridCol w:w="2185"/>
+        <w:gridCol w:w="1943"/>
+        <w:gridCol w:w="4180"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>Жалпы</w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Мамандық бойынша </w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По специальности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>Педагогикалық</w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Осы білім беру ұйымында </w:t>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В данной организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
-[...87 lines deleted...]
-        <w:t>      (Қолы)</w:t>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Награды, звания, ученая степень, ученое звание с указанием года получения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(присвоения) ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      С Правилами проведения аттестации ознакомлен (а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"____"_________________20____ года _______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                    (Подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="z142"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+            <w:bookmarkStart w:id="8" w:name="z242"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>оқыту, бастауыш, негізгі орта,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>жалпы орта, техникалық және</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>услуги "Прием документов для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>кәсіптік, орта білімнен кейінгі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>прохождения аттестации на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>білімнің білім беру</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>присвоение (подтверждение)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>бағдарламаларын іске асыратын</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>квалификационных категорий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>республикалық ведомстволық</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>педагогическим работникам и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>бағынысты білім беру</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>приравненным к ним лицам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>ұйымдарының педагог</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>республиканских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызметкерлері мен оларға</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>подведомственных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>теңестірілген тұлғалардың</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>организаций образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>біліктілік санаттарын беру</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>реализующих программы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>(растау) үшін аттестаттаудан</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>дошкольного воспитания и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>өткізуге құжаттар қабылдау"</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>обучения, начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>мемлекеттік көрсетілетін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызмет стандартына</w:t>
+              <w:t>среднего, технического</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>и профессионального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...5 lines deleted...]
-              <w:t>нысан</w:t>
+            <w:bookmarkStart w:id="9" w:name="z243"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidTr="006F4ED4">
+      <w:tr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidTr="008F288E">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+          <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4ED4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. И. О. (при его наличии),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>(болған жағдайда) (бұдан әрі - Т.А.ӘА.),</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>немесе қызмет алушының ұйымының атауы)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>_______________________</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4ED4">
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F288E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>_______________________</w:t>
+              <w:t xml:space="preserve">(адрес </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F288E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Құжаттарды қабылдаудан бас тарту туралы Қолхат</w:t>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="006F4ED4">
+        <w:t>Расписка об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Руководствуясь </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z45" w:history="1">
+        <w:r w:rsidRPr="008F288E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>20-бабының</w:t>
+          <w:t>пунктом 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006F4ED4">
-[...161 lines deleted...]
-      <w:r w:rsidRPr="006F4ED4">
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", отдел №__ филиала Государственной корпорации "Правительство для граждан"_____________________(указать адрес) отказывает в приеме документов на оказание государственной услуги (указать наименование государственной услуги в соответствии со стандартом государственной услуги) ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) ________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Ф. И. О. (при его наличии) (работника Государственной корпорации) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Исполнитель: Ф. И. О. (при его наличии) _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>      Телефон __________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidRDefault="006F4ED4" w:rsidP="006F4ED4">
-[...101 lines deleted...]
-    <w:sectPr w:rsidR="006F4ED4" w:rsidRPr="006F4ED4" w:rsidSect="006F4ED4">
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Получил: Ф. И. О. (при его наличии)/подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "___" _________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidRDefault="008F288E" w:rsidP="008F288E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F288E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Руководствуясь пунктом 2 статьи 20</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="008F288E" w:rsidRPr="008F288E" w:rsidSect="008F288E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -7243,53 +9871,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="048F7FD0"/>
+    <w:nsid w:val="088E6C45"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8594DECC"/>
+    <w:tmpl w:val="D6AC3A3A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -7392,53 +10020,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="04D50AC3"/>
+    <w:nsid w:val="2621045E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2C949140"/>
+    <w:tmpl w:val="4EF4418E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -7541,53 +10169,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="21020874"/>
+    <w:nsid w:val="36354BEF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E4CC05F4"/>
+    <w:tmpl w:val="BDC4ABF2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -7690,53 +10318,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="2B7854D4"/>
+    <w:nsid w:val="39A05C9C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="31D63A62"/>
+    <w:tmpl w:val="314CAECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -7839,53 +10467,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="366034AD"/>
+    <w:nsid w:val="4A1A03FE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="27822BFC"/>
+    <w:tmpl w:val="C63A468A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -7988,53 +10616,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="3C554A3D"/>
+    <w:nsid w:val="4CA76E07"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A52E6658"/>
+    <w:tmpl w:val="9C8E8C86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -8137,53 +10765,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="5DF55298"/>
+    <w:nsid w:val="63B433D1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A48054DC"/>
+    <w:tmpl w:val="272C49E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -8286,53 +10914,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="68BC3439"/>
+    <w:nsid w:val="7E0B3E59"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="501C9D04"/>
+    <w:tmpl w:val="276E23DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -8435,89 +11063,90 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006F4ED4"/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsidRoot w:val="008F288E"/>
+    <w:rsid w:val="008F288E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -8667,694 +11296,677 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...11 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="icon">
-[...3 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006F4ED4"/>
+    <w:rsid w:val="008F288E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="122890507">
+    <w:div w:id="74670558">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1285388973">
+        <w:div w:id="26613719">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1084106958">
+            <w:div w:id="201554645">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1582131155">
+                <w:div w:id="261692268">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1333876908">
+                    <w:div w:id="1513301909">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="2014601171">
+            <w:div w:id="2004158286">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="963343293">
+            <w:div w:id="1973973076">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1362588021">
+                <w:div w:id="511069079">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1404327822">
+                    <w:div w:id="861095494">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="641467543">
+                    <w:div w:id="1142431470">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1732117388">
+                        <w:div w:id="388841992">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1877236697">
+                    <w:div w:id="1764914905">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="482432149">
+                        <w:div w:id="498692977">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="43795029">
+                    <w:div w:id="2125810721">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1472016801">
+                        <w:div w:id="224265570">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="1026448683">
+                            <w:div w:id="1631283881">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="352416257">
+                                <w:div w:id="1955165722">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                   <w:divsChild>
-                                    <w:div w:id="714430034">
+                                    <w:div w:id="45643730">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
-                                    <w:div w:id="478960794">
+                                    <w:div w:id="1704135297">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                       <w:divsChild>
-                                        <w:div w:id="431821168">
+                                        <w:div w:id="1468549620">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="0"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
-                                        <w:div w:id="132412101">
+                                        <w:div w:id="681207884">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="0"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2000187517">
+        <w:div w:id="1819494949">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1800685180">
+            <w:div w:id="253980929">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1896743445">
+                <w:div w:id="1930691911">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1602908277">
+                    <w:div w:id="743180735">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1331450709">
+            <w:div w:id="285548744">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="843591508">
+                <w:div w:id="317929478">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="607202765">
+                    <w:div w:id="968366703">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="130290794">
+                    <w:div w:id="644579017">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1629703237">
+                <w:div w:id="1087771446">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1687252488">
+                <w:div w:id="1519736004">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="377434252">
+            <w:div w:id="423766105">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600012449" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1800016727" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600012449" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.adilet.gov.kz/kk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013317" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013317" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600012449" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600012449" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rkao.kz/kk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1800016727" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600012449" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013317" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013248" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013248" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013317" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013317" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013317" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013317" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013248" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013248" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.adilet.gov.kz/ru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rkao.kz/ru" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013317" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1800016727" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1800016727" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013317" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9601,54 +12213,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>5741</Words>
-  <Characters>32724</Characters>
+  <Words>5808</Words>
+  <Characters>33106</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>272</Lines>
-  <Paragraphs>76</Paragraphs>
+  <Lines>275</Lines>
+  <Paragraphs>77</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38389</CharactersWithSpaces>
+  <CharactersWithSpaces>38837</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>