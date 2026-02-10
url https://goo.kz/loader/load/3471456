--- v0 (2025-12-06)
+++ v1 (2026-02-10)
@@ -1,35880 +1,44451 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...9 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:p w14:paraId="1b5fd22" w14:textId="1b5fd22">
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w15:collapsed w:val="false"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2057400" cy="571500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId3"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2057400" cy="571500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 17 тамыздағы № 615 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 13 қазанда № 15893 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       "Халық денсаулығы және денсаулық сақтау жүйесі туралы" 2009 жылғы 18 қыркүйектегі Қазақстан Республикасы Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>144-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тармағына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка"</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>Приказ Министра здравоохранения Республики Казахстан от 17 августа 2017 года № 615. Зарегистрирован в Министерстве юстиции Республики Казахстан 13 октября 2017 года № 15893.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...43 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. "Балаларды мектепке дейінгі тәрбиелеу мен оқыту объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 17 наурыздағы № 217 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10975 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 20 мамырда жарияланған) күші жойылды деп танылсын. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка". </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 17 марта 2015 года № 217 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к объектам дошкольного воспитания и обучения детей" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10975, опубликованный в информационно-правовой системе "Әділет" 20 мая 2015года).</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      3. Комитету охраны общественного здоровья Министерства здравоохранения Республики Казахстан обеспечить в установленном законодательством порядке:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электрондық түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкіне қосу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықты Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалғаны туралы мәліметтерді Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      3) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...15 lines deleted...]
-        <w:t>представление в Департамент юридической службы Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9000" w:type="dxa"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5837"/>
-        <w:gridCol w:w="3163"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6000" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
-                <w:iCs/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
-                <w:iCs/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
-                <w:iCs/>
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Е. Біртанов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...49 lines deleted...]
-        <w:t>19 сентября 2017 года</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛГЕН"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...49 lines deleted...]
-        <w:t>21 сентября 2017 года</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...49 lines deleted...]
-        <w:t>26 сентября 2017 года</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім және ғылым министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________ Е. Сағадиев</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2017 жылғы 19 қыркүйек </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛГЕН"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялар және даму министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________ Ж. Қасымбек</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2017 жылғы 21 қыркүйек</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛГЕН"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық экономика министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________ Т. Сүлейменов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2017 жылғы 26 қыркүйек</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...20 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>приказом Министра</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау министрінің</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>здравоохранения</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017 жылғы 17 тамыздағы</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
-[...8 lines deleted...]
-              <w:t>от 17 августа 2017 года № 615</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 615 бұйрығымен бекітілген </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидалары </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>Санитарные правила</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидалары (бұдан әрі – Санитариялық қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" 2009 жылғы 18 қыркүйектегі Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 7-1-бабы 1-тармағының 2) тармақшасына, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>144-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тармағына және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>145-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген және объектінің құрылысына жер учаскесін таңдауға, жобалауға, реконструкциялауға, пайдалануға, сумен жабдықтауға, су бұруға, жылумен жабдықтауға, жарықтандыруға, желдетуге, ауа баптауға, жөндеуге және күтіп-ұстауға, тәрбиелеу мен оқыту, тұру, тамақтану жағдайларына, өндірістік бақылауға, персоналдың еңбек және тұрмыстық қызмет көрсету жағдайларына, балаларды медициналық қамтамасыз етуге, меншік нысанына қарамастан балалар толық, толық емес, тәулік бойы болатын барлық түрдегі мектепке дейінгі ұйымдардағы (бұдан әрі – МДҰ) және сәбилер үйлеріндегі персоналды медициналық тексеріп-қарауға қойылатын санитариялық-эпидемиологиялық талаптарды белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Осы Санитариялық қағидалар мектепке дейінгі ұйымдарға және сәбилер үйлеріне (бұдан әрі – объектілер) қолданылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Объектілерде осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес зертханалық-құрал-саймандық зерттеулер жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы Санитариялық қағидаларда мынадай ұғымдар пайдаланылды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) арнайы мектепке дейінгі ұйымдар – мектепке дейінгі тәрбиелеу мен оқытудың мемлекеттік жалпы білім беру стандартына сәйкес мектепке дейінгі тәрбиелеу мен оқытудың жалпы білім беру оқу бағдарламаларының негізінде әзірленген арнайы білім беретін оқу бағдарламаларын іске асыратын ұйымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнайы санитариялық киім (бұдан әрі – арнайы киім) – шикізатты, қосымша материалдарды және дайын өнімді механикалық бөлшектермен, микроорганизмдермен ластанудан және басқа да ластанулардан қорғауға арналған персоналдың қорғаныш киімінің жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) балалардың ойын алаңы (бұдан әрі – ойын алаңы) – жабдықты және балалардың ойын алаңына арналған жабынды қамтитын балалардың ойынына арналған арнайы жабдықталған аумақ; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) балалардың ойын алаңдарына арналған жабдық – пайдаланушылар онымен немесе онда жеке немесе топпен өздерінің қалауы және қағидалары бойынша ойнау алатын балалардың ойын алаңында орнатылған жабдық; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) балалар толық емес уақыт болатын МДҰ – тамақтандыруды және ұйқыны ұйымдастырмай, төрт сағаттан аспайтын уақытқа балалар болатын МДҰ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) бракераж – органолептикалық көрсеткiштері бойынша тамақ өнiмдерiнiң және дайын тағамдардың сапасын бағалау; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) дене тәрбиесі – адамның денсаулығын нығайтуға және дене қабілеттерін дамытуға бағытталған қызмет саласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жас ерекшелігіне байланысты топтық үй-жайлар (топтық ұяшық) – объектінің бір жас тобындағы балаларына арналған үй-жайлар жиыны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) жеке медициналық кітапша – жұмысқа жіберілгені туралы белгісі бар міндетті медициналық тексеріп-қарау нәтижелері енгізілетін, халықтың декреттелген тобының өкіліне берілетін жеке құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) мектепке дейінгі тәрбиелеу мен оқыту – балалардың дене, тұлғалық, зияткерлік қасиеттерін дамыту, олардың әлеуметтік жетістігі мен бүкіл өмірінің бойында бәсекеге қабілеттілігін қамтамасыз ету үшін қажетті негізгі құзыреттілігін қалыптастыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) мектепке дейінгі тәрбиелеу мен оқыту ұйымдары – мектепке дейінгі жастағы балаларға арналған ерекше қызмет түрлерін есепке ала отырып, мектепке дейінгі тәрбиелеу мен оқытудың міндетті оқу бағдарламаларын іске асыратын, сондай-ақ Қазақстан Республикасының заңнамасында көзделген қосымша қызметтерді көрсететін мектепке дейінгі ұйымдар; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) оңтайлы микроклиматтық жағдайлар – балаларға ұзақ және жүйелі әсер ету кезінде термореттегіш тетіктерінің көмегінсіз организмнің қалыпты жылу жағдайын сақтауды қамтамасыз ететін микроклиматтың сандық көрсеткіштерінің үйлесімдігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) өндірістік бақылау – өндірілетін өнімнің, дара кәсіпкер немесе заңды тұлға орындайтын жұмыстар мен көрсетілетін қызметтердің адам және оның тіршілік ететін ортасы үшін қауіпсіздігін және (немесе) зиянсыздығын қамтамасыз етуге бағытталған іс-шаралар кешені, оның ішінде зертханалық зерттеулер мен сынақтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) санитариялық-аулалық қондырғылар (бұдан әрі – САҚ) – орталықтандырылған кәрізбен байланысы жоқ, объектінің аумағында орналасқан жер үстіндегі бөлігі мен қазылған шұңқыры бар дәретхана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) санитариялық қорғаныш аймағы – елді мекендегі арнайы мақсаттағы аймақтарды, сондай-ақ өнеркәсіптік ұйымдар мен басқа да өндірістік, коммуналдық және қойма объектілерін жақын жатқан селитебті аймақтардан, тұрғын-азаматтық мақсаттағы ғимараттар мен құрылыстардан оларға қолайсыз факторлардың әсерін әлсірету мақсатында бөлетін аумақ; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16) сәбилер үйі – туылғаннан бастап үш жасқа дейін жетім балаларға, ата-анасының қамқорлығынсыз қалған балаларға арналған денсаулық сақтау ұйымы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17) септик – тұрмыстық сарқынды судың аз мөлшерін тазалауға арналған құрылыс; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) технологиялық жабдық – өндіріс жұмысы үшін қажетті тетіктер, машиналар, құрылғылар, аспаптар жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19) технологиялық карта – тамақ өнімдерінің құрамы, тізбесі мен технологиялық операцияларды қамтитын өндіріс процесін сипаттау көрсетілген тамақ өнімінің атауы бар, тамақ өнімі негізделіп дайындалатын құжат; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) тиімді тамақтандыру – тамақтандырудың физиологиялық және жас ерекшелігі нормаларын ескере отырып, теңестірілген тамақтандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) топтық оқшаулау – топтарды әкімшілік-шаруашылық, тұрмыстық үй-жайлардан және бір-бірінен оқшаулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) топтардың толықтырылуы – топтағы балалардың нормаланған саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Объектілердің құрылысына жер учаскесін таңдауға, жобалауға, пайдалануға,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>реконструкциялауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Объектілердің құрылысына жер учаскесі көлік магистралдарынан алыс қашықтықта бөлінеді және жер үстіндегі суларды бұруды қамтамасыз ететін еңістері бар тегіс беті болады, тұрғын шағын аудандардың аумақтарында, санитариялық-қорғаныш аймақтарынан тыс орналасады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Көп пәтерлі тұрғын үйлерде, ішіне-жапсарлас салынған үй-жайларда орналастырылатын, балалар толық емес уақыт болатын МДҰ үшін жеке жер учаскесі көзделмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Объектілердің құрылысына жер учаскесін таңдау кезінде алаң "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" 2001 жылғы 16 шілдедегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23-16) тармақшасына сәйкес сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер (бұдан әрі – сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер) талаптарымен айқындалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Жобалау кезінде объектілердің аумағында балалардың әрбір жас топтары үшін жеке ойын алаңдары көзделеді. МДҰ алаңдарының көлемдері балалардың санына қарай бір орынға кемінде 4 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Әрбір топтық алаңда күн мен жауын-шашыннан қорғау үшін үш жағынан қоршалған кемінде 20 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көлеңке қалқа көзделеді. Көлеңке қалқалардың едені ағаштан болуы көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Объектілерді жобалау және реконструкциялау кезінде үй-жайлардың жиыны мен алаңы сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер талаптарына сәйкес жобалауға арналған тапсырмамен айқындалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Объектілерді жобалау кезінде ғимаратта және учаскеде әкімшілік-шаруашылық, тұрмыстық үй-жайлардан және бір-бірінен топтық оқшаулау қағидаты сақталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Объектілерді жобалау кезінде негізгі және қосалқы үй-жайлар көзделеді: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - жас ерекшелігіне байланысты топтық үй-жайлар – оқшауланған автономды үй-жайлар; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мамандандырылған үй-жайлар (музыка, спорт залдары) балалармен сабақ өткізу үшін, барлық немесе бірнеше жас топтарының кезекпен пайдалануына арналған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - ілеспе үй-жайлар (медициналық, ас блогы, кір жуатын орын) және персоналға арналған қызметтік-тұрмыстық үй-жайлар. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Жобалау кезінде МДҰ-ның жас ерекшелігіне байланысты топтық үй-жайларының құрамына киім шешетін бөлме, ойын, жатын бөлмесі, буфет-тарату орны, дәретхана кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      МДҰ-ның жас ерекшелігіне байланысты топтық үй-жайлары және олардың аудандары осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. МДҰ-ны жобалау кезінде сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер талаптарына сәйкес жатын бөлмені ойын бөлмесімен біріктіруге жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мектепке дейінгі шағын орталықтарда жалпы киім шешетін орынды орнатуға жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Объектілер ғимараттарының бірінші қабатында медициналық үй-жайлар және изолятор көзделеді. Изолятордың өтпелі болмауы көзделеді, олардың арасында 1,2 м биіктікте әйнектелген қалқа құрылғысын орнату арқылы медициналық кабинетпен көрші орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Ғимараттардың жертөле және цоколдық қабаттарында балалар болатын үй-жайларды және медициналық мақсаттағы үй-жайларды орналастырмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Пайдалану режимі шумен қоса жүретін және балаларды алаңдатуы, педагогикалық, медициналық, әкімшілік персоналдың жұмысына кедергі келтіруі немесе бұзуы мүмкін үй-жайларды (сорғы қондырғысы бар бойлерлер, өндірістік үй-жайлар, жөндеу шеберханалары, сорғы бөлімшесі бар салқындатқыш камералар, желдеткіш камералары, компрессорлық) жатын бөлмелеріне, топтық үй-жайларында, медициналық кабинеттерге көрші, олардың астында немесе үстінде орналастырмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Жеке гигиена бөлмелерін, персоналға арналған санитариялық тораптарды әкімшілік үй-жайлар аймағында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Үй-жайларды әрлеу үшін олардың сапасы мен қауіпсіздігін растайтын құжаттары бар құрылыс материалдарын пайдаланады. Рекреацияларда, холлдарда, акт залдарында, әкімшілік үй-жайларда әртүрлі конструкциялық аспалы төбелер қолданылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Қалыпты режимде жұмыс істейтін үй-жайлардағы қабырғалардың, жабдықтың беті ылғалды тәсілмен жинауға жол беретіндей тегіс, күңгірт болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ылғалды режимде жұмыс істейтін үй-жайлардың (медициналық мақсаттағы, ас блогы, санитариялық тораптар, кір жуу, жуыну орындар) қабырғаларын кемінде 1,5 м биіктікте, себезгі бөлмелерінде кемінде 1,8 м биіктікте тақтаймен немесе жуу және дезинфекциялау құралдарын қолдана отырып, ылғалды тәсілмен жинауға жол беретін басқа да материалдармен қаптайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       21. Үй-жайлардағы еден ағаш тақтаймен немесе паркетпен жабылады. Едендердің бетіне ылғалды тәсілмен өңдеуге және дезинфекциялауға жол беретін синтетикалық полимерлі материалдар, жылы линолеум төсеуге жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Барлық үй-жайлардағы еденнің беті тегіс, саңылаусыз, ақаусыз және механикалық зақымданбаған болуы тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Спорт залдың едені ағаштан немесе арнайы жабыны болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Жылыту жүйесінің радиаторлары терезе астындағы қуыстарда орналастырылады және тормен жабылады, терезелерде және жарықтандыру құралдарында қоршау құрылғылары көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. МДҰ-ны жеке тұрған ғимаратта, жеке үй иеліктерінде, көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында, сондай-ақ ішіне-жапсарлас салынған үй-жайларда пайдалануға жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. МДҰ-ны көп пәтерлі тұрғын үйдің бірінші қабатында тұрғын үй-жайлар болмаған жағдайда оның екінші қабатына орналастыруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналасқан МДҰ-ның тұрғын үйдің кіреберісімен біріктірілмеген жеке кіретін есігі болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. МДҰ-ны көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналастыру кезінде тұрғындардың тіршілік әрекетінің санитариялық-гигиеналық жағдайларының нашарлауына жол берілмейді (шу, тамақ иісі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Авариялық ғимараттарда және үй-жайлардағы объектілерді пайдалануға жол берілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Объектілерді пайдалану кезінде аумағында бұзылмаған қоршауы болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. Объектілердің аумағына олардың функционалдық жағынан олармен байланысы жоқ объектілерді орналастырмайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Объектінің учаскесіне кiру жолдары, көлiкпен өту жолдары, шаруашылық құрылыстарға, қоқыс жинағыштарға арналған алаңдарға, санитариялық-аулалық қондырғыларға өтетiн жолдар асфальтпен, бетонмен немесе тазалауға қолжетімді басқа да қатты жабынмен жабылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      30. Объектілерді реконструкциялау кезінде осы Санитариялық қағидалардың 6-29-тармағы аралығында көзделген талаптар сақталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>"Санитарно-эпидемиологические требования</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Объектілерді сумен жабдықтауға, су бұруға, жылумен жабдықтауға,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жарықтандыруға, желдетуге, ауаны баптауға қойылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31. Объектілерде орталықтандырылған шаруашылық-ауыз су, ыстық сумен жабдықтау, су бұру, жылумен жабдықтау жарамды жағдайда көзделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Объектілер Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>144-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тармағына және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>145-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес санитариялық қағидаларда, гигиеналық нормативтерде (бұдан әрі – нормалау құжаттары) белгіленген талаптарға сәйкес қауіпсіз және сапалы ауыз сумен қамтамасыз етіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Объектілерде ауыз су режимі ұйымдастырылуы тиіс. Ауыз су, оның ішінде сыйымдылықтарға (графиндерге, шәйнектерге) өлшеп-құйылған және бөтелкедегі су сапасы мен қауіпсіздік көрсеткіштері бойынша нормалау құжаттарының талаптарына сәйкес келуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Суға арналған кулерлер (диспенсерлер) өндірушінің нұсқаулығына сәйкес тұрақты түрде тазартылуы тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қайнатылған ауыз су үш сағаттан аспайтын уақыт сақталған жағдайда оны пайдалануға жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34. Су ішу үшін таза ыдысты (шыны, фаянс ыдыс немесе бір рет қолданылатын стақандар) пайдаланады, таза және пайдаланылған ыдыс үшін таңбаланған жеке подностар немесе бір рет қолданылатын ыдысты жинау үшін контейнерлер бөлінеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Орталықтандырылған сумен жабдықтау жүйесі болмаған жағдайда ішкі су құбыры мен су бұру құрылғылары бар ауыз су мақсатындағы жергілікті көздерден алынған суды пайдалануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Әкелінетін сумен жұмыс істейтін объектілерде ауыз су қорын сақтауға арналған сыйымдылықтар орналастырылған жеке үй-жай көзделеді. Сыйымдылықтардың таңбалауы ("Ауыз су") болады, апта сайын (және қажеттілігіне қарай) жуу және дезинфекциялау құралдарын қолдана отырып, тазалауға және дезинфекциялауға жатады. Ауыз суға арналған сыйымдылықтар басқа мақсаттарда пайдаланылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Ауыз су уақтылы тазартылатын, жуылатын және дезинфекцияланатын, ауыз сумен жанасуға рұқсат етілген материалдардан орындалған арнайы таңбаланған сыйымдылықтармен, арнайы автокөлікпен әкелінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      38. Орталықтандырылған ыстық сумен жабдықтау болмаған жағдайда су жылытқыштар орнатылады. Ыстық және суық су барлық ванналарға, себезгі бөлмелеріне, тұратын орындарындағы, медициналық мақсаттағы үй-жайлардағы қолжуғыштарға, сондай-ақ ас блогындағы араластырғыш қондырғысы бар қажетті технологиялық жабдықтарға тартылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z87" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. МДҰ-ны кәрізделмеген және ішінара кәрізделген жерлерде орналастырған жағдайда жергілікті кәріз құрылғысы (шұңқырлар, септиктер) көзделеді. Сарқынды суды қабылдауды гидравликалық бекітпесі (сифон) бар қақпақпен жабдықталған, объекті аумағының шаруашылық аймағында орналастырылатын, уақтылы тазартылып отыратын жерасты су өткізбейтін жалпы немесе бөлек сыйымдылықта (шұңқырда, септиктерде) жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      40. Қойма үй-жайларында, тұрмыстық үй-жайларда су бұруға арналған кәріз бағандарын сыланған қораптарға салады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      41. Сарқынды суды ашық су айдындарына және іргелес аумаққа ағызуға жол берiлмейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z90" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      42. Персоналға арналған САҚ-тың жердің үстіндегі үй-жайлары мен су өткізбейтін материалдан жасалған қазылған шұңқыры болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      САҚ-ты жинауды дезинфекциялық құралдарын қолдана отырып күн сайын жүргізеді. САҚ-тың қазылған шұңқырын уақтылы тазалайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z92" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      43. Жылумен жабдықтаудың орталықтандырылған көзі болмаған жағдайда сұйық, қатты, газ түріндегі отынмен жұмыс істейтін автономды қазандық көзделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z93" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      44. Жылыту кезеңінде ауаның температурасы нормалау құжаттарынің көрсеткіштеріне сәйкес келуі тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z94" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      45. Үй-жайларды табиғи және жасанды жарықтандыру сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтерге сәйкес айқындалады. Бір үй-жайда бір типті шамдарды қолданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z95" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      46. Жасанды жарықтандыру көрсеткіштері нормалау құжаттарына сәйкес нормаланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z96" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Объектілердің аумағында сыртқы жасанды жарықтандыру орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z97" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Объектілердің барлық үй-жайларында табиғи жарықтандыру көзделеді. Мыналарды: коммуникациялық жүйелер үй-жайларына (су құбырлары мен кәріз сорғылары, желдету және ауа баптау камералары, бойлер бөлмелері), рекреациялық үй-жайлар болып табылмайтын дәліздерге, фойеге, қоймаларға, мүкәммал тұратын орындарға, дезинфекциялау құралдарын дайындайтын бөлмелерге, киім шешетін бөлмелерге, киім ілетін орындарға, себезгі бөлмелеріне, дәретханаларға, ғимараттың инженерлік және технологиялық жабдығын орнату және басқару үй-жайларына және ас блогының өндірістік үй-жайларына табиғи жарықтандырусыз жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z98" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      49. Топтық және оқу үй-жайларында терезе әйнектерін бояуға жол берілмейді. Жарық ойықтарын реттелетін күннен қорғайтын құрылғылармен жабдықтайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      50. Істен шыққан шамдар ауыстырылады. Жарамсыз, құрамында сынап бар (жарық диодты, люминесцентті, энергия үнемдегіш) шамдар балалардың қолы жетпейтін жеке үй-жайда сақталады. Істен шыққан құрамында сынап бар шамдарды қоқыс жинағышқа тастауға жол берілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z100" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      51. Істен шыққан құрамында сынап бар шамдарды сақтау және шығару объекті басшысының бұйрығымен жауапты адамға жүктеледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z101" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Желдету және ауа баптау жүйелерін пайдалану кезінде нормалау құжаттарының талаптары сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z102" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Ас блогында механикалық түрде іске қосылатын желдету көзделеді. Жылу және ылғал бөлу көзі болып табылатын жабдықтың үстінде сыртқа тарту шатырлары көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z103" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      54. Объектілердің ас блогын желдетуге осы Санитариялық қағидалардың талаптарына қайшы келмейтін бөлікте қоғамдық тамақтану объектілеріне қойылатын нормалау құжаттарының талаптары қолданылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z104" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Терезелердің конструкциясы балалардың болуына арналған үй-жайларды жылдың кез келген уақытында желдетуді ұйымдастыру мүмкіндігін көздейді. Терезелердің әйнектелуі бүтін шыны төсемнен орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      56. Өтпелі немесе бұрыштан желдету балалар болмаған кезде жүргізіледі. Өтпелі желдету дәретхана үй-жайлары арқылы өткізілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z106" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Объектілерде нормалау құжаттарына сәйкес оңтайлы микроклиматтық жағдайлар (температура, ауа қозғалысының жылдамдығы және ауаның салыстырмалы ылғалдылығы) жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z107" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       58. Топтық үй-жайларындағы, сондай-ақ себезгі және спорт зал жанындағы киім шешетін орындардағы, медициналық пункт үй-жайларындағы ауа температурасын бақылау үшін ішкі қабырғаға 0,8 – 1,2 м биіктікте бекітілген термометрлер орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z108" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Объектілердің үй-жайларын жөндеуге және күтіп-ұстауға қойылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санитариялық-эпидемиологиялық талаптар </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z109" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      59. Жыл сайын объектілерде ағымдағы жөндеу жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z110" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Объектілер жұмыс істеп тұрған кезде авариялық жағдайларды жою жұмыстарын қоспағанда, күрделі және ағымдағы жөндеуді жүргізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z111" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      61. Терезелерде, желдету үшін ашылатын желкөздерде, фрамугаларда москит торлары орнатылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z112" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Объектілердің аумағы және қоршау сыртындағы оған іргелес аумақ таза ұсталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z113" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      63. Объектілердің барлық үй-жайлары мен жабдығы таза ұсталады. Медициналық үй-жайларды, ас блогын және дәретханаларды күн сайын дезинфекциялау құралдарын қолдана отырып тазалайды. Дәретханаларда едендер, есік тұтқалары, крандардың шүмектері, раковиналар және унитаздар күнделікті дезинфекциялануға жатады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Дәретханаларда балаларға арналған унитаздар, қол жууға арналған құралдары бар жуынатын раковиналар, жеке ұяшықтары бар балалардың орамалдарына арналған қабырғаға ілінетін немесе аспалы ілгіштер, шомылуға арналған ванна, шаруашылық шкафтары және ағызу жүйесі орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Персоналға арналған дәретханаларда унитаздар, қолды жууға және кептіруге арналған құралдары бар жуынатын раковиналар, қоқыс жинауға арналған урналар орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z116" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      66. Санитариялық аспаптардың саны мен өлшемі осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z117" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      67. Түбектер пайдаланылғаннан кейін тазартылады, жуылады және дезинфекцияланады. Таза түбектер дәретханаларда, жеке таңбаланған ұяшықтарда сақталады. Түбектерді сулауға арналған сыйымдылықтар таңбаланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z118" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Алты айға дейінгі балаларға арналған сәбилер үйлерінде топтық үй-жайларда манеждер мен құндақтау үстелдері орнатылады. 1 жастан асқан балаларды тамақтандыру аймағын тамақтандыруға арналған үстелдермен жабдықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z119" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Сәбилер үйлеріндегі топтардағы құндақтау үстелдері, балалардың жаялық клеенкалары, манеждердің жабыны, ойын жабдықтары күн сайын жуу құралдарын қолдана отырып өңделеді, нәжіспен ластанған жағдайда қосымша дезинфекциялау жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z120" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      70. Жинау жүргізу үшін нормалау құжаттарына сәйкес қолдануға рұқсат етілген дезинфекциялау құралдары пайдаланылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дезинфекциялау ерітінділерін өндірушінің нұсқаулығына сәйкес ертіндіні дайындау күні көрсетіле отырып, таңбаланған сыйымдылықтарда дайындайды. Дезинфекциялау және жуу құралдары, жұмысшы ерітінділері балалардың қолы жетпейтін орындарда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      71. Жинау мүкәммалы (легендер, шелектер, жөкелер, шүберектер) таңбаланады және жеке үй-жайларға (санитариялық тораптар, медициналық пункт, ас блогының өндірістік үй-жайлары, тамақтану залы, топтық үй-жайлар) бекітіледі, арнайы бөлінген үй-жайларда (орындарда) сақталады. Санитариялық тораптарға арналған жинау мүкәммалының сигналды таңбасы болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z123" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      72. Жыл сайын көктем мезгілінде ойын алаңдарында құмды толық ауыстыру жүргізіледі. Жаңадан әкелінетін құм паразитологиялық, микробиологиялық, санитариялық-химиялық, радиологиялық көрсеткіштер бойынша нормалау құжаттарына сәйкес келеді. Зертханалық зерттеулер нәтижелері нормалау құжаттарына сәйкес келмеген жағдайда құмды кезектен тыс ауыстыру жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z124" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      73. Тығыз жабылатын қақпақтармен жабдықталған қоқыс жинағыштар шаруашылық аймақтағы үш жағынан қоршалған, тазалауға және дезинфекциялауға жеңіл су өткізбейтін жабыны бар алаңға орнатылады. Қоқыс жинағыштар (контейнерлер) тазаланады, жуылады және дезинфекцияланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z125" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көп пәтерлі тұрғын үйдің алғашқы екі қабатында, ішіне-жапсарлас салынған үй-жайларда орналастырылған МДҰ-ның қоқысын жинау үшін тұрғын үйдің ортақ қоқыс салғыштары немесе контейнерлері пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z126" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      74. Объектілерде дератизациялау және дезинсекциялау бойынша іс-шаралар жүргізіледі. Жәндіктердің, кенелердің, басқа да буын аяқтылар мен кеміргіштердің болуына жол берілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z127" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>к дошкольным организациям и домам ребенка"</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Объектілерде тәрбиелеу және оқыту жағдайларына қойылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z128" w:id="125"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      75. Мектепке дейінгі тәрбие мен оқыту мазмұны, МДҰ-ның оқу жүктемесінің ең үлкен көлемі Қазақстан Республикасы Үкіметінің 2012 жылғы 23 тамыздағы № 1080 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Мектепке дейінгі тәрбие мен оқыту деңгейлерінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік жалпыға міндетті білім беру стандарттарымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z129" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      76. МДҰ топтарының толықтырылуы осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1, 2-кестелеріне сәйкес көзделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z130" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      77. Сәбилер үйінде тәрбиеленетін балалардың оңтайлы саны 100 – 150 баланы құрайды. Топтардың толықтырылуы туғаннан бастап 1,5 жасқа дейін – 10 бала, 1,5 жастан 2 жасқа дейін – 13 бала, 2 жастан 3 жасқа дейін – 15 бала. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z131" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      78. Серуендер ауа-райы жағдайы ескеріле отырып, күн сайын жүзеге асырылуы тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z132" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      79. Ойын алаңдарының жабыны денсаулық үшін қауіпсіз (жарақаттануды болдырмайтын) материалдардан көзделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z133" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      80. Объектілердің жиһазы мен жабдығы балалардың бой-жас ерекшеліктеріне сәйкес келеді. Объектілерде ойын, оқу кабинеттері үстелдермен, арқалығы бар орындықтармен жабдықталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z134" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ойын және спорт алаңдарындағы жабдықтар балалардың бойы мен жасына сәйкес келеді, үшкір шығыңқы жерлері мен ақауы болмайды, уақтылы жөнделеді. Жабдықтың бетінің жабыны суға төзімді материалдан көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z135" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жабдықтың жиыны, саны және өлшемін объектілердің бейінін, үй-жайлардың ерекшелігін есепке ала отырып көздейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z136" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      МДҰ мен сәбилер үйінің жиhазының негiзгi өлшемдерi осы Санитариялық қағидаларларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1, 2-кестелеріне сәйкес белгіленген. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z137" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Жиһаз, жұмсақ, қатты мүкәммал, жабдық жұмыс жағдайында болады. Уақтылы жөнделуге немесе ауыстырылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z138" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      82. Топтардағы киім шешетін бөлмелер сыртқы киімге арналған шкафтармен және орындықтармен жабдықталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z139" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балалардың киіміне арналған шкафтарды жеке таңбалайды және бас киімге арналған сөрелермен және сыртқы киімге арналған ілмектермен жабдықтайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z140" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Спорт залдары жанындағы киім шешетін бөлмелер киімге арналған шкафтармен немесе ілгіштермен, орындықтармен жабдықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z141" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Спорттық төсеніштердің жабыны тазалауға және дезинфекциялауға болатын материалдардан көздейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z142" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Пайдаланылған ойыншықтарды күн сайын жуу құралдарын қолдана отырып күннің соңында жуады. Ойыншықтарды жууға арналған сыйымдылықты, шүберек пен жөкені таңбалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z143" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Жұмсақ ойыншықтарды пайдаланғаннан кейін күннің соңында ойыншықтан кемінде 25 см қашықтықта 30 минут бойы бактерицидті сәулелегіштермен дезинфекцияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z144" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Ерте жастағы топтарда және медициналық мақсаттағы үй-жайларда жұмсақ ойыншықтар мен пенолатексті түкті ойыншықтар пайдаланылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z145" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      87. Балалар үшін сатып алынған өнімдерге (ойыншықтар, аяқкиім, киім, ыдыс, жеке гигиена құралдары, мектеп және жазу құралдары, төсек-орын жабдықтары, парфюмерлік-косметикалық өнім, жиһаз) олардың сапасы мен қауіпсіздігін растайтын құжаттар беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z146" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Балалардың тұру жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z147" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      88. Объектілердің жатын бөлмелерін жеке стационарлық кереуеттермен жабдықтайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z148" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МДҰ және сәбилер үйлеріндегі және бөбек жасындағы (үш жасқа дейінгі) топтардағы жатын үй-жайлары жататын жердің өзгермелі биіктігі еденнен 30 см және 50 см деңгейінде және қоршаудың еденнен биіктігі 95 см болатын төрт жағынан биіктігі 120 см, ені 60 см қоршауы бар манеждермен немесе стационарлық кереуеттермен жабдықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z149" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3 – 6 (7) жастағы балалар үшін – ұзындығы 140 см, ені 60 см, биіктігі 30 см. Бүйір жақ қоршауының биіктігін кемінде 15 см-ге азайту мүмкіндігі көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z150" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      89. Мектепке дейінгі топтардағы (3-6 (7) жастағы) балалардың күндізгі ұйқысын стационарлық екі қабатты кереуеттерде, жататын жері қатты жиналмалы кереуеттерде немесе түрлендірілетін (қайырмалы, жылжытылатын, домалатып шығарылатын) кереуеттерде ұйымдастыруға жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z151" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналмалы немесе түрлендірілетін кереуеттерді пайдаланған кезде оларды сақтау үшін, сондай-ақ төсек жабдықтары мен киім-кешектерді жеке сақтау үшін орын көзделген болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z152" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Бір жатын орынға кемінде үш төсек-орын жиынтығының болуы көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      91. Балалар тәулік бойы болатын МДҰ-да және сәбилер үйлерінде балаларды шомылдыру төсек-орнын, іш киімді және орамалдарды бір уақытта ауыстыра отырып, күнтізбелік жеті күнде бір реттен сиретпей график бойынша жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z154" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      92. Төсек-орынды, орамалдарды ауыстыру ластануына қарай, бірақ аптасына бір реттен сиретпей жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z155" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жылына кемінде бір рет төсек-орын жабдықтары камералық дезинфекциялануға жатады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z156" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      93. Төсек-орын, киім мен аяқкиім, қатты мүкәммал қорын сақтау үшін қойма үй-жайлары көзделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z157" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Төсек-орын жабдықтары, орамалдар, жеке гигиена заттары (тіс щеткасы, тарақ, жөкелер) әр балаға жеке бөлінеді. Жеке тіс щеткалары, жөкелер ашық ұяшықтарда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z158" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Төсек-орынды жуу объектінің кір жуатын орнында жүзеге асырылуы тиіс, ол болмаған жағдайда басқа орталықтандырылған кір жуатын орындарда ұйымдастыруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z159" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      96. Кір жуатын орында таза және лас төсек-орынның қарама-қарсы ағынына жол берілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z160" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инфекциялық аурумен ауырған науқастардың төсек-орны жуу алдында таңбаланған ванналарда дезинфекциялануға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z161" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>Глава 1. Общие положения</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау. Объектілердегі тамақтандыру жағдайларына қойылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z162" w:id="159"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> статьи 144 и статьи 145 Кодекса Республики Казахстан от 18 сентября 2009 года "О здоровье народа и системе здравоохранения" (далее – Кодекс), и устанавливают санитарно-эпидемиологические требования к выбору земельного участка под строительство объекта, проектированию, реконструкции, эксплуатации, водоснабжению, водоотведению, теплоснабжению, освещению, вентиляции, кондиционированию, ремонту и содержанию, к условиям воспитания и обучения, проживания, питания, производственному контролю, условиям труда и бытовому обслуживанию персонала, медицинскому обеспечению детей, медицинским осмотрам персонала в дошкольных организациях всех видов независимо от форм собственности с полным, неполным, круглосуточным пребыванием детей (далее – ДО) и домах ребенка.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      97. Объектілерде ас блогы көзделеді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z163" w:id="160"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      2. Настоящие Санитарные правила распространяются на дошкольные организации и дома ребенка (далее – объекты).</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Объектілердің ас блогында тұруға, балаларды тамақтандыруды ұйымдастырумен байланысы жоқ жұмыстар мен көрсетілетін қызметтерді орындауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z164" w:id="161"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Объектілердің ас блогтарына осы Санитариялық қағидалардың талаптарына қайшы келмейтін бөлікте қоғамдық тамақтану объектілеріне қойылатын нормалау құжаттарының талаптары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z165" w:id="162"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      4. В настоящих Санитарных правилах использованы следующие понятия:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Объектілердің ас блогында технологиялық процестердің бірізділігі көзделеді, шикі және дайын өнімнің, шикі жартылай фабрикаттар мен дайын өнімнің, пайдаланылған және таза ыдыстардың қарама-қарсы ағынына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z166" w:id="163"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      1) специальные дошкольные организации – организации, реализующие специальные образовательные учебные программы, разработанные на основе общеобразовательных учебных программ дошкольного воспитания и обучения в соответствии с государственным общеобразовательным стандартом дошкольного воспитания и обучения;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      101. Объектілерде объекті басшысы бекіткен перспективтік маусымдық (жаз-күз, қыс-көктем) екі апталық мәзір жасалады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z167" w:id="164"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      2) санитарная специальная одежда (далее – специальная одежда) – комплект защитной одежды персонала, предназначенный для защиты сырья, вспомогательных материалов и готового продукта от загрязнения механическими частицами, микроорганизмами и другими загрязнениями;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәзір жасау кезінде өңірде шығарылатын отандық өнімдер ассортименті ескеріледі. Балаларды тамақтандыру рационында витаминді-минералдық кешенмен байытылған тамақ өнімдері көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z168" w:id="165"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      3) детская игровая площадка (далее – игровая площадка) – специально оборудованная территория, предназначенная для игры детей, включающая в себя оборудование и покрытие для детской игровой площадки; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      102. Тамақтанудың іс жүзіндегі рационы бекітілген перспективтік ас мәзіріне сәйкес келуі тиіс. Ерекше жағдайларда осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тамақ өнімін алмастыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      4) оборудование для детской игровой площадки – оборудование, установленное на детской игровой площадке, с которым или на котором пользователи могут играть индивидуально или группой по своему усмотрению и правилам; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      5) ДО с неполным пребыванием детей – ДО с пребыванием детей не более четырех часов без организации питания и сна;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тез бұзылатын тамақ өнімдерін сақтау температурасы төмен тоңазытқыш жабдықтарында және (немесе) тоңазытқыш камераларында және (немесе) тоңазытқыштарда жүзеге асырылады. Температураны бақылау үшін термометрлер орнатылады. Сынап термометрлерін пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z170" w:id="166"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      6) бракераж – оценка качества продуктов питания и готовых блюд по органолептическим показателям;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Күн сайын тамақтанатын балалардың саны, жасына байланысты раммен дайын тағам порциясының массасы, сондай-ақ әрбір тағам бойынша өнімдер шығысы ("брутто" салмағында) көрсетіле отырып әрбір тамақтануға тағамдар тізбесі көрсетілетін тарату-ас мәзірі парағы жасалады және ілінеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z171" w:id="167"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      7) физическое воспитание – сфера деятельности, направленная на укрепление здоровья и развитие физических способностей человека;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Тамақ дайындау тағамға кіретін өнімдердің тізбесі, олардың граммен массасы ("брутто"), дайын тағамның "нетто" салмағы (тағамның шығысы), химиялық құрамы (граммен), құнарлылығы, тағамды дайындау технологиясы туралы мәліметтер көрсетілген технологиялық карталарға сәйкес тағамдар картотекасын пайдалана отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z172" w:id="168"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      8) возрастные групповые помещения (групповая ячейка) – набор помещений для детей одной возрастной группы объекта;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Ас мәзірінде бірдей тағамдарды немесе аспаздық өнімдерді бір күнде немесе келесі 2 – 3 күнде қайталауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z173" w:id="169"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      9) личная медицинская книжка – персональный документ, выдаваемый представителю декретированной группы населения, в который заносятся результаты обязательных медицинских осмотров с отметкой о допуске к работе;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      106. Тағамдар порцияларының массасы осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көзделеді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z174" w:id="170"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...6 lines deleted...]
-        <w:t>      10) дошкольное воспитание и обучение – развитие физических, личностных, интеллектуальных качеств детей, формирование ключевых компетентностей, необходимых для обеспечения их социальной успешности и конкурентоспособности на протяжении всей жизни;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Күн сайын тамақтану рационына ет, сүт, сары май және өсімдік майы, қара бидай және (немесе) бидай наны, көкөністер және қант қосылады. Балық, жұмыртқа, ірімшік, сүзбе, құстың еті күнтізбелік жеті күнде бір рет қосылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z175" w:id="171"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...22 lines deleted...]
-        <w:t xml:space="preserve">, реализующие образовательные учебные программы дошкольного воспитания и обучения с учетом специфичных для детей дошкольного возраста видов деятельности, также оказывающие дополнительные услуги предусмотренные законодательством Республики Казахстан; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      108. Таңғы ас ыстық тағамнан (бірінші немесе екінші) және ыстық сусыннан, жұмыртқа, сары май немесе ірімшік қосылған бутербродтан тұрады. Екінші таңғы асқа шырындар, жемістер көзделеді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z176" w:id="172"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      12) оптимальные микроклиматические условия – сочетание количественных показателей микроклимата, которые при длительном и систематическом воздействии на детей обеспечивают сохранение нормального теплового состояния организма без напряжения механизмов терморегуляции;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Түскі ас салат, бірінші, екінші (негізгі ыстық тағам еттен, балық немесе құстан) және үшінші (компот, шай, шырындар және кисель) тағамнан тұрады. Пісірілген және жас көкөністерден күрделі емес салаттар дайындалады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z177" w:id="173"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      13) производственный контроль – комплекс мероприятий, в том числе лабораторных исследований и испытаний производимой продукции, работ и услуг, выполняемых индивидуальным предпринимателем или юридическим лицом, направленных на обеспечение безопасности и (или) безвредности для человека и среды обитания;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бесін асқа ас мәзіріне кремсіз тоқаш немесе кондитерлік бұйымдармен бірге сусынды (сүт, қышқыл сүт өнімдері, шырын, кисель және басқалары) қосады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z178" w:id="174"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      14) санитарно-дворовые установки (далее – СДУ) – туалет, не связанный с централизованной канализацией, расположенный на территории объекта, имеющий надземную часть и выгребную яму;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кешкі ас көкөніс (сүзбе) тағамынан немесе ботқадан; негізгі екінші тағамнан (ет, балық немесе құс), сусыннан (шай, шырын, компот және кисель) тұрады. Екінші кешкі ас ретінде қосымша жемістерді немесе қышқыл сүт өнімдерін және кремсіз тоқаш немесе кондитерлік бұйымдарды қосады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z179" w:id="175"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      15) санитарно-защитная зона – территория, отделяющая зоны специального назначения, а также промышленные организации и другие производственные, коммунальные и складские объекты в населенном пункте от близлежащих селитебных территорий, зданий и сооружений жилищно-гражданского назначения в целях ослабления воздействия на них неблагоприятных факторов;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      109. Тамақтандыру арасындағы интервал 3,5 – 4 сағаттан аспауы тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z180" w:id="176"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      16) дом ребенка – организация здравоохранения для детей-сирот, детей, оставшихся без попечения родителей, от рождения до трех лет; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      110. Тамақтану нормалары "Әлеуметтік көмек көрсетілетін азаматтарға әлеуметтік көмектің мөлшерін, көздерін, түрлерін және оны беру қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 12 наурыздаы № 320 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z181" w:id="177"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      17) септик – сооружение для очистки небольших количеств бытовых сточных вод;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      111. Тамақ өнімдерін және азық-түлік шикізатын қабылдауды осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-нысанына сәйкес тамақ өнімдері мен азық-түлік шикізатының бракераж журналына деректерді енгізе отырып, олардың сапасы және қауіпсіздігін куәландыратын құжаттары болған жағдайда жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z182" w:id="178"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      18) технологическое оборудование – совокупность механизмов, машин, устройств, приборов, необходимых для работы производства;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тамақ өнімінің сапасы мен қауіпсіздігін куәландыратын құжаттар объектілердің ас блогында сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z183" w:id="179"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      19) технологическая карта - документ, в соответствии с которым осуществляется изготовление пищевой продукции, содержащий наименование пищевой продукции с указанием состава пищевых продуктов, перечня и описания процесса производства, включающие технологические операции; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тамақ өнімдерінің жарамдылық мерзімдері және оларды сақтау шарттары өндіруші (дайындаушы) белгілеген жарамдылық мерзімдеріне сәйкес келуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z184" w:id="180"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      20) рациональное питание – сбалансированное питание, с учетом физиологических и возрастных норм питании;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Гиповитаминоздың алдын алу және ерекше емес иммунитетті арттыру мақсатында салқындатылған сусындарды (компот, кисель) жасанды "С" витаминімен витаминдеуді жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z185" w:id="181"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      21) групповая изоляция – изоляция групп от административно-хозяйственных, бытовых помещений и друг от друга;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Компоттарды витаминдеу оларды өткізу алдында +15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С-тан аспайтын температураға дейін салқындатқаннан кейін жүргізіледі, кисельге "С" витаминінің ерітіндісін оны +30+35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С температураға дейін салқындатқан кезде, кейіннен араластырып және өткізу температурасына дейін салқындата отырып қосады. "С" витаминімен витаминдеу осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-нысанына сәйкес "С-витаминдеу" журналына деректерді енгізе отырып, тәуліктік орташа қажеттіліктің 35%-ы есебінен жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z186" w:id="182"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      22) наполняемость групп – нормируемое количество детей в группе.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Витаминделген тағамдар жылытылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z187" w:id="183"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Объектілерде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z188" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мыналарды: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z189" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұйыған сүт, сүзбе мен айранды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z190" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туралған ет қосылған құймақтарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z191" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      флотша макаронды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z192" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зельцтерді, форшмактарды, сілікпелерді, паштеттерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z193" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кремі бар кондитерлік бұйымдарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z194" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұтыну қаптамасындағы кондитерлік бұйымдар мен тәттілерді (шоколад, кәмпит, печенье және басқалары);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z195" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      морстар, квастарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z196" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фритюрде қуырылған бұйымдарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z197" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шала пісірілген жұмыртқаны, қуырылған жұмыртқаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z198" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күрделі (4 компоненттен артық) салаттарды, қаймақ пен майонез қосылған салаттарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z199" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      окрошканы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z200" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      саңырауқұлақты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z201" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнеркәсіпте дайындалмаған (үйде) тамақ өнімдерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z202" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тез дайындалатын құрғақ тағамдық концентраттар негізіндегі бірінші және екінші тағамдарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z203" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      газдалған, емдік және емдік-асханалық минералдық суды, тәтті ішімдіксіз сусындарды, ішімдіксіз энергетикалық (сергітетін) сусындарды, диффузиялық қойылтылған шырындарды (қапталған минералды және ауыз судан басқа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z204" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фаст-фудтарды: гамбургерлер, ход-догтар, чипсілер, кептірілген нан, қытырлақ нандарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z205" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ащы тұздықтар, кетчуптар, ащы дәмдеуіштерді (бұрыш, ақшелкек, қыша) дайындауға және өткізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z206" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z207" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пастерленбеген сүтті, термиялық өңдеусіз сүзбені және қаймақты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z208" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      суда жүзетін құстың жұмыртқасы мен етін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z209" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы малының сырқаттанушылығы бойынша қолайсыз шаруашылықтардың сүтін және сүт өнімдерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z210" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тіл, жүректі қоспағанда өнімді мал мен құстың қосымша ет өнімдерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z211" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      механикалық түрде еті сылынып алынған өнімді мал етін және құс етін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z212" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құрамында коллагені бар құс етін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z213" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сойылған өнімді мал мен құстың қайта мұздатылған өнімдерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      генетикалық түрлендірілген шикізаттар және (немесе) генетикалық түрлендіру көздері бар шиізаттарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z215" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      йодталмаған тұзды және құрамында темір бар витаминдермен, минералдармен байытылмаған (фортификацияланбаған) жоғарғы және бірінші сұрыпты ұнды пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z216" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      115. Жаппай сауықтыру емшаралары ретінде оттегі коктейльдерін өткізуге жол берілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z217" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      116. Объектілердің ас блогында ұйымның медицина қызметкері немесе жауапты адамы күн сайын осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-нысанына сәйкес тағамдар мен аспаздық бұйымдардың сапасын органолептикалық бағалау журналына жазба енгізе отырып, дайын тағамдардың сапасына органолептикалық бағалау жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z218" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тамақтану сапасын мерзімдік бағалауды бракераж комиссиясы жүргізеді, оның құрамы міндетті түрде құрамына медицина, әкімшілік, өндіріс меңгерушісі және ата-аналар комитетінің өкілі енгізіле отырып, обьекті басшысының бұйрығымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z219" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. Объектілердің ас блогында күн сайын аспазшы дайын өнімнің тәуліктік сынамасын қалдырады. Сынамаларды қақпағы бар таза (қайнатылып өңделген) шыны ыдысқа (гарнирді бөлек ыдысқа салады) толық көлемде алады және +2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С-тан +6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С-қа дейінгі температурада тоңазытқышта арнайы бөлінген орында сақтайды. Тәуліктік сынама келесі күні немесе демалыстан кейінгі (демалыс күндерінің санына қарамастан) күні дайындалған таңғы ас, түскі ас, бесін немесе кешкі ас тағамымен ауыстырылғанға дейін кемінде жиырма төрт сағат сақталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z220" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тарау. Өндірістік бақылауға, персоналдың еңбек және тұрмыстық қызмет көрсету</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жағдайларына қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z221" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. Объектілерде нормалау құжаттарының талаптарына сәйкес өндірістік бақылау ұйымдастырылады және жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z222" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      119. Объектілерде жеке гигиена қағидаларын сақтау үшін жағдайлар жасалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z223" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қол жуу үшін ыстық және салқын су келтірілген, қолды жууға және кептіруге арналған құралдары бар жуынатын раковиналар орнатылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z224" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      120. Объектілерде қызмет көрсететін персонал (тәрбиешілердің көмекшілері, техникалық персонал), ас блогының жұмыскерлері кемінде 2 жиынтығы бар арнайы киіммен (костюм немесе халат, орамал, қалпақ, алжапқыш), ауыстыратын аяқкиіммен қамтамасыз етіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z225" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      121. Объектілердің қызметкерлері жеке және өндірістік гигиенаны сақтайды, объектіден шығар кезде және дәретханаға барар алдында арнайы киімді шешеді, жұмысты бастар алдында және дәретханаға барғаннан кейін, сондай-ақ жұмыстағы әрбір үзілістен соң және ластанған заттармен жанасқаннан кейін қолды сабынмен жуады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z226" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      122. Ас блогының жұмыскерлері мынадай жеке гигиена қағидаларын сақтайды: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z227" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жұмыс басталар алдында сырт киімді шкафқа салады, қолдарын сабынмен мұқият жуады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z228" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) таза арнайы киімде жұмыс істейді, шаштарын орамалдың немесе қалпақтың астына жинайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z229" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) жұмыс процесінде сақина, алқа, сағатты шешіп қояды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z230" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) ас блогынан шығатын кезде, дәретханаға барған кезде арнайы киімді шешеді, асханаға қайтып келгенде қолды ыстық сумен, сабынмен және жөкемен мұқият жуады, содан кейін арнайы киімді киеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z231" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұзын тырнақ өсіруге және оны лакпен бояуға, арнайы киімді түйреуішпен түйреуге жол берілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z232" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      123. Терінің іріңді аурулары, іріңдеген кесілген жерлері, күйіктері, жаралары бар адамдар, инфекциялық аурулармен ауыратын науқастар немесе олардың қоздырғыштарын тасымалдаушылар, сондай-ақ науқастармен немесе тасымалдаушылармен байланыста болған адамдар тиісті медициналық зерттеп-қарау жүргізілгенше және дәрігердің қорытындысына дейін жұмысқа жіберілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z233" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      124. Объектілерде қызмет көрсететін персонал және ас блогы жұмыскерлері медициналық тексеріп-қараудан және гигиеналық оқытудан өтеді. Жеке медициналық кітапшасы және жұмысқа жіберілгені туралы белгісі жоқ адамдар жұмысқа қабылданбайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z234" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Глава 2. Санитарно-эпидемиологические требования к </w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тарау. Объектілердегі медициналық қамтамасыз етуге қойылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z235" w:id="230"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Объектілерде балаларға медициналық қызмет көрсету қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z236" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Балалар толық емес уақыт болатын МДҰ-да медициналық үй-жай көзделмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z237" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      127. Күн сайын әрбір жас тобында балаларды таңертеңгі тексеріп-қарау жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z238" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      128. Медициналық кабинеттің жабдықталуы осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z239" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. Аурудың созылмалы түрлерімен ауыратын, тәуекел факторлары бар, сондай-ақ профилактикалық медициналық тексеріп-қарау кезінде анықталған және (немесе) жекелеген жіті аурулармен ауырған балалар құрылған сауықтыру жоспарына сәйкес диспансерлік есепке алуға және бақылауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z240" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. Медицина персоналы емдеу-профилактикалық және сауықтыру іс-шараларын жүргізеді, сондай-ақ балалардың сырқаттанушылығын төмендетуге және денсаулықтарын нығайтуға бағытталған кешенді сауықтыру іс-шараларының жоспарын жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z241" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      131. Эпидемиялық қауіптілік дәрежесі бойынша әлеуетті қауіпті қалдықтарға жататын медициналық қалдықтар түзілген жағдайда, оларды нормалау құжаттарының талаптарына сәйкес залалсыздандырады және жояды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z242" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Объектілердің медицина қызметкерлері мен әкімшілігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z243" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) тоқсан сайын сауықтыру жоспарларын кейіннен түзете отырып, сырқаттанушылыққа талдау жүргізеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z244" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жыл сайын балалардың денсаулығын сақтау және нығайту, олардың арасында сырқаттанушылықты төмендету бойынша іс-шараларды жоспарлайды және балаларды сауықтыру бойынша іс-шаралар жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z245" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) созылмалы ауруы бар балаларды уақтылы диспансерлеуді ұйымдастырады және бақылайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z246" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тереңдетілген медициналық тексеріп-қарау нәтижелері бойынша динамикалық бақылау тобын (денсаулық топтары), денесінің даму деңгейін, дене шынықтыру сабақтары үшін медициналық топтарды айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z247" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) емдеу-сауықтыру жұмысын (оның ішінде балалардың денсаулық жағдайын динамикалық бақылау, шынықтыру, сауықтырудан өту және басқасы) жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z248" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) балалардың сырқаттанушылығының статистикалық есебін жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z249" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) объектілердегі қызметкерлердің профилактикалық медициналық тексеріп-қараудан уақтылы өтуін және осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ас блогы жұмыскерлерін тексеріп-қарау нәтижелері журналына деректерді тіркей отырып ас блогы жұмыскерлерінің денсаулығына күн сайын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z250" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жыл сайын және сұрау салу бойынша тиісті аумақтағы халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік орган ведомствосының аумақтық бөлімшесіне сырқаттанушылық, профилактикалық медициналық тексеріп-қараудан өткізу, денсаулық жағдайы бойынша балаларды бөлу (денсаулық тобы), дене тәрбиесі топтары, диспансерлік бақылау және жүргізілген сауықтыру бойынша ақпарат ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z251" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) күн сайын ас блогының ұсталуын, тамақ өнімдерін сақтау жағдайлары мен мерзімдерін, тағамды дайындау технологиясын, дайын тағамның сапасын тексеріп-қарауды жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z252" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балалар толық, тәулік бойы болатын МДҰ-да және сәбилер үйлерінде он күн сайын осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысанына сәйкес оны кейіннен түзете отырып және тамақ өнімдері нормаларының орындалуын бақылау тізімдемесін жүргізе отырып, күнтізбелік 10 күнге негізгі өнімдер бойынша тәуіліктік нормалардың орындалуына талдау жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z253" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      133. МДҰ-ге түсетін балалар медициналық тексеріп-қараудан өтеді және денсаулық жағдайы туралы анықтама тапсырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z254" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      134. Үш және одан көп күн болмаған балалар МДҰ-ға дәрігердің денсаулық жағдайы туралы анықтамасы болған кезде қабылданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z255" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135. Медициналық кабинеттерде жабдықтар мен мүкәммалды өндірушінің нұсқаулығына сәйкес дезинфекциялау құралдарымен санитариялық-дезинфекциялық өңдеуден өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z256" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136. Балалар немесе персонал арасында инфекциялық аурулар тіркелген жағдайда, сондай-ақ профилактикалық мақсатта объектілердің басшылығы, оның персоналы және медицина қызметкерлері санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шараларды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z257" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      137. Объектілерде осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес медициналық құжаттама жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z258" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-тарау. Сыйымдылығы үш топқа дейінгі МДҰ-ны күтіп-ұстауға қойылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>санитариялық-эпидемиологиялық талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z259" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      138. Ең аз үй-жайлар жиыны бар сыйымдылығы 3 топқа дейінгі МДҰ-ның жұмыс істеуіне рұқсат етіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z260" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қосымша алаңдар бөлу мүмкіндігі болмаған жағдайда мынаған: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z261" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бір үй-жайда 1 балаға кемiнде 3,0 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есебінен ойын және жатын үй-жайларды біріктіруге жол беріледі, бұл ретте жатын аймағында түрлендірілетін (қайырмалы, жылжытылатын, домалатып шығарылатын) кереуеттер орнатылады; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z262" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) киімге және аяқкиімге арналған жеке шкафтармен, орындықтармен жабдықталған ортақ киім шешетін бөлмелерді ұйымдастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z263" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) буфет-тарату бөлмелерін жабдықтамай топтарда немесе кесте бойынша ортақ асханада тамақтандыруды ұйымдастыруға; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z264" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) топтан тыс асхана ыдыстары мен аспаптарына арналған орталықтандырылған жуу орындарын ұйымдастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z265" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дәретханаларда 10 балаға 1 унитаз және 1 раковина орнатуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z266" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) балалардың есептік саны 30-дан аспайтын МДҰ-да бір дәретхана бөлуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z267" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) дайын өнімдердің қауіпсіздігі қамтамасыз етілген жағдайда, ас блогындағы үй-жайлар жиынын және технологиялық жабдықтарды қысқартуға жол беріледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z268" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тамақты аймақтарды (тарату орны, шикі өнімдерді, дайын өнімдерді өңдеуге арналған, асүй ыдыстарын жууға арналған) бөлу сақталған жағдайда кемінде 21 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болатын үй-жай алаңдарында дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z269" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көкөністер мен сусымалы өнімдерді сақтауға арналған аймақтар бөлінген қойма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z270" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      персоналға арналған үй-жай (бөлінген орын); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z271" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шикі өнімдерді және персоналдың қолын жуу үшін бөлек жуғыштар, асүй ыдыстарын жуу үшін – пайдаланылатын ыдыстарды толық батыру үшін жеткілікті көлемдегі бір жуғыш орнатылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z272" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналастырылатын, балалардың есептік саны 30-дан аспайтын сыйымдылығы 3 топқа дейінгі МДҰ-да тамақты аймақтау (тарату орны, шикі өнімдерді, дайын өнімдерді өңдеуге арналған, асүй ыдыстарын жууға арналған) сақталған жағдайда кемінде 12 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болатын үй-жай алаңдарында дайындауға жол беріледі. Тамақ өнімдеріне арналған қоймалар болмаған жағдайда сатып алу бір аптадан аспайтын уақытқа жүзеге асырылады; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z273" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тамақ дайындауға арналған үй-жайдың алаңын 10%-дан асырмай азайтуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z274" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) төсек-орын қорын сақтау үшін қойма үй-жайлары немесе шкафтары бар бөлінген орынға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z275" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) серуендеуді ұйымдастыру үшін үй маңындағы аумақтағы қоршалған ойын алаңын пайдалануға (кесте бойынша серуендеуді ұйымдастыруға жол беріледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z276" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) серуендеу алаңында балалар үшін олардың конструкциясының (жинаудың, орнатудың) қауіпсіздігін қамтамасыз ете отырып, жылдың ыстық уақытында пайдалану үшін құрастырмалы қалқаларды, күркелерді орнатуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z277" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139. Медицина қызметкері болмаған кезде медициналық қамтамасыз етуді аумақтық медициналық-санитариялық алғашқы көмек ұйымының жүзеге асыруына жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z278" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z279" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ауданы кемінде 6 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болатын медициналық кабинетті жабдықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z280" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналасқан, балалардың есептік саны 30-дан аспайтын сыйымдылығы 3 топқа дейінгі МДҰ-да медицина қызметкері үшін жеке жұмыс орнын бөлу көзделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z281" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарақтау көрсетілетін медициналық қызметтерге сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-қосымша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z300" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>выбору земельного участка под строительство,</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Зертханалық-құрал-саймандық зерттеулер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="277"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...7 lines deleted...]
-        <w:t>проектированию, эксплуатации, реконструкции объектов</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаға өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5131 lines deleted...]
-        <w:t>      Оснащение проводится согласно оказываемых медицинских услуг.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кесте</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="1282"/>
+        <w:gridCol w:w="3474"/>
+        <w:gridCol w:w="3623"/>
+        <w:gridCol w:w="3921"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...54 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынама алу орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертханалық зерттеулер,</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>к санитарным правилам</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны (бірлік)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зерттеу кезеңділігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ ас блоктары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+микробиологиялық зерттеулерге тамақ өнімдерінің (шикізат) сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+микробиологиялық зерттеулерге алынатын дайын тағамдардың сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+микробиологиялық және санитариялық-химиялық зерттеулерге су сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен (жылына бір рет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тағамдардың құнарлылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+термиялық өңдеу сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыртқы орта шайындылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дезинфекциялау құралдарында хлордың қалдығын айқындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+бактериологиялық, санитариялық-химиялық зерттеулерге жергілікті сумен жабдықтау көздерінен (орталықтандырылған, құдықтар, ұңғымалар, каптаждар) алынатын ауыз су </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ағымдағы қадағалау тәртібімен </w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>"Санитарно – эпидемиологические</w:t>
-[...17 lines deleted...]
-              <w:t>организациям и домам ребенка".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(жылына бір рет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+персоналды бактериологиялық тасымалдаушылыққа зерттеп-қарау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+эпидемиологиялық көрсетімдер бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойыншықтар, үстелдер, орындықтар, төсек әбзелдері, орамалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шайындыларды паразитологиялық зерттеуге тексеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+киім шешетін бөлмелер, ойын, жатын бөлмелер, музыка (спорт) залы, медициналық үй-жайлар, изолятор </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+температура, ауаның салыстырмалы ылғалдылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен (жылыту маусымы кезеңінде жылына бір рет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ас блогы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+желдетудің, шудың тиімділігін зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен (жылына бір рет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+су тарату крандары, ғимаратқа, ас блоктарына (бөлек блокта орналасқан кезде) – судың кіру және шығу орындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+су құбырлары жүйесінен алынатын су (бактериологиялық және санитариялық-химиялық зерттеулер) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құдықтар, ұңғымалар, каптаждар, бұлақтар, су тарату крандары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+бактериологиялық, санитариялық-химиялық зерттеулерге жергілікті сумен жабдықтау көздерінен (орталықтандырылған, құдықтар, ұңғымалар, каптаждар) алынатын ауыз су </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ыдыстарға өлшеп-құйылған суды пайдаланатын объектілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ыдыстарға өлшеп-құйылған ауыз су (шөлмектердегі суды қоспағанда) бактериологиялық, санитариялық-химиялық зерттеулерге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жабық жүзу бассейндері және ванналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бактериологиялық, санитариялық-химиялық, паразитологиялық зерттеуге алынатын су сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+компьютерлік және</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұмыс орнындарындағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+мультимедиялық сыныптар, кабинеттер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электромагниттік, электростатикалық өрістердің кернеуі, аэроиондар шоғырлану және униполярлық коэффициенті деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын үй-жайлары, оқу кабинеттері, музыка (спорт) залы, медициналық үй-жайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жасанды жарықтандыру деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пешпен немесе автономды, электрсіз жылытылатын үй-жайлар, медициналық үй-жайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауа ортасын зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын алаңдарындағы құмды алаңқай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гельминттердің болуына санитариялық-микробиологиялық және паразитологиялық зерттеулерге топырақты зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен мамырдан қыркүйекке дейінгі кезеңде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын, жатын бөлмелері, оқу кабинеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жиһаздар өлшемінің балалардың жасы мен бойына сәйкестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балалар ассортименті тауарларын сатып алуды жүзеге асыратын білім беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балалар ассортименті тауарлары (киім, аяқкиім, ойыншықтар, косметикалық құралдар, кеңсе тауарлары, ыдыстар, гигиена құралдары және басқалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
-[...77 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9225" w:type="dxa"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="425"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3322"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...23 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...469 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>(один раз в год)</w:t>
-[...1373 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>поля на рабочих местах,</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>уровень концентрации аэроинов и коэффициента униполярности</w:t>
-[...335 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>содержание гельминтов</w:t>
-[...236 lines deleted...]
-              <w:t>один раз год</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z301" w:id="278"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МДҰ-ның жас ерекшелігіне байланысты топтық үй-жайлары мен олардың аудандары </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кесте</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="1836"/>
+        <w:gridCol w:w="10464"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...83 lines deleted...]
-              <w:t>организациям и домам ребенка".</w:t>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+киім шешетін орын </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балаға кемiнде 0,7 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есебінен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ойын бөлмесi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бөбектер мен мектепке дейінгі топтар үшін 1 балаға кемiнде 2,0 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есебінен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+буфет-тарату орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемiнде 3,8 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жатын бөлмесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бөбектер мен мектепке дейінгі топтар үшін 1 балаға кемiнде 1,8 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есебінен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дәретхана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 16 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
-[...39 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9225" w:type="dxa"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2158"/>
-        <w:gridCol w:w="7067"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...332 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z302" w:id="279"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Санитариялық аспаптардың саны мен өлшемі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кесте</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="3161"/>
+        <w:gridCol w:w="970"/>
+        <w:gridCol w:w="796"/>
+        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="1431"/>
+        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="2110"/>
+        <w:gridCol w:w="1166"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...54 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй-жайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолжуғыштар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Унитаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Араластырғышы бар су ағызғыш (видуар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су тарату краны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрама араластырғышы бар ванна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иiлгiш шлангiдегi себезгi торы бар табандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Араластырғышы бар екi камералық жуғыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәретхана краны бар балаларға арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Араластырғышы бар ересектерге арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балаларға арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ересектерге арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+буфет-тарату орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 жасқа дейінгі балалар тобының дәретхасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 терең</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3 –6 (7) жастағы балалар тобының дәретхасы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 таяз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+дене шынықтыру залы жанындағы себезгі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>к санитарным правилам</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+медициналық кабинет </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>"Санитарно – эпидемиологические</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>требования к дошкольным</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>организациям и домам ребенка".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+емшара кабинеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+изолятор </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+изолятор дәретханасы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+персонал дәретханасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3487 lines deleted...]
-        <w:t>      Примечание: в туалетных ДО вместимостью до трех групп предусматривается 1 унитаз и 1 раковина на 10 воспитанников.</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="1225"/>
+        <w:gridCol w:w="1175"/>
+        <w:gridCol w:w="965"/>
+        <w:gridCol w:w="755"/>
+        <w:gridCol w:w="755"/>
+        <w:gridCol w:w="1734"/>
+        <w:gridCol w:w="756"/>
+        <w:gridCol w:w="966"/>
+        <w:gridCol w:w="2557"/>
+        <w:gridCol w:w="1412"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...54 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1225" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй-жайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолжуғыштар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Унитаз дар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Араластырғышы бар су ағызғыш (видуар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су тарату краны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрама араластырғышы бар ванна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2557" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иiлгiш шлангiдегi себезгi торы бар табандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Араластырғышы бар екi камералық жуғыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1175" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәретхана краны бар балаларға арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Араластырғышы бар ересектерге арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балаларға арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ересектерге арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1175" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әйелдердің жеке гигиена бөлмесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1175" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+биде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>к Санитарным правилам</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>"Санитарно – эпидемиологические</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+персоналдың себезгi бөлмесi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1175" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>требования к дошкольным</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>организациям и домам ребенка".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z303" w:id="280"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...7 lines deleted...]
-        <w:t>Наполняемость групп дошкольных организаций</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: сыйымдылығы үш топқа дейінгі МДҰ-да дәретханаларда 10 тәрбиеленушіге 1 унитаз және 1 раковина көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="280"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9225" w:type="dxa"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="186"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1730"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...22 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...23 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1153 lines deleted...]
-              <w:t>не более 20</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z304" w:id="281"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі ұйымдардағы топтардың толықтырылуы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="281"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...1337 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       1-кесте</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="1311"/>
+        <w:gridCol w:w="3864"/>
+        <w:gridCol w:w="3265"/>
+        <w:gridCol w:w="3860"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...54 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>к Санитарным правилам</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Топтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөбек жасындағы топ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>"Санитарно – эпидемиологические</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ерте жастағы топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бiр жастан екi жасқа дейiн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-нан артық емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>требования к дошкольным</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бiрiншi кiшi топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+екi жастан үш жасқа дейiн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 –дан артық емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>организациям и домам ребенка".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топта екi түрлі жастағы балалар бар болғанда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бiр жастан үш жасқа дейiн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 15-тен артық емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейiнгi жас:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+екінші кіші топ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үш жастан төрт жасқа дейiн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 25-тен артық емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ортаңғы топ: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+төрт жастан бес жасқа дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25-тен артық емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ересек топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+бес жастан алты жасқа дейiн </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25-тен артық емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мектепалды тобы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+алты жастан жетi жасқа дейiн </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25-тен артық емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ топта кез келген үш түрлі жастағы балалар болғанда </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+үш жастан жетi жасқа дейiн </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-дан артық емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топта кез келген 2 түрлі жастағы балалар болғанда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үш жастан жетi жасқа дейiн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-дан артық емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z286" w:id="282"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Түзету типіндегі балалар топтарының толықтырылуы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...1682 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       2-кесте</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="6951"/>
+        <w:gridCol w:w="2674"/>
+        <w:gridCol w:w="2675"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...56 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар дамуының бұзылу түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерте жас</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>к санитарным правилам</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(үш жасқа дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі жас</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>"Санитарно – эпидемиологические</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(үш жастан үлкен)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыр сөйлеу кемістігі бар балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жекелеген дыбыстарды айту фонетикалық-фонематикалық дамымаған балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саңырау балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нашар еститін балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соқыр балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нашар көретін, амблиопия, қыли көзді балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тірек-қимыл аппаратының бұзушылығы бар балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақыл-ой бұзушылығы бар (ақыл есі кем) балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Психикалық дамуы тежелген балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрделі ақыл-есі кем балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туберкулезбен ауыратын балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>требования к дошкольным</w:t>
-[...8 lines deleted...]
-              <w:t>организациям и домам ребенка".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрделі кемістіктері бар (2 және одан да көп кемістіктер) балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дамуында басқа да ауытқулар бар балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
-[...39 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9225" w:type="dxa"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="266"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1128"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...23 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4950 lines deleted...]
-              <w:t>200,0</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z305" w:id="283"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МДҰ жиһазының таңбалануы мен өлшемдерi</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       1-кесте</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="1087"/>
+        <w:gridCol w:w="5313"/>
+        <w:gridCol w:w="2798"/>
+        <w:gridCol w:w="3102"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...83 lines deleted...]
-              <w:t>организациям и домам ребенка".</w:t>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиһаз тобы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар бойының тобы, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстелдің биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындық отырғышының биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 – 90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90 – 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Г</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 – 115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Д</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115 – 130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130-дан жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z288" w:id="284"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>Масса порции в граммах в зависимости от возраста детей</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сәбилер үйлері жиһазының таңбалануы мен өлшемдері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="284"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...730 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-кесте</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="3324"/>
+        <w:gridCol w:w="1976"/>
+        <w:gridCol w:w="2189"/>
+        <w:gridCol w:w="4043"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...91 lines deleted...]
-              <w:t>организациям и домам ребенка".</w:t>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиһаз тобы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар бойының тобы, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстелдің биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындық отырғышының биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалардың бой топтары бойынша жасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 ай - 1 жас 8 ай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80– 90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жас 6 ай - 2 жас 8 ай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90 – 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жас</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
-[...40 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9225" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1459"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="912"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...24 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...153 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>подпись ответственного лица</w:t>
-[...397 lines deleted...]
-            </w:pPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z306" w:id="285"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      Примечание:* Указываются факты списания, возврата продуктов и др.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өнімдерді алмастыру кестесі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="285"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...993 lines deleted...]
-        <w:t xml:space="preserve">      Примечание: в графе 7 указываются наименования готовой продукции, не допушенных к реализации </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      кесте </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="2802"/>
+        <w:gridCol w:w="4786"/>
+        <w:gridCol w:w="2804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...83 lines deleted...]
-              <w:t>организациям и домам ребенка".</w:t>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмастыруға жататын өнім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грамға шаққандағы салмағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмастырушы өнім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грамға шаққандағы салмағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сиыр еті </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты сүйегі бар кесек ет: қой еті, жылқы еті, қоян еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты сүйегі жоқ кесек ет: қой еті, жылқы еті, қоян еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты жылқы еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құс еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты субөнімдер: бауыр, бүйрек, жүрек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+пісірілген шұжық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ет консервілері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+балық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жартылай майлы сүзбе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Майы алынбаған сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кефир, айран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қойылтылған стерилденген сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+кілегей </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+майлы сүзбе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаймақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кілегей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ сүт </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+667,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ сүт </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+333,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ірімшік </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+брынза </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қаймақ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кілегей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ірімшік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сиырдың сары майы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қаймақ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сүзбе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+брынза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сүт </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+825,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жұмыртқа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3710 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="1371"/>
+        <w:gridCol w:w="1371"/>
+        <w:gridCol w:w="4030"/>
+        <w:gridCol w:w="1497"/>
+        <w:gridCol w:w="4031"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...83 lines deleted...]
-              <w:t>организациям и домам ребенка".</w:t>
+            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмастыруға жататын өнім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грамға шаққандағы салмағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмастырушы өнім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грамға шаққандағы салмағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыртқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4030" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ірімшік </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қаймақ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сүзбе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басы алынған балық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4030" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ет </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+тұздалған майшабақ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+балықтың жон еті </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сүзбе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ірімшік </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жемістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4030" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жеміс-жидек шырыны </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+кептірілген алма </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+кептірілген өрік </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қара өрік </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мейіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қарбыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қауын </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
-[...39 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9225" w:type="dxa"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="396"/>
-[...17 lines deleted...]
-        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...18 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>п/п</w:t>
-[...179 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CD79CF">
-[...338 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CD79CF">
-[...408 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z307" w:id="286"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      Примечание. *здоров, болен, отстранен от работы, санирован, отпуск, выходной</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балалардың жасына байланысты граммға шаққандағы порциялардың массасы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кесте</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="3976"/>
+        <w:gridCol w:w="3976"/>
+        <w:gridCol w:w="3502"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...54 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>к санитарным правилам</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмағы (г)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>"Санитарно- эпидемиологические</w:t>
-[...17 lines deleted...]
-              <w:t>организациям и домам ребенка".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жас –3 жас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 жас - 5 жас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 жас - 7 жас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таңғы ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350 - 450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 - 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түскі ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 - 550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+550 - 600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600-800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бесін ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 - 250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250 - 300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300-400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кешкі ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350 - 400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 - 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450-600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
-[...39 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9225" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="376"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...25 lines deleted...]
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...102 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>на 1 человека за 10 дней</w:t>
-[...815 lines deleted...]
-            </w:pPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z308" w:id="287"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      Примечание: _______________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тез бұзылатын тамақ өнімдері мен жартылай фабрикаттардың  бракераж журналы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-нысан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="543"/>
+        <w:gridCol w:w="2657"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="1499"/>
+        <w:gridCol w:w="2256"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="695"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidTr="00CD79CF">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...54 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азық-түлік шикізаты мен тамақ өнімдерінің түскен күні мен сағаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамақ өнімдерінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түскен азық-түлік шикізаты мен тамақ өнімдерінің саны (килограммен, литрмен, данамен алғанда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түскен азық-түлік шикізаты мен тамақ өнімдерін органолептикалық бағалау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азық-түлік шикізаты мен тамақ өнімдерін өткізудің соңғы мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күндер бойынша азық-түлік шикізаты мен тамақ өнімдерін іс жүзінде өткізу күні мен сағаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауапты адам-ның Т.А.Ә. қолы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>к санитарным правилам</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>"Санитарно – эпидемиологические</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>требования к дошкольным</w:t>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:br/>
-              <w:t>организациям и домам ребенка".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z309" w:id="288"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе : * Өнімдерді есептен шығару, кері қайтару фактілері және басқалар көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z292" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  "С" витаминдеу журналы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2978"/>
+        <w:gridCol w:w="1624"/>
+        <w:gridCol w:w="2076"/>
+        <w:gridCol w:w="3997"/>
+        <w:gridCol w:w="1625"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағамның ң дайындалу күні және сағаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағамның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосылған витаминнің жалпы саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір порциядағы "С" витаминінің мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауапты адамның қолы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z293" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>Медицинская документация объектов</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дайын тағамның және аспаздық бұйымдарды органалептикалық бағалау журналы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="290"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1536"/>
+        <w:gridCol w:w="1000"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="1297"/>
+        <w:gridCol w:w="3023"/>
+        <w:gridCol w:w="2370"/>
+        <w:gridCol w:w="644"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағам мен аспаздық бұйымдарды дайындау күні және сағаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағамның, аспаздық бұйымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағамның, аспаздық бұйымдардың дайындық дәрежесін бағалауды қоса алғанда, оларды органолептикалық бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізуге рұқсат ету (уақыты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауапты орындаушы (Т.А.Ә. (бар болған жағдайда), лауазымы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бракераж жүргізген адамның Т.А.Ә. (бар болған жағдайда) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z310" w:id="291"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      Медицинской документацией являются:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: 7-бағанда өткізуге жіберілмеген дайын өнімнің атауы көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="291"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z311" w:id="292"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      1) журнал учета инфекционных заболеваний;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Медициналық үй-жайларды жарақтау </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="292"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      2) журнал соматической заболеваемости;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-кесте</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1685"/>
+        <w:gridCol w:w="7324"/>
+        <w:gridCol w:w="3291"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық жабдық пен құрал-сайманның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жазу үстелі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кушетка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңсе шкафы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық шкаф</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйнек қақпағы бар медициналық шағын үстел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тоңазытқыш (вакциналарға және дәрі-дәрмектерге арналған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тонометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фонендоскоп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бактерицидті шам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық таразы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бой өлшегіш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вакциналарды тасымалдауға арналған термоконтейнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстелге қоятын шам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық термометрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайшы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жуатын раковина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педальды қақпағы бар шелек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вакциналардың қалдықтарын жоюға арналған ыдыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық халаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалпақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір рет қолданылатын жаймалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үнемі болады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір рет қолданылатын орамалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үнемі болады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жинауға арналған қоңыр түсті халаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір рет қолданылатын бетперделер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жинау мүкәммалы: шелек, швабра, шүберек, шүберек сақтайтын ыдыс, қолғаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үй-жай жиынына қарай есептеледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңсе тауарлары (журналдар, дәптерлер, желім, қаламсап, қағазтескі, степлер, корректор, папкалар және т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қажеттілігіне қарай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кішкентай бикс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен бикс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резеңке бұрау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-6 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,0</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5,0</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10,0 инелері бар бір рет қолданылатын шрицтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 дана,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 дана,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пинцет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резеңке жылытқы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұзға арналған ыдыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бүйрек тәрізді науа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Металл қалақша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аяқ-қолды иммобилизациялауға арналған шиналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кілемше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сантиметрлік лента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көздің көргіштігін анықтауға арналған кестелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дозаторы бар сұйық сабын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үнемі болады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z312" w:id="293"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      3) журнал учета контактов с острыми инфекционными заболеваниями;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ас блогы жұмыскерлерін тексеріп-қарау нәтижелері журналы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="293"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="500"/>
+        <w:gridCol w:w="1704"/>
+        <w:gridCol w:w="500"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="500"/>
+        <w:gridCol w:w="500"/>
+        <w:gridCol w:w="500"/>
+        <w:gridCol w:w="500"/>
+        <w:gridCol w:w="500"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="777"/>
+        <w:gridCol w:w="1332"/>
+        <w:gridCol w:w="110"/>
+        <w:gridCol w:w="110"/>
+        <w:gridCol w:w="111"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Р/с </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1704" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (бар болған кезде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ай / күндер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15…</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z313" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: * дені сау, ауру, жұмыстан шектетілді, санация жүргізілді, еңбек демалысы, демалыс</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z314" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________ жылғы ___ айға тамақ өнімдері нормаларының орындалуын бақылау тізімдемесі </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="523"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="2289"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="786"/>
+        <w:gridCol w:w="2478"/>
+        <w:gridCol w:w="1212"/>
+        <w:gridCol w:w="2341"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамақ өнімінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2289" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамақ өнімінің 1 адамға граммен алғандағы г (брутто) нормасы*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір адамға күндер бойынша (барлығы) бруттомен алғанда, г. іс жүзінде өнім берілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2478" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 күнде 1 адамға бруттомен алғанда алғанда барлығы тамақ өнімі берілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа есеппен алғанда 1 адамға күніне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+% (+/-)-да нормадан ауытқу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2289" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2478" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2289" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2478" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z315" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Объектілердің медициналық құжаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 12-қосымшаға өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медициналық құжаттама:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z316" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) инфекциялық ауруларды есепке алу журналы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z317" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соматикалық сырқаттанушылық журналы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z318" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жіті инфекциялық аурулармен байланыстарды есепке алу журналы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="z583"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z320" w:id="300"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      5) карта профилактических прививок;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) профилактикалық егулер картасы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="300"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="z585"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="34" w:name="z586"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z323" w:id="301"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      8) журнал регистрации проб Манту;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Манту сынамаларын тіркеу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z324" w:id="302"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      9) журнал регистрации детей группы риска подлежащих обследованию по пробе Манту;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Манту сынамасы бойынша тексеруге жататын тәуекел тобындағы балаларды тіркеу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z325" w:id="303"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      10) журнал туберкулино-положительных лиц, подлежащих дообследованию у фтизиопедиатра;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) фтизиопедиатрда тексеруге жататын туберкулинге оң нәтижелі адамдар журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="303"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="z590"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="z591"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="z592"/>
-[...43 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z329" w:id="304"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      14) журнал проведения контролируемой химиопрофилактики;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) бақыланатын химиялық профилактиканы жүргізу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="304"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="z594"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z331" w:id="305"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      16) журнал регистрации лиц, обследованных на гельминты;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) гельминттерге тексерілген адамдарды тіркеу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="305"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="z596"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z333" w:id="306"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      18) паспорт здоровья ребенка;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) баланың денсаулық паспорты;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z334" w:id="307"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      19) списки детей группы риска;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) тәуекел тобындағы балалардың тізімі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="307"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="40" w:name="z599"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z336" w:id="308"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      21) бракеражный журнал скоропортящейся пищевой продукции и полуфабрикатов;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) тез бұзылатын тамақ өнімдері мен жартылай фабрикаттардың бракераж журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z337" w:id="309"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      22) журнал результатов осмотра работников пищеблока;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) ас блогы жұмыскерлерін тексеріп-қарау журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="309"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="z602"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="z603"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z340" w:id="310"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      25) ведомость контроля за выполнением норм пищевой продукции;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) тамақтану нормаларының орындалуын бақылау тізімдемесі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="310"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="43" w:name="z605"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z342" w:id="311"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      27) индивидуальные медицинские карты воспитанников;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) тәрбиеленушілердің жеке медициналық карталары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="311"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="z607"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="z608"/>
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkStart w:name="z345" w:id="312"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      30) журнал органолептической оценки качества блюд и кулинарных изделий;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) тағамдар мен аспаздық бұйымдардың сапасын органолептикалық бағалау журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z346" w:id="313"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...5 lines deleted...]
-        <w:t>      31) журнал "С" - витаминизации.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31) "С" витаминдеу журналы. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidRDefault="00CD79CF" w:rsidP="00CD79CF">
+    <w:bookmarkEnd w:id="313"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CD79CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CD79CF" w:rsidRPr="00CD79CF" w:rsidSect="00CD79CF">
-[...3 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...102 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1265 lines deleted...]
-</w:settings>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...20 lines deleted...]
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...113 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
     <w:name w:val="Normal"/>
+    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79CF"/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79CF"/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="27"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="40"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79CF"/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="true">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="true">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="true">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="00CD79CF"/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...4 lines deleted...]
-    <w:rsid w:val="00CD79CF"/>
+  <w:style w:type="paragraph" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="27"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...42 lines deleted...]
-    <w:rsid w:val="00CD79CF"/>
+  <w:style w:type="paragraph" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
-  </w:style>
-[...99 lines deleted...]
-    <w:rsid w:val="00CD79CF"/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...712 lines deleted...]
-</a:theme>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...9 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>