--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -1,652 +1,876 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="00BA135F" w:rsidRPr="00BA135F" w:rsidRDefault="00BA135F" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="27"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="27"/>
-[...3 lines deleted...]
-        <w:t>"Тревожные дети"</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мазасыз балалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="00BA135F" w:rsidRDefault="00BA135F" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">В дошкольном возрасте дети усваивают нормы и правила поведения, принятые в обществе, устанавливают отношения </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жастағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоғамда қабылданған міне</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00723F7E">
-[...7 lines deleted...]
-        <w:t>со</w:t>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00723F7E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> взрослыми и сверстниками. Процесс социализации у многих протекает нелегко. В настоящее время растёт количество детей, отличающихся повышенным беспокойством, неуверенностью в себе, эмоциональной неустойчивостью. Такие дети нуждаются в особом подходе и психологической помощи.</w:t>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құлық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нормалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> меңгереді, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересектермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және құрдастарымен қарым-қатынас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орнатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Әлеуметтену </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үдерісі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көпшілігінде оңай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Қазіргі уақытта жоғары мазасыздықпен, өзіне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенімсіздікпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, эмоциялық тұрақсыздықпен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшеленетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саны өсуде. Мұндай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психологиялық көмекке мұқтаж.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="00BA135F" w:rsidRDefault="00BA135F" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-        <w:t>Особую опасность эти состояния представляют на пятом году жизни: "В четыре года у мальчиков и девочек проявляются заострение боязливости и пугливости, робости и нерешительности, чувство вины и переживание случившегося, что говорит о пике эмоционального развития в этом возрасте. Чаще всего отмечается несамостоятельность и пассивность (зависимость), медлительность и тики" (Захаров А.И., Как предупредить отклонения в поведении ребёнка, Москва, Просвещение, 1986).</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл жай-күйдің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесінші жылында аса қауіпті: "Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрт жылда ұлдар мен қыздарда қорқыныш пен қорқу, қорқу және ашулану, кінә сезімі және орын алған оқиғаны бастан кешіру байқалады, бұл осы жастағы эмоциялық даму шыңы туралы айтады. Көбінесе дәрменсіздік пен пассивтілік (тәуелділік), баяу және тики байқалады" (Захаров А. И., Баланың мінез-құлқындағы ауытқуларды қалай алдын алуға болады, Мәскеу, ағарту, 1986</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="00BA135F" w:rsidRDefault="00BA135F" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...36 lines deleted...]
-        <w:t>Повышенная тревожность может дезорганизовать любую деятельность, что, в свою очередь, приводит к низкой самооценке, неуверенности в себе.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мазасыздану </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұл белгісіз қауіп жағдайында пайда болатын және жағдайдың қолайсыз дамуын күтуде пайда болатын эмоционалдық жағдай. Мазасыз балалар үнемі себепсіз қорқынышты сезінеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Олар жиі өзіне сұрақ қояды: "К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>енеттен бірдеңе болады ма?"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="00BA135F" w:rsidRDefault="00BA135F" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-        <w:t>Родители и педагоги часто не замечают эмоциональных переживаний ребёнка или считают их беспредметными и немотивированными. Отсюда многочисленные окрики, упрёки, моральные и физические наказания, требования вести себя так, как данному ребёнку не под силу.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жоғары алаңдаушылық өз кезегінде өзін-өзі бағалаудың төмендігіне, өзіне сенімсіздігіне әкеп соқтыратын кез келген қызметті іріткі сала алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="00BA135F" w:rsidRDefault="00BA135F" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-        <w:t>Кроме того, в настоящее время значительная часть родителей попала под влияние педагогических теорий, пропагандирующих интеллектуализацию воспитания. Родители готовы, не жалея сил и времени, учить детей считать, читать, знакомить с основами наук и т.д., при этом они полностью отказываются от интеллектуально ненагруженных, но имеющих психотерапевтический смысл видов общения: бытовой, совместной деятельности, игры и т.п.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналар мен педагогтар баланың эмоционалдық уайымдарын жиі байқамайды немесе оларды таң қалдырмайды және түсініксіз деп санайды. Деме</w:t>
+      </w:r>
+      <w:r w:rsidR="0023435D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к, көптеген қиянаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, моральдық және физикалық жазалар, өзін-өзі ұстау талаптары осы балаға күш салмай жатады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="0023435D" w:rsidRDefault="0023435D" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-        <w:t>Умственная перегрузка приводят к невротизации ребёнка, смещению его самооценки в область образовательных достижений. Жизнь такого ребёнка протекает в обстановке конфликтов с родителями и педагогами. Они постоянно переживают неуспех в деятельности и социальном окружении, испытывают сложности в процессе общения со сверстниками и другими взрослыми. Среди дошкольников, поступающих в школу, много тревожных детей. При поступлении в школу у них могут возникнуть проблемы: неуверенность, страхи, так называемые школьные неврозы. Принято считать, что "школьная тревожность" возникает вследствие столкновения ребёнка с требованиями обучения и кажущейся невозможностью им соответствовать. Причём, большинство первоклассников переживают не из-за плохих отметок, а из-за угрозы испортить отношения с учителями, родителями, сверстниками.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023435D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сонымен қатар, қазіргі уақытта ата-аналардың басым бөлігі тәрбиенің интеллектуализациясын насихаттайтын педагогикалық теориялардың ықпалына түсті. Ата-аналар күш пен уақытты аямай, балаларды санауға, оқуға, ғылым және т. б. негіздерімен таныстыруға үйретуге дайын, бұл ретте олар интеллектуалдық жүктелген емес, бірақ қарым-қатынас түрлерінің психотерапиялық мағынасы бар: тұрмыстық, бірлескен іс-әрекет, ойын және т. б. ойындардан толық бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="0023435D" w:rsidRDefault="0023435D" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-        <w:t>Чаще всего тревожность развивается тогда, когда ребёнок находится в состоянии (ситуации) внутреннего конфликта, который может быть вызван негативными требованиями, предъявляемыми к ребёнку, которые могут унизить или поставить в зависимое положение; неадекватными, чаще всего завышенными, или противоречивыми требованиями родителей.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023435D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көбінесе, бала ішкі жанжал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023435D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болған кезде, балаға қойылатын жағымсыз талаптардан туындауы мүмкін, олар кемсітуі немесе тәуелді жағдайға қоюы мүмкін; ата-аналардың барабар емес, көбінесе жоғары немесе қарама-қайшы талаптарынан туындаған кезде алаңдаушылық дамиды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="0023435D" w:rsidRDefault="0023435D" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...79 lines deleted...]
-        <w:t>, отвержение или их комбинация). Тревожность детей во многом зависит от уровня тревожности окружающих взрослых. Высокая тревожность воспитателей или родителей передаётся ребёнку.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023435D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Себептерді іздеу екі негізгі топты анықтауға мүмкіндік берді: жүйке жүйесінің түріне байланысты биологиялық және балалар-ата-ана қатынастарының түріне байланысты әлеуметтік (симбиоз, гиперсоциализация, тесу немесе олардың комбинациясы). Балалардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023435D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>мазасыздануы көбінесе қоршаған ересектердің мазасыздану деңгейіне байланысты. Тәрбиешілер мен ата-аналардың жоғары мазасыздығы балаға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="00EF7240" w:rsidRDefault="00EF7240" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...46 lines deleted...]
-        <w:t>) тоже не способствует спокойствию детей.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мазасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала үшін жағымсыз салдар өзін-өзі бағалаудың төмендеуі, өзіне сенімсіздіктің өсуі, қателесу, бірдеңе істеу қорқынышы болып табылады, осыдан басқалардан тәуелділік, дәрменсіздік, барабар емес талаптар және т. б. пайда болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="00EF7240" w:rsidRDefault="00EF7240" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-        <w:t>Неблагоприятными последствиями для тревожного ребёнка являются снижение самооценки, рост неуверенности в себе, страх ошибиться, сделать что-то не так, отсюда возникает зависимость от других, несамостоятельность, неадекватные притязания и т.д.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мазасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалар басқалардан жиі мазасызданады, тапсырмаларға көңіл бөлмейді, шиеленіседі( бет, мойын, иық белдеуі аймағында бұлшық ет қысқыштары бар); тітіркендіргіш, нашар ұйықтайды және т. б.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
+    <w:p w:rsidR="00EF7240" w:rsidRDefault="00EF7240" w:rsidP="00BA135F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-        <w:t>Тревожные дети чаще, чем другие, испытывают беспокойство, плохо концентрируют внимание на заданиях, напряжены (имеют мышечные зажимы в области лица, шеи, плечевого пояса); раздражительны, плохо спят и т.д.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үлкендер де, педагогтар да, ата-аналар да мазасыз балалардың проблемаларын сезінуі, уақытылы алаңдаушылық танытуын түсінуі және балаларға өзіне сенімді болуға көмектесуі, әртүрлі жағдайларда өзін басқаруға үйретуі маңызды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
-[...64 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00BA135F" w:rsidRPr="00BA135F" w:rsidRDefault="00BA135F" w:rsidP="00BA135F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00723F7E" w:rsidRPr="00723F7E" w:rsidRDefault="00723F7E" w:rsidP="00723F7E">
-[...20 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="004C48E1" w:rsidRPr="00BA135F" w:rsidRDefault="004C48E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007352E2" w:rsidRDefault="007352E2"/>
-    <w:sectPr w:rsidR="007352E2" w:rsidSect="007352E2">
+    <w:sectPr w:rsidR="004C48E1" w:rsidRPr="00BA135F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00723F7E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007352E2"/>
+    <w:rsidRoot w:val="00BA135F"/>
+    <w:rsid w:val="0023435D"/>
+    <w:rsid w:val="004C48E1"/>
+    <w:rsid w:val="00BA135F"/>
+    <w:rsid w:val="00EF7240"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -753,150 +977,86 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007352E2"/>
-[...19 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...41 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="588658949">
+    <w:div w:id="1560478995">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -1162,50 +1322,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>707</Words>
-  <Characters>4032</Characters>
+  <Words>475</Words>
+  <Characters>2713</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Reanimator Extreme Edition</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4730</CharactersWithSpaces>
+  <CharactersWithSpaces>3182</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Принцесса и Беркут</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Пользователь Windows</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>