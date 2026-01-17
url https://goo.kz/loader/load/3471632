--- v0 (2025-12-13)
+++ v1 (2026-01-17)
@@ -1,11839 +1,12068 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="007800F5" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00B755F0" w:rsidRPr="00B755F0" w:rsidRDefault="00B755F0" w:rsidP="00B755F0">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Правил и условий проведения аттестации гражданских служащих в сфере образования и науки, а также Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного, начального, основного среднего, общего среднего, образовательные программы технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00C57A97" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B755F0">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 27 января 2016 года № 83.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00C57A97" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z1"/>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пунктом 7 статьи 139 Трудового кодекса Республики Казахстан от 23 ноября 2015 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-      <w:r w:rsidR="00B755F0">
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Утвердить прилагаемые:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) Правила и условия проведения аттестации гражданских служащих в сфере образования и науки согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 1 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) Правила и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного, начального, основного среднего, общего среднего, образовательные программы технического и профессионального, после</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 2 к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Признать утратившим силу</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказ исполняющего обязанности Министра образования и науки РК от 7 августа 2013 года №323 «Об утверждении Правил проведения и условий аттестации гражданских служащих в сфере образования и науки, а также Правил проведения и условий аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих образовательные учебные программы дошкольного, начального, основного среднего, общего среднего, технического и профессионального, после</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования» (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под №8678, опубликованный в газете «Казахстанская правда» от 26 сентября 2013 года №282 (27556)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Административному департаменту в установленном законодательством порядке (Каирбекова А.М.) обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодических печатных изданиях и Информационно-правовой системе «Әділет», а также в Республиканское государственное предприятие на праве хозяйственного ведения «Республиканский центр правовой информации Министерства юстиции Республики Казахстан» для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) размещение настоящего приказа на Интернет-ресурсе Министерства образования и науки РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки РК сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Контроль за исполнением настоящего приказа возложить на ответственного секретаря Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00C57A97" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z7"/>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57A97" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к приказу Министра образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00EF5E15" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 27 января 2016 года № 83</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00C57A97" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...500 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z8"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00B755F0">
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Білім және ғылым саласындағы азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила и условия проведения аттестации гражданских служащих</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в сфере образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00C57A97" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="z9"/>
       <w:bookmarkEnd w:id="2"/>
-    </w:p>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00961C92">
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z10"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00961C92">
-[...9 lines deleted...]
-      <w:r w:rsidR="00B32CA3">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Настоящие Правила и условия проведения аттестации гражданских служащих в сфере образования и науки (далее - Правила) разработаны в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00961C92">
-[...9 lines deleted...]
-      <w:r w:rsidR="00961C92">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пунктом 7 статьи 139 Трудового кодекса Республики Казахстан от 23 ноября 2015 года,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00961C92">
-[...9 lines deleted...]
-      <w:r w:rsidR="00961C92">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Закона Республики Казахстан «Об образовании» от 27 июля 2007 года и определяют порядок и условия проведения аттестации гражданских служащих в сфере образования и науки (далее - служащие).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Данные правила не распространяются на руководителей государственных предприятий, аттестация которых осуществляется в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00961C92">
-[...186 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказом Министра национальной экономики Республики Казахстан от 2 февраля 2015 года №70 «Об утверждении Правил назначения и аттестации руководителя государственного предприятия, а также согласования его кандидатуры», зарегистрированном в Реестре государственной регистрации нормативных правовых актов под № 10379.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Аттестация служащих - периодически осуществляемая процедура по определению уровня их профессиональной подготовки, деловых качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Основным критерием оценки при аттестации является способность служащих выполнять возложенные на них обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Задачами аттестации являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) обеспечение качества кадрового состава гражданской службы в сфере образования и науки РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) повышение личностно-профессиональной готовности гражданских служащих к реализации задач, определяемых гос</w:t>
+      </w:r>
+      <w:r w:rsidR="00151453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образовательной, научно-технической политикой, связанных с их служебной деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>3) қызмет шеңберінде білім беру жүйесінің азаматтық қызметшілерінің үздіксіз білім алуына ынталандыру.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007800F5" w:rsidRPr="00961C92" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+        <w:t>3) стимулирование к непрерывному образованию гражданского служащего системы образования в рамках служебной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z15"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00961C92">
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>2. Аттестаттауды өткізу тәртібі</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+        <w:t xml:space="preserve">2. Порядок проведения аттестации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="z16"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00961C92">
-[...393 lines deleted...]
-      <w:r w:rsidR="00B32CA3">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Аттестация включает в себя ряд последовательных этапов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) подготовка и проведение аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) собеседование со служащими, проводимое аттестационной комиссией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) вынесение решения аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Подготовка к проведению аттестации организуется кадровой службой государственных учреждений и казенных предприятий в сфере образования и науки (далее-аттестующий орган) по поручению его руководителя и включает следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) подготовку необходимых документов на аттестуемых;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) разработку графиков проведения аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) определение состава аттестационных комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) подготовку вопросов для проведения собеседования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Кадровая служба аттестующего органа один раз в течение шести месяцев определяет служащих, подлежащих аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Руководитель аттестующего органа по представлению кадровой службы органа издает приказ, которым утверждаются список аттестуемых лиц, график проведения аттестации и состав аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10. Кадровая служба аттестующего органа письменно уведомляет служащих о сроках проведения аттестации не позднее месяца до начала ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Непосредственный руководитель служащего, подлежащего аттестации, оформляет служебную характеристику и направляет ее в кадровую службу аттестующего органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12. Служебная характеристика содержит обоснованную, объективную оценку профессиональных, личностных качеств и результатов служебной деятельности аттестуемого служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>13. Кадровая служба аттестующего органа ознакамливает служащего с представленной на него служебной характеристикой в срок не позднее, чем за три недели до заседания аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>14. При несогласии с представленной на него служебной характеристикой, служащий предоставляет в кадровую службу аттестующего органа информацию, характеризующую его.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15. На аттестуемого служащего кадровой службой аттестующего органа оформляется аттестационный лист по форме, согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...463 lines deleted...]
-      <w:r w:rsidR="00B32CA3">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 1 к настоящим</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>16. Кадровая служба аттестующего органа направляет собранные аттестационные материалы в аттестационную комиссию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>17. Аттестационная комиссия создается руководителем аттестующего органа по представлению его кадровой службы и состоит из нечетного числа членов, не менее пяти человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Из числа членов аттестационной комиссии назначается председатель и секретарь. Председатель аттестационной комиссии руководит ее деятельностью, председательствует на ее заседаниях, планирует ее работу, осуществляет общий контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. В состав аттестационной комиссии включаются руководители структурных подразделений и кадровой службы аттестующего органа, представители профсоюза и совета коллегиального управления организацией, а также другие служащие. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Замещение отсутствующих членов аттестационной комиссии не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Секретарем аттестационной комиссии является представитель кадровой службы аттестующего органа, который определяется руководителем кадровой службы аттестующего органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Секретарь аттестационной комиссии подготавливает материалы, необходимые документы к заседанию аттестационной комиссии, оформляет и подписывает протокол после его проведения, осуществляет техническое обслуживание, обеспечивает функционирование аттестационной комиссии и не принимает участие в голосовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>19. Заседание аттестационной комиссии считается правомочным, если на нем присутствует не менее двух третей ее состава.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20. Результаты голосования определяются большинством голосов членов аттестационной комиссии. При равенстве голосов голос председателя аттестационной комиссии является решающим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>21. В случае несогласия члены аттестационной комиссии излагают свое особое мнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>22. Аттестационная комиссия проводит аттестацию в присутствии аттестуемого служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При неявке аттестуемого на заседание аттестационной комиссии по уважительной причине, рассмотрение вопроса его аттестации переносится на более поздний срок, указанный комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При отсутствии аттестуемого по неуважительной причине, назначается повторная аттестация. При повторной неявке по неуважительной причине государственный служащий считается неаттестованным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23. В ходе заседания аттестац</w:t>
+      </w:r>
+      <w:r w:rsidR="00151453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссия изучает представленные материалы, заслушивает аттестуемое лицо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вопросы, задаваемые аттестуемому лицу, направлены на выявление уровня его компетентности в вопросах профессиональной подготовки, деловых качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обсуждение профессиональных, деловых и личностных качеств аттестуемого лица проходит в обстановке объективности, корректности и доброжелательности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24. По результатам изучения представленных материалов и собеседования со служащим каждым членом аттестационной комиссии заполняется оценочный лист на аттестуемого служащего, согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 2 к настоящим Правилам, после чего аттестационная комиссия принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) соответствует занимаемой должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) подлежит повторной аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2) қайта аттестаттауға жатады.</w:t>
-[...251 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>25. Аттестационная комиссия для проведения аттестации служащего, занимающего должность руководителя организации, создается должностным лицом, имеющим право его назначения на эту должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>26. Решение аттестационной комиссии принимается открытым голосованием. Проходящий аттестацию служащий, входящий в состав аттестационной комиссии, в голосовании относительно себя не участвует.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>27. Повторная аттестация проводится через три месяца со дня проведения первоначальной аттестации в порядке, определенном настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестационная комиссия, проведя повторную аттестацию, принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 соответствует занимаемой должности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 не соответствует занимаемой должности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>28. Служащий ознакамливается с решением аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>29. Решения аттестац</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссии утверждаются лицом, имеющим право назначения на должность и оформляется протоколом, который подписывается членами аттестационной комиссии, присутствовавшими на ее заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30. Утвержденные решения аттестационной комиссии заносятся в аттестационные листы служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>31. Аттестационный лист служащего, прошедшего аттестацию, и служебная характеристика на него хранятся в личном деле. Утвержденное руководителем организации решение аттестационной комиссии также заносится в послужной список служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00051D8C" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="z42"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00051D8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Условия аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00051D8C" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="z43"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00B755F0">
-[...1451 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00051D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>32. Аттестации подлежат все служащие, за исключением находящихся в отпуске по беременности и родам и отпуске без сохранения заработной платы по уходу за ребенком до достижения им возраста трех лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00051D8C" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00051D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>33. Служащие проходят аттестацию по истечении каждых последующих трех лет пребывания на гражданской службе, но не ранее шести месяцев со дня занятия данной должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00051D8C" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00051D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом аттестация проводится не позднее шести месяцев со дня наступления указанного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00051D8C" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00051D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Служащие, находящиеся в отпуске по уходу за детьми, аттестуются не ранее, чем через шесть месяцев после выхода на службу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00051D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестация служащих, по их заявлению, проводится до истечения указанных сроков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00C57A97" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="z45"/>
       <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00EF5E15">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B755F0" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Білім және ғылым саласындағы</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B755F0" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57A97" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B755F0">
-[...10 lines deleted...]
-    <w:p w:rsidR="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Правилам и условиям проведения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B755F0">
-[...10 lines deleted...]
-    <w:p w:rsidR="007800F5" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестации гражданских служащих</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...42 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сфере образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00EF5E15" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Аттестаттауға жататын азаматтық</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B755F0">
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z46"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>Аттестационный лист на гражданского служащего,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>қызметшіні аттестаттау парағы</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+        <w:t>подлежащего аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вид аттестации: очередная -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="330200" cy="254000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name=""/>
+            <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="330200" cy="254000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; повторная - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="330200" cy="254000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name=""/>
+            <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="330200" cy="254000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(нужное отметить знаком </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Ф.И.О. (при его наличии)___</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Дата рождения «___» __________ _______ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Сведения об образовании, о повышении квалификации,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...67 lines deleted...]
-      <w:r w:rsidRPr="00961C92">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>переподготовке (когда и какое учебное заведение окончил,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>специальность и квалификация по образованию, документы о повышении</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>квалификации, переподготовке, ученая степень, ученое звание, дата их</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>присвоения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      <w:r w:rsidR="00961C92">
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Занимаемая должность и дата назначения, квалификационная</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>категория (разряд)__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Общий трудовой стаж ___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Общий стаж работы на должностях государственного и</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гражданского служащего</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Замечания и предложения, высказанные членами аттестационной</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">комиссии: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Мнение аттестуемого:______</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Оценка деятельности гражданского служащего непосредственным</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>руководителем согласно служебной характеристике аттестуемого______</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10. На заседании присутствовало ___</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>членов аттестационной</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Оценка деятельности гражданского служащего по результатам</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>голосования согласно прилагаемому оценочному листу, заполняемому</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>каждым членом аттестационной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) соответствует занимаемой должности (количество голосов)</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) подлежит повторной аттестации (количество голосов)____</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________:*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) не соответствует занимаемой должности (количество голосов)__</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12. Квалификационная категория (разряд):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) соответствует _________ прописью) квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>категории (разряду) (количество голосов)</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (по каждой квалификационной категории (разряду) отдельно)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) отсутствуют основания для установления квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">категории (разряда) (количество голосов) </w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Итоговая оценка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (квалификационная категория (разряд) с цифровым обозначением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>указывается прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>13. Рекомендации аттестационной комиссии (с указанием мотивов,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по которым они даются)</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>14. Примечания ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Председатель аттестационной комиссии:____</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Секретарь аттестационной комиссии: _________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-    </w:p>
-[...122 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Члены аттестационной комиссии: ______________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00961C92">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          _</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="007803D0" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="007803D0" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="007803D0" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="007803D0" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRPr="00EF5E15" w:rsidRDefault="00EF5E15" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата проведения аттестации «____» ___________ 20 _____ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Решение руководителя организации по итогам аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
-[...148 lines deleted...]
-      <w:r w:rsidR="00961C92">
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С аттестационным листом ознакомился: ________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...628 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                               </w:t>
-[...269 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись гражданского служащего и дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRPr="00EF5E15" w:rsidRDefault="00EF5E15" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место для печати организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00151453">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>* оценка при проведении повторной аттестации не выставляется</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRPr="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z47"/>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Правилам и условиям проведения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                            </w:t>
-[...657 lines deleted...]
-    <w:p w:rsidR="00B755F0" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+        <w:t>аттестации гражданских служащих</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...115 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в сфере образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Аттестаттаудан өтетін азаматтық</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B755F0">
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z48"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>қызметшіні аттестаттау парағы</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+        <w:t xml:space="preserve">Оценочный лист на гражданского служащего, подлежащего аттестации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (заполняется членом аттестационной комиссии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вид аттестации: очередная -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="330200" cy="254000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name=""/>
+            <wp:docPr id="4" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="330200" cy="254000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="004A4A07">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; повторная - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="330200" cy="254000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="5" name=""/>
+            <wp:docPr id="5" name="Рисунок 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="330200" cy="254000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
-[...46 lines deleted...]
-      <w:r w:rsidR="004A4A07" w:rsidRPr="00B755F0">
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(нужное отметить знаком </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии)________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Должность __________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Оценка аттестуемого__________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(отлично, хорошо, удовлетворительно, неудовлетворительно)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Решение члена аттестационной комиссии (одно из перечисленных:</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствует занимаемой должности; подлежит повторной аттестации*;</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>не соответствует занимаемой должности):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обоснование членом аттестационной комиссии своего решения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
-      <w:r w:rsidR="004A4A07">
-[...9 lines deleted...]
-      <w:r w:rsidR="004A4A07" w:rsidRPr="00B755F0">
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...33 lines deleted...]
-      <w:r w:rsidR="004A4A07">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="007803D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Соответствует квалификационной категории (разряду) ________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Отсутствуют основания для установления квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (разряда)____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обоснование: ___________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Член аттестационной комиссии __________</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...431 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                             </w:t>
-[...63 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.(при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Секретарь аттестационной комиссии ____</w:t>
+      </w:r>
+      <w:r w:rsidR="007803D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                              </w:t>
-[...70 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.(при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата «__» __________ 20 ______ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007803D0" w:rsidRDefault="007803D0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>* при проведении повторной аттестации не выносится</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z49"/>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00C57A97" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57A97" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к приказу Министра образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00440065" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B755F0" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00B755F0">
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00440065" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...116 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 27 января 2016 года № 83</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440065" w:rsidRDefault="00440065" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="z50"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="004A4A07">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00440065">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила и условия проведения аттестации педагогических</w:t>
+      </w:r>
+      <w:r w:rsidR="00440065">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работников и приравненных к ним лиц, занимающих должности в</w:t>
+      </w:r>
+      <w:r w:rsidR="00440065">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организациях образования, реализующих образовательные программы дошкольного, начального, основного среднего, общего</w:t>
+      </w:r>
+      <w:r w:rsidR="00440065">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего, технического и профессионального,</w:t>
+      </w:r>
+      <w:r w:rsidR="00440065">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00C57A97" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z51"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z52"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Настоящие Правила и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих образовательные программы дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования (далее - Правила) разработаны в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A4A07">
-[...9 lines deleted...]
-      <w:r w:rsidR="00B32CA3">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пунктом 7 статьи 139 Трудового кодекса Республики Казахстан от 23 ноября 2015 года,</w:t>
+      </w:r>
+      <w:r w:rsidR="00440065">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A4A07">
-[...225 lines deleted...]
-      <w:r w:rsidR="00B32CA3">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Закона Республики Казахстан «Об образовании» от 27 июля 2007 года (далее – Закон) и определяют порядок и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих образовательные программы дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Данные правила не распространяются на руководителей государственных предприятий, аттестация которых осуществляется в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidR="00440065">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...235 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказом Министра национальной экономики РК от 2 февраля 2015 года №70 «Об утверждении Правил назначения и аттестации руководителя государственного предприятия, а также согласования его кандидатуры» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10379).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. В настоящих Правилах применяются следующие термины и определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) аттестационная комиссия - коллегиальный орган, уполномоченный проводить процедуру аттестации и процедуру присвоения (подтверждения) квалиф</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>категорий педагогическим работникам и приравненным к ним лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) квалификационная категория - уровень требований к квалификации работника, отражающий результативность выполнения работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) квалификационное тестирование (далее - тестирование) - один из обязательных этапов при досрочной аттестации педагогич</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работников, который проводится для определения уровня профессиональной компетентности по тестам, разработанным Национальным центром тестирования Министерства образования и науки РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) организация повышения квалификации - организация образования, реализующая образовательные программы повышения квалификации педагогических работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) аттестация пед</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работников и приравненных к ним лиц на присвоение (подтверждение) квалификационной категории - порядок последовательных действий, фиксирующий комплексную оценку профессиональных компетенций работника, необходимых для выполнения профессиональной деятельности по специальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) комплексное аналитическое обобщение итогов деятельности - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>овокупность профессиональной компетентности педагогического работника, на основе системного, последовательного и объективного изучения его профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) педагогические работники и приравненные к ним лица - лица, занимающие должности, указанные в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>перечне должностей педагогических работников и приравненных к ним лиц, утвержденном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением Правительства Республики Казахстан от 30 января 2008 года №77 «Об утверждении Типовых штатов работников государственных организаций образования и перечня должностей педагогических работников и приравненных к ним лиц»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) экспертиза - комплексная оценка уровня профессионализма педагога и результатов пед</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9) экспертная группа - независимый коллегиальный орган, сформированный из числа научно-педагогических работников системы повышения квалификации для оценки уровня профессионализма педагогического работника и степени соответствия квалификационным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Аттестация проводится с целью определения соответствия педагогического работника и приравненных к ним лиц квалификационным требованиям на основе оценки его профессиональной компетентности, а также для обеспечения единого подхода при проведении аттестации педагогических работников организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Задачами аттестации являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) обеспечение высокого качества кадрового состава педагогических работников и приравненных к ним лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) повышение личностно-профессиональной готовности педагогических работников и приравненных к ним лиц к реализации задач, определяемых гос</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образовательной политикой, связанных с их служебной деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) стимулирование к непрерывному образованию педагогических работников и приравненных к ним лиц в рамках служебной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Основными принципами аттестации педагогических работников и приравненных к ним лиц являются коллегиальность, открытость, системность, прозрачность, объективность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z67"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>2. Аттестаттау комиссиялары, олардың құрамы мен өкілеттіктері</w:t>
-[...71 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+        <w:t>2. Аттестационные комиссии, их состав и полномочия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z68"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Для проведения аттестации пед</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работников и приравненных к ним лиц на присвоение (подтверждение) квалиф</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>категорий создаются аттестационные комиссии в организациях образования, районных (городских) отделах, управлениях образования областей, городов Астана и Алматы, в уполномоченном органе в области образования (для республиканских подведомственных организаций), в уполномоченных органах соответствующей отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8. В состав аттестационной комиссии включаются председатель аттестационной комиссии, заместитель председателя, секретарь и члены аттестационной комиссии. В аттестационную комиссию входят наиболее опытные педагогические работники организаций образования, представители научно-педагогических структур, учебно-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>органдарының мамандары, Ұлттық кәсіпкерлер палатасының өкілдері (техникалық және кәсіптік, орта білімнен кейінгі білім үшін) кіреді.</w:t>
-[...457 lines deleted...]
-      <w:r w:rsidR="00B32CA3">
+        <w:t>методических объединений, системы повышения квалификации, профсоюзов, производственных структур (для технического и профессионального, послесреднего образования, либо другими формами коллегиального управления), кадровых служб, специалисты органов управления образованием, представители Национальной палаты предпринимателей (для технического и профессионального, послесреднего образования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Аттестационная комиссия состоит из нечетного количества членов. Аттестуемый работник, являющийся членом аттестационной комиссии, не принимает участие в голосовании при рассмотрении своей кандидатуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10. Состав аттестационной комиссии организации образования определяется соответствующим коллегиальным органом (педагогический совет школы, учебных заведений технического и профессионального, послесреднего образования) и утверждается приказом руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Состав аттестационной комиссии органа управления образованием утверждается приказом руководителя органа управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12. Заседания аттестационной комиссии протоколируются секретарем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В протоколах фиксируются решения и результаты голосования членов аттестационной комиссии. Протокол заседания аттестационной комиссии подписывается председателем, заместителем председателя, секретарем и членами аттестационной комиссии, присутствовавшими на заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Решение аттестационной комиссии считается принятым при присутствии на заседании не менее 2/3 ее членов. Результаты голосования определяются большинством голосов членов аттестационной комиссии, принявших участие в итоговом заседании. При равенстве количества голосов решающим является голос председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>13. Аттестацию руководителей и заместителей руководителей организаций образования областного подчинения проводят аттестационные комиссии управлений образования областей, городов Астаны и Алматы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестацию руководителей и заместителей республиканских подведомственных организаций образования проводит уполномоченный орган в области образования, в других государственных органах, имеющих организации образования в своем ведомстве, проводят уполномоченные органы соответствующей отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестацию руководителей организаций образования, заместителей руководителей организаций образования проводят аттестационные комиссии районных (городских) отделов образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>14. Аттестационные комиссии в процессе аттестации осуществляют следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) определяют место и дату проведения всех этапов аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) рассматривают и анализируют итоги деятельности аттестуемых заместителей, руководителей организаций образования, руководителей структурных подразделений организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) объективно оценивают профессиональную компетентность аттестуемого;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) соблюдают законность, проявляют доброжелательность, тактичность и корректность при проведении собеседования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) обеспечивают информационное сопровождение организации и проведения аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15. Аттестационные комиссии соответствующих уровней в процессе присвоения (подтверждения) квалификационных категорий педагогическим работникам осуществляют следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) аттестац</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссия организации образования на основании заключения экспертной группы утверждает вторую квалиф</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>категорию, формирует материалы педагогов для присвоения (подтверждения) первой и высшей категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) аттестационная комиссия районного (городского) отдела образования на основании заключения экспертной группы утверждает первую квалификационную категорию педагогов организаций дошкольного воспитания и обучения, начального, основного среднего, общего среднего, дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) аттестационная комиссия управления образования областей, городов Астана и Алматы на основании заключения экспертной группы утверждает высшую квалиф</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>категорию педагогов организаций дошкольного воспитания и обучения, начального, основного среднего, общего среднего, дополнительного, специального (коррекционного) образования, утверждает первую и высшую категории педагогов организаций технического и профессионального, послесреднего образования, а также организаций образования областного подчинения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57A97" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестационная комиссия уполномоченных государственных органов соответствующей отрасли в области образования утверждает первую и высшую квалификационную категории педагогическим работникам республиканских подведомственных организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестационная комиссия отраслевых государственных органов утверждает первую и высшую квалификационную категорию педагогическим работникам организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z77"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>3. Аттестаттауды өткізу</w:t>
-[...123 lines deleted...]
-      <w:r w:rsidR="00B32CA3">
+        <w:t>3. Проведение аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z78"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>16. Аттестация педагогических работников осуществляется одноэтапно путем комплексного аналитического обобщения итогов деятельности педагогического работника согласно квалификационным характеристикам должностей педагогических работников. При этом определяются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) выполнение государственных общеобязательных стандартов соответствующего уровня образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) соблюдение квалификационных требований, предъявляемых к уровню квалификации педагогического работника, в соответствии с заявленной квалификационной категорией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) выполнение в своей профес</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деятельности требований нормативных правовых актов РК в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>17. Педагогический работник проходит аттестацию на присвоение (подтверждение) квалификационных категорий в соответствии со</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...105 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>статьей 51 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>18. Аттестация педагогического работника осуществляется в соответствии со специальностью, указанной в дипломе об образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае преподавания дисциплин, указанных в дипломе об образовании как одна специальность, аттестация педагогического работника проводится по основной должности с указанием предметов в соответствии с указанной в дипломе специальностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>бұрын алған санаты сақталады, ал аттестаттау біліктілігін арттыру туралы тиісті сертификат болған кезде жалпы негіз бойынша өткізіледі.</w:t>
-[...764 lines deleted...]
-      <w:r w:rsidRPr="00B755F0">
+        <w:t>19. Для педагогических работников малокомплектных школ в случае преподавания дисциплин, не указанных в дипломе, аттестация проводится по занимаемой должности при наличии удостоверения или</w:t>
+      </w:r>
+      <w:r w:rsidR="00895E1B" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сертификата о профессиональном обучении на курсах переподготовки с присвоением соответствующей квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае преподавания педагогом дисциплин, по которым не осуществляется профессиональная подготовка специалистов в высших учебных заведениях (далее - вуз) или организациях образования технического и профессионального, послесреднего образования, за ним сохраняется ранее полученная категория, а аттестация проводится на общих основаниях при наличии соответствующего сертификата о повышении квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Пед</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работники специальных и специальных (коррекционных) организаций образования, специальных классов (групп) проходят аттестацию по специальности, указанной в дипломе об образовании. В случае ведения деятельности в специальных и специальных (коррекционных) организациях образования, специальных классах (групп) не по специальности, указанной в дипломе об образовании, аттестация проводится по занимаемой должности на основании сертификата, полученного в результате прохождения курсов переподготовки в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогические работники, преподающие в специальных (коррекционных) организациях образования дисциплины, указанные в дипломе, аттестуются по преподаваемым дисциплинам на основании сертификата, полученного в результате прохождения переподготовки в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестация педагогических работников общеобразовательных школ, реализующих инклюзивное образование, проходит в соответствии с указанной в дипломе специальностью и с учетом прохождения курсов повышения квалификации по дополнительным дисциплинам (специальная педагогика, специальная психология и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="002B1BA1" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестация пед</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работников организаций образования отраслевых государственных органов осуществляется аттестационными комиссиями организаций образо</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вания и соответствующих государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При отсутствии квалифицированных специалистов в отраслевых государственных органах руководитель организации обращается с ходатайством об аттестации пед</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работников в гос</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>21. Педагогические работники, претендующие на досрочную аттестацию, проходят аттестацию в два этапа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) первый этап - квалификационное тестирование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) второй этап - аналитическое обобщение итогов деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Число тестовых вопросов составляет 60:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) знание законодательства Республики Казахстан - 20 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) основы педагогики и психологии - 20 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) основы предметных знаний - 20 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Общее время тестирования составляет 120</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут, за исключением педагог.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работников, тестируемых по основам предметных знаний по математике, физике, химии, для которых общее время тестирования составляет 150 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Результат тестирования считается положительным при получении не менее 70% правильных ответов по основам предметных знаний, 50% - по основам педагогам и психологии, 50% - по законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Пед</w:t>
+      </w:r>
+      <w:r w:rsidR="0027289E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работники, показавшие отрицательные результаты тестирования или отсутствовавшие по уважительным причинам, проходят повторное тестирование в срок не позднее двух месяцев после первого тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уважительными причинами являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) потеря трудоспособности на длительное время (не более двух месяцев);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) нахождение в отпуске по беременности и родам, уходу за ребенком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) нахождение в командировке по специальности за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогические работники, получившие при повторном тестировании отрицательный результат, не допускаются ко второму этапу аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата проведения тестирования сообщается педагогическому работнику не позднее, чем за 2 недели до проведения процедуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тестирование проводится с 15 октября по 15 декабря в соответствии с графиками, утвержденными управлениями образования областей, городов Астаны и Алматы, уполномоченный орган в области образования, отраслевыми государственными органами, имеющими в своем ведении организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Лица, перешедшие с производства на педагогическую работу в организации технического и профессионального, послесреднего образования от квалификационного тестирования освобождаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>22. Руководители организаций образования, их заместители, руководители структурных подразделений организации образования, методические работники, работники отделов и управлений образования, государственные и гражданские служащие, другие лица, ведущие преподавательскую работу по совместительству, аттестуются по преподаваемому предмету на общих основаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23. Квалификационные категории педагогического работника и приравненных к ним лиц сохраняются за ними в течение пяти лет на всей территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При переходе на новое место работы в педагогической отрасли в пределах Республики Казахстан за педагогическим работником сохраняется имеющаяся квалификационная категория до истечения срока ее действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24. На аттестацию (очередная и досрочная) в следующем уч</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>году до 25 мая текущего года</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пед.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работники дошк</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитания и обучения, начального, основного среднего и общего среднего, специального, дополнительного, специального, коррекционного, технического и профессионального, послесреднего образования в аттестац</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссию организации образования подают заявление по форме согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>25. Списочный состав аттестуемых педагогических работников утверждается решением коллегиального органа организации образования ежегодно до 10 июня и представляется в районные (городские) отделы образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления образования областей, городов Астана и Алматы, уполномоченный орган в области образования (для республиканских подведомственных организаций).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>26. Анализ итогов деятельности аттестуемых педагогических работников на соответствие заявленной квалификационной категории проводят экспертные группы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>педагог қызметкерлері, біліктілікті арттыру жүйелері, өндірістік құрылымдардың, қоғамдық ұйымдардың, кәсіподақтардың, ата-аналар қауымдастығының өкілдері кіреді;</w:t>
-[...780 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
+        <w:t>на вторую квалификационную категорию - экспертные группы, организуемые на уровне организации образования, в состав которой входят: представители методических объединений, предметно-цикловых комиссий, кафедр, методисты, опытные педагогические работники организаций образования, представители производственных структур, общественных организаций, профсоюзов, родительской общественности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на первую квалификационную категорию - экспертные группы, организуемые на уровне района (города), в состав которых входят: методисты методических кабинетов, руководители методических объединений, опытные педагогические работники района (города), системы повышения квалификации, представители производственных структур, общественных организаций, профсоюзов, родительской общественности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на первую квалификационную категорию педагогических работников организаций образования областного значения и высшую квалификационную категорию - экспертные группы, организуемые на уровне области, в состав которых входят: представители методических кабинетов, системы повышения квалификации, производственных структур, общественных организаций, профсоюзов, опытные педагогические работники области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895E1B" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В состав экспертной группы уполномоченного органа в области образования (для республиканских подведомственных организаций) входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64E8" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>методисты методических кабинетов (центров), представители системы повышения квалификации, опытные педагоги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>27. Комплексное аналитическое обобщение итогов деятельности педагогического работника проводится экспертными группами ежегодно с 1 января по 31 марта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>28. Для установления соответствия деятельности педагогического работника заявленной квалификационной категории на рассмотрение экспертных групп представляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) заявление на аттестацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) копии документов, необходимых для обязательного представления всеми аттестуемыми педагогическими работниками:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>диплом об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документ, подтверждающий трудовую деятельность работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>удостоверение о ранее присвоенной квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документы о прохождении курсов повышения квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) сведения о профессиональных достижениях (при их наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>материалы обобщения педагогического опыта: эссе, творческий отчет, самоанализ профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документы, свидетельствующие о научно-методической деятельности педагога: участие в научно-практических конференциях, творческих конкурсах, семинарах, круглых столах, педагогических чтениях различного уровня; копии публикаций научно-методических материалов в периодической печати, средствах массовой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>итоги независимой оценки профессиональной компетентности педагогического работника: отзывы, результаты анкетирования обучающихся и воспитанников, родителей, коллег и администраци</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, отзывы со стороны руководителей баз практик, работодателей, информация о поступлениях в вуз или трудоустройстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>результаты педагогической деятельности: документы, подтверждающие участие педагогического работника, обучающихся и воспитанников в учебных, творческих, спортивных, предметных олимпиадах, конкурсах, смотрах, соревнованиях, играх; наградные материалы педагогического работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>динамика результативности профессиональной деятельности работника за последние три года (при досрочной аттестации - 1-2 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64E8" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>29. Анализ итогов деятельности аттестуемого педагогического работника фиксируется протоколом заседания экспертной группы. По каждому педагогическому работнику организации образования экспертная группа делает заключение (рекомендовать (не рекомендовать) для аттестации), которое предоставляется аттестационной комиссии организации образования ежегодно не позднее 31 марта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30. На рассмотрение аттестационных комиссий всех уровней представляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) заявление на аттестацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) копия</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3C6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) копия диплома об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) копия</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3C6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документа о повышении квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) копия</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3C6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документа, подтверждающего трудовую деятельность работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) копия удостоверения о ранее присвоенной квалификационной категории (кроме педагогических работников, перешедших из организации высшего образования и не имеющих квалификационных категорий);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) заключение экспертной группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>31. По каждому педагогическому работнику организации образования аттестационная комиссия выносит одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) аттестован;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) не аттестован.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>32. Решение об отклонении присвоения (подтверждения) квалификационной категории педагогическому работнику оформляется отдельным протоколом с подробным обоснованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>33. При принятии аттестационной комиссией решения «не соответствует требованиям квалификационной категории» квалификационная категория снижается на один уровень, а в случае досрочной аттестации за ним сохраняется имеющаяся квалификационная категория до завершения срока ее действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00151453">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>34. Решение о снижении квалификационной категории, соответственно, оплаты труда оформляется приказом руководителя организации образования на основании решения аттестационной комиссии.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z97"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidR="00DA239D" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Правилам и условиям проведения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестации педагогических работников и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приравненных к ним лиц, занимающих должности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в организациях образования, реализующих</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образовательные программы дошкольного,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>начального, основного среднего, общего среднего,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>технического и профессионального,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA239D" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">послесреднего образования проведения аттестации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогических работников и приравненных к ним лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="002B1BA1" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRDefault="00AD32C0" w:rsidP="002B1BA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD32C0" w:rsidRPr="00EF5E15" w:rsidRDefault="00AD32C0" w:rsidP="002B1BA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00AD32C0" w:rsidP="00AD32C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...26 lines deleted...]
-      <w:r w:rsidR="004A4A07">
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00AD32C0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование аттестационной комиссии по подтверждению/присвоению</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...224 lines deleted...]
-      <w:r w:rsidR="002D2F7E">
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>категорий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00AD32C0" w:rsidP="00AD32C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...14 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00AD32C0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                </w:t>
-[...60 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия, имя и отчество педагога (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00AD32C0" w:rsidP="00AD32C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                             </w:t>
-[...67 lines deleted...]
-      </w:pPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                               </w:t>
-[...264 lines deleted...]
-      <w:r w:rsidR="00473F61" w:rsidRPr="00B755F0">
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRDefault="00AD32C0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRPr="00EF5E15" w:rsidRDefault="002B1BA1" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z98"/>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прошу аттестовать меня в 20 ______ году на</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00AD32C0" w:rsidP="00AD32C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>квалификационную категорию по должности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00AD32C0" w:rsidP="00AD32C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B755F0">
-[...76 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящее время имею __ категорию, действительную до ______ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Основанием считаю следующие результаты работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00DF52F3" w:rsidP="00AD32C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD32C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD32C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="002B1BA1" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRPr="00EF5E15" w:rsidRDefault="002B1BA1" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3494"/>
-        <w:gridCol w:w="3407"/>
         <w:gridCol w:w="3521"/>
+        <w:gridCol w:w="3361"/>
+        <w:gridCol w:w="3540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidTr="00D71BDC">
+      <w:tr w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidTr="002B1BA1">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="002B1BA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B755F0">
+            <w:r w:rsidRPr="00EF5E15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD32C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF5E15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD32C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF5E15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="002B1BA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B755F0">
+            <w:r w:rsidRPr="00EF5E15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD32C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF5E15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="002B1BA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B755F0">
+            <w:r w:rsidRPr="00EF5E15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандық</w:t>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD32C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF5E15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD32C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF5E15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidTr="00D71BDC">
+      <w:tr w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidTr="002B1BA1">
         <w:trPr>
-          <w:trHeight w:val="345"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="007800F5" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00AC3500" w:rsidP="002B1BA1">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="007800F5" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00AC3500" w:rsidP="002B1BA1">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4667" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="007800F5" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00AC3500" w:rsidP="002B1BA1">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D71BDC" w:rsidRDefault="00D71BDC" w:rsidP="00B755F0">
-[...40 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="002B1BA1" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стажработы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRPr="002B1BA1" w:rsidRDefault="002B1BA1" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2481"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2592"/>
+        <w:gridCol w:w="2457"/>
+        <w:gridCol w:w="2637"/>
+        <w:gridCol w:w="2685"/>
+        <w:gridCol w:w="2643"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidTr="00D71BDC">
+      <w:tr w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidTr="002B1BA1">
         <w:trPr>
-          <w:trHeight w:val="345"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3500" w:type="dxa"/>
+            <w:tcW w:w="3571" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="002B1BA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B755F0">
+            <w:r w:rsidRPr="00EF5E15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Жалпы</w:t>
+              <w:t>Общий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3500" w:type="dxa"/>
+            <w:tcW w:w="3428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="002B1BA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B755F0">
+            <w:r w:rsidRPr="00EF5E15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Мамандық бойынша</w:t>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD32C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF5E15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3500" w:type="dxa"/>
+            <w:tcW w:w="3429" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="002B1BA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B755F0">
+            <w:r w:rsidRPr="00EF5E15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық</w:t>
+              <w:t>Педагогический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3500" w:type="dxa"/>
+            <w:tcW w:w="3572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="00135E42" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00DF52F3" w:rsidP="002B1BA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B755F0">
+            <w:r w:rsidRPr="00EF5E15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Осы білім беру ұйымында</w:t>
+              <w:t>В данной</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD32C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF5E15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD32C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF5E15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidTr="00D71BDC">
+      <w:tr w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidTr="002B1BA1">
         <w:trPr>
-          <w:trHeight w:val="345"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3500" w:type="dxa"/>
+            <w:tcW w:w="3571" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="007800F5" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00AC3500" w:rsidP="002B1BA1">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3500" w:type="dxa"/>
+            <w:tcW w:w="3428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="007800F5" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00AC3500" w:rsidP="002B1BA1">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3500" w:type="dxa"/>
+            <w:tcW w:w="3429" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="007800F5" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00AC3500" w:rsidP="002B1BA1">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3500" w:type="dxa"/>
+            <w:tcW w:w="3572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007800F5" w:rsidRPr="00B755F0" w:rsidRDefault="007800F5" w:rsidP="00D71BDC">
+          <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00AC3500" w:rsidP="002B1BA1">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D71BDC" w:rsidRDefault="00D71BDC" w:rsidP="00B755F0">
-[...75 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="002B1BA1" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Награды, звания, ученая степень, ученое звание с указанием года</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получения (присвоения) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00AD32C0" w:rsidP="00AD32C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                  </w:t>
-[...19 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00AD32C0" w:rsidP="00AD32C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                </w:t>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00DF52F3" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С Правилами проведения аттестации ознакомлен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD32C0" w:rsidRDefault="00AD32C0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00AD32C0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                               </w:t>
-[...13 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+        <w:t xml:space="preserve">                                                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«____» __________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1BA1" w:rsidRDefault="00AD32C0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidRDefault="00AD32C0" w:rsidP="00EF5E15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF52F3" w:rsidRPr="00EF5E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00AC3500" w:rsidRPr="00EF5E15" w:rsidSect="009A6066">
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="11"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00D86804" w:rsidRDefault="00D86804" w:rsidP="004A4A07">
+    <w:p w:rsidR="00920615" w:rsidRDefault="00920615" w:rsidP="009A6066">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00D86804" w:rsidRDefault="00D86804" w:rsidP="004A4A07">
+    <w:p w:rsidR="00920615" w:rsidRDefault="00920615" w:rsidP="009A6066">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="21039512"/>
+      <w:id w:val="24001113"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="004A4A07" w:rsidRPr="004A4A07" w:rsidRDefault="004A4A07" w:rsidP="004A4A07">
+      <w:p w:rsidR="009A6066" w:rsidRPr="009A6066" w:rsidRDefault="00A91683" w:rsidP="009A6066">
         <w:pPr>
           <w:pStyle w:val="af0"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="004A4A07">
+        <w:r w:rsidRPr="009A6066">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="004A4A07">
+        <w:r w:rsidR="009A6066" w:rsidRPr="009A6066">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="004A4A07">
+        <w:r w:rsidRPr="009A6066">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B32CA3">
+        <w:r w:rsidR="00051D8C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidRPr="004A4A07">
+        <w:r w:rsidRPr="009A6066">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00D86804" w:rsidRDefault="00D86804" w:rsidP="004A4A07">
+    <w:p w:rsidR="00920615" w:rsidRDefault="00920615" w:rsidP="009A6066">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00D86804" w:rsidRDefault="00D86804" w:rsidP="004A4A07">
+    <w:p w:rsidR="00920615" w:rsidRDefault="00920615" w:rsidP="009A6066">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="007800F5"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00D86804"/>
+    <w:rsidRoot w:val="00AC3500"/>
+    <w:rsid w:val="00051D8C"/>
+    <w:rsid w:val="00151453"/>
+    <w:rsid w:val="001C3C6C"/>
+    <w:rsid w:val="0027289E"/>
+    <w:rsid w:val="002B1BA1"/>
+    <w:rsid w:val="003353CE"/>
+    <w:rsid w:val="00440065"/>
+    <w:rsid w:val="004C42AA"/>
+    <w:rsid w:val="004D3799"/>
+    <w:rsid w:val="00517713"/>
+    <w:rsid w:val="005507BB"/>
+    <w:rsid w:val="006F64E8"/>
+    <w:rsid w:val="007803D0"/>
+    <w:rsid w:val="00895E1B"/>
+    <w:rsid w:val="00920615"/>
+    <w:rsid w:val="009A6066"/>
+    <w:rsid w:val="00A5308A"/>
+    <w:rsid w:val="00A91683"/>
+    <w:rsid w:val="00AC3500"/>
+    <w:rsid w:val="00AD32C0"/>
+    <w:rsid w:val="00B33DFE"/>
+    <w:rsid w:val="00C57A97"/>
+    <w:rsid w:val="00DA239D"/>
+    <w:rsid w:val="00DD5F01"/>
+    <w:rsid w:val="00DF52F3"/>
+    <w:rsid w:val="00E97F73"/>
+    <w:rsid w:val="00EB4F92"/>
+    <w:rsid w:val="00EF5E15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:unhideWhenUsed="0"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
@@ -11999,513 +12228,510 @@
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:ind w:left="86"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Подзаголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="5B9BD5" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:after="300"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007800F5"/>
+    <w:rsid w:val="00EB4F92"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="007800F5"/>
+    <w:rsid w:val="00EB4F92"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="007800F5"/>
+    <w:rsid w:val="00EB4F92"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="007800F5"/>
+    <w:rsid w:val="00EB4F92"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00135E42"/>
+    <w:rsid w:val="006F64E8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00135E42"/>
+    <w:rsid w:val="006F64E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004A4A07"/>
+    <w:rsid w:val="009A6066"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004A4A07"/>
+    <w:rsid w:val="009A6066"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0369B37-D874-4A01-AEF3-498E063546E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>36440</Characters>
+  <Pages>1</Pages>
+  <Words>6610</Words>
+  <Characters>37677</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>303</Lines>
-  <Paragraphs>85</Paragraphs>
+  <Lines>313</Lines>
+  <Paragraphs>88</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42747</CharactersWithSpaces>
+  <CharactersWithSpaces>44199</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>