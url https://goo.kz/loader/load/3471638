--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -2,30813 +2,7188 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00AE05F5" w:rsidRDefault="009E54EF" w:rsidP="003C43EF">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00F337D3" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...7 lines deleted...]
-        </w:tabs>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О языках в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRPr="00BE0403" w:rsidRDefault="00BE0403" w:rsidP="00BE0403">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE05F5" w:rsidRPr="003C43EF" w:rsidRDefault="009E54EF" w:rsidP="003C43EF">
+    <w:p w:rsidR="00F337D3" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...33 lines deleted...]
-      <w:r w:rsidR="003C43EF">
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закон Республики Казахстан от 11 июля 1997 года </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...87 lines deleted...]
-    <w:p w:rsidR="009E54EF" w:rsidRPr="003C43EF" w:rsidRDefault="009E54EF" w:rsidP="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 151</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRPr="00BE0403" w:rsidRDefault="00BE0403" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. В тексте после слова "Глава" цифры "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" заменить соответственно цифрами "1 - 6" - Законом РК от 20 декабря 2004 г. № 13</w:t>
+      </w:r>
+      <w:r w:rsidR="000D54CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие с 1 января 2005 г.). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящий Закон устанавливает правовые основы функционирования языков в Республике Казахстан, обязанности государства в создании условий для их изучения и развития, обеспечивает одинаково уважительное отношение ко всем, без исключения, употребляемым в Республике Казахстан языкам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1A65" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z3"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B" w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z60"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="003C43EF">
-[...102 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) диаспора – часть народа (этническая общность), проживающая вне страны его исторического происхождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) ономастика – раздел языкознания, изучающий собственные имена, историю их возникновения и преобразования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ономастическая комиссия – консультативно-совещательный орган, вырабатывающий предложения по формированию единых подходов по наименованию и переименованию административно-территориальных единиц, составных частей населенных пунктов, аэропортов, портов, железнодорожных вокзалов, железнодорожных станций, станций метрополитена, автовокзалов, автостанций, физико-географических и других объектов государственной собственности на территории Республики Казахстан, уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства, а также восстановлению и сохранению исторических названий как составной части историко-культурного наследия Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) орфография – правописание, система правил, определяющих единообразие способов передачи речи (слов и грамматических форм) на письме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0462">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республиканская терминологическая комиссия – консультативно-совещательный орган, вырабатывающий предложения в области терминологической лексики казахского языка по всем отраслям экономики, науки, техники и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) топонимика – раздел ономастики, изучающий названия географических объектов, закономерности их возникновения, изменения и функционирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) транслитерация – побуквенная передача текстов и отдельных слов одной графической системы средствами другой графической системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченный орган – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере развития языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 1 в редакции Закона РК от</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...33 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21.01.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...4656 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="z4"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...52 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 2. Предмет регулирования настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z5"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предметом регулирования настоящего Закона являются общественные отношения, возникающие в связи с употреблением языков в деятельности государственных, негосударственных организаций и органов местного самоуправления. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящий Закон не регламентирует употребление языков в межличностных отношениях и в религиозных объединениях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z6"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 3. Законодательство о языках в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z7"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Законодательство о языках в Республике Казахстан основывается на</w:t>
+      </w:r>
+      <w:r w:rsidR="000D54CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...317 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституции Республики Казахстан, состоит из настоящего Закона, иных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правовых актов Республики Казахстан, касающихся употребления и развития языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законодательство о языках распространяется на граждан Республики Казахстан, на иностранцев и лиц без гражданства, постоянно проживающих в Республике Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z8"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>3-бап. Қазақстан Республикасындағы т</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+        <w:t>Статья 4. Государственный язык Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z9"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственным языком Республики Казахстан является казахский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственный язык - язык государственного управления, законодательства, судопроизводства и делопроизводства, действующий во всех сферах общественных отношений на всей территории государства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Долгом каждого гражданина Республики Казахстан является овладение государственным языком, являющимся важнейшим фактором консолидации народа Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительство, иные государственные, местные представительные и исполнительные органы обязаны: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">всемерно развивать государственный язык в Республике Казахстан, укреплять его международный авторитет; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>создавать все необходимые организационные, материально-технические условия для свободного и бесплатного овладения государственным языком всеми гражданами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывать помощь казахской диаспоре в сохранении и развитии родного языка. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z10"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2826 lines deleted...]
-    <w:p w:rsidR="00AE05F5" w:rsidRPr="003C43EF" w:rsidRDefault="009E54EF" w:rsidP="003C43EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Употребление русского языка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="z11"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В государственных организациях и органах местного самоуправления наравне с казахским официально употребляется русский язык. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z12"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>8-бап. Т</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+        <w:t>Статья 6. Забота государства о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z13"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Каждый гражданин Республики Казахстан имеет право на пользование родным языком, на свободный выбор языка общения, воспитания, обучения и творчества. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государство заботится о создании условий для изучения и развития языков народа Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В местах компактного проживания национальных групп при проведении мероприятий могут быть использованы их языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z14"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 7. Недопустимость препятствования функционированию языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z15"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В Республике Казахстан не допускается ущемление прав граждан по языковому признаку. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Действия должностных лиц, препятствующих функционированию и изучению государственного и других языков, представленных в Казахстане, влекут за собой ответственность в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 7 с изменением, внесенным Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 315</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(со дня официального опубликования). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1A65" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>лдерд</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z16"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0403" w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ң қолданылуы</w:t>
-[...443 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+        <w:t>Язык в государственных и негосударственных организациях и органах местного самоуправления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z17"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>9-бап. Мемлекетт</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+        <w:t>Статья 8. Употребление языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z18"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Языком работы и делопроизводства государственных органов, организаций и органов местного самоуправления Республики Казахстан является государственный язык, наравне с казахским официально употребляется русский язык. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В работе негосударственных организаций используются государственный и, при необходимости, другие языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z19"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3210 lines deleted...]
-    <w:p w:rsidR="00AE05F5" w:rsidRPr="003C43EF" w:rsidRDefault="009E54EF" w:rsidP="003C43EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 9. Язык актов государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="z20"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акты государственных органов разрабатываются и принимаются на государственном языке, при необходимости, их разработка может вестись на русском языке с обеспечением, по возможности, перевода на другие языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z21"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>16-бап. Т</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+        <w:t>Статья 10. Язык ведения документации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z22"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ведение учетно-статистической, финансовой и технической документации в системе государственных органов, организациях Республики Казахстан, независимо от форм собственности, обеспечивается на государственном и на русском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участники регионального финансового центра города Алматы вправе вести документацию на государственном и (или) русском, и (или) английском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. В статью 10 внесены изменения - Законом РК от 5 июня 2006 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z23"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2128 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 11. Язык ответов на обращения граждан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="z24"/>
       <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ответы государственных и негосударственных организаций на обращения граждан и другие документы даются на государственном языке или на языке обращения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z25"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...490 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12. Язык в Вооруженных Силах и правоохранительных органах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z26"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В Вооруженных Силах Республики Казахстан, а также во всех видах воинских и военизированных формирований, в организациях государственного контроля и надзора, правовой защиты граждан и в правоохранительных органах обеспечивается функционирование государственного и русского языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z27"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1925 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 13. Язык судопроизводства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="z28"/>
-    </w:p>
-[...66 lines deleted...]
-    <w:p w:rsidR="00AE05F5" w:rsidRPr="003C43EF" w:rsidRDefault="009E54EF" w:rsidP="003C43EF">
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Судопроизводство в Республике Казахстан ведется на государственном языке, а, при необходимости, в судопроизводстве наравне с государственным употребляется русский язык или другие языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="z29"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>23-бап. Т</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+        <w:t>Статья 14. Язык производства по делам об административных правонарушениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z30"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Производство по делам об административных правонарушениях ведется на государственном языке, а при необходимости, и на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z31"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 15. Язык сделок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z32"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все сделки физических и юридических лиц в Республике Казахстан, совершаемые в письменной форме, излагаются на государственном и русском языках с приложением в необходимых случаях перевода на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сделки с иностранными физическими и юридическими лицами, совершаемые в письменной форме, излагаются на государственном и на приемлемом для сторон языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Участники</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>регионального финансового центра города Алматы вправе заключать сделки на государственном и (или) русском, и (или) английском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. В статью 15 внесены изменения - Законом РК от 5 июня 2006 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r w:rsidR="000D54CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1A65" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>лд</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z33"/>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мемлекетт</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+        <w:t xml:space="preserve">Глава 3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0403" w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Язык в области образования, науки, культуры  и средствах массовой информации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Заголовок главы 3 с изменением, внесенным Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z34"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>к қорғау</w:t>
-[...4650 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Статья 16. Язык в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="z35"/>
       <w:bookmarkEnd w:id="33"/>
-      <w:r w:rsidRPr="00675ACD">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В Республике Казахстан обеспечивается создание детских дошкольных организаций, функционирующих на государственном языке, а в местах компактного проживания национальных групп - и на их языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Язык обучения, воспитания в детских домах и приравненных к ним организациях определяется местными исполнительными органами с учетом национального состава их контингента. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республика Казахстан обеспечивает получение начального, основного среднего, общего среднего, технического и профессионального, послесреднего, высшего и послевузовского образования на государственном, русском, а при необходимости и возможности, и на других языках. В организациях образования государственный язык и русский язык являются обязательными учебными предметами и входят в перечень дисциплин, включаемых в документ об образовании. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Сноска. Заголовок и статья с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z36"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>25-1-бап. Ономастика комиссияларының құзыреті</w:t>
-[...30 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Статья 17. Язык в области науки и культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z37"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В Республике Казахстан в области науки, включая оформление и защиту диссертаций, обеспечивается функционирование государственного и русского языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Культурные мероприятия проводятся на государственном и, при необходимости, на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Заголовок и статья с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00675ACD">
-[...191 lines deleted...]
-      <w:r w:rsidR="00675ACD">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z38"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 18. Язык печати и средств массовой информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z39"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республика Казахстан обеспечивает функционирование государственного, других языков в печатных изданиях и средствах массовой информации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В целях создания необходимой языковой среды и полноценного функционирования государственного языка объем теле-, радиопрограмм по теле-, радиоканалам, независимо от форм их собственности, на государственном языке по времени не должен быть менее суммарного объема теле-, радиопрограмм на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 18 с изменением, внесенным Законом РК от 18.01.2012</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...245 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 546-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении тридцати календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1A65" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z40"/>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0403" w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Язык в наименованиях населенных пунктов, именах собственных, визуальной информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z41"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 19. Порядок использования топонимических названий, наименований организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z42"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Традиционные, исторически сложившиеся казахские названия административно-территориальных единиц, составных частей населенных пунктов, а также других физико-географических объектов на других языках должны воспроизводиться согласно правилам транслитерации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Наименования государственных организаций, их структурных подразделений даются на государственном и русском языках. Наименования совместных, иностранных организаций - с транслитерацией на государственном и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 19 с изменением, внесенным Законом РК от 21.01.2013</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z43"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 20. Написание личных имен, отчеств и фамилий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z44"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Написание личных имен, отчеств, фамилий в официальных документах должно соответствовать</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательству и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативным</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0180B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правовым актам Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z45"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 21. Язык реквизитов и визуальной информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z46"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тексты печатей и штампов государственных органов содержат их названия на государственном языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тексты печатей, штампов организаций, независимо от форм собственности, составляются на государственном и русском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бланки, вывески, объявления, реклама, прейскуранты, ценники, другая визуальная информация излагаются на государственном и русском, а при необходимости, и на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Товарные ярлыки (этикетки) со специальными сведениями, маркировки, инструкции к товарам, производимым в Казахстане, должны содержать необходимую информацию на государственном и русском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Товарные ярлыки (этикетки) со специальными сведениями, маркировки, инструкции к товарам зарубежного производства обеспечиваются переводом на государственный и русский языки за счет средств импортирующих организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Все тексты визуальной информации располагаются в следующем порядке: слева или сверху - на государственном, справа или снизу - на русском языках, пишутся одинаковыми по размеру буквами. По мере необходимости тексты визуальной информации могут быть приведены дополнительно и на других языках. При этом размеры шрифта не должны превышать установленных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>правовыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">актами требований. Устная информация, объявления, реклама даются на государственном, русском и, при необходимости, на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z47"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 22. Язык в области связи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z48"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В области связи в пределах Республики Казахстан обеспечивается функционирование государственного и русского языков. Почтово-телеграфные отправления за пределы Республики Казахстан производятся согласно установленным международным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 22 в редакции Закона РК от 21.11.2008 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 89-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1A65" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z49"/>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0403" w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правовая защита языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z50"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 23. Государственная защита языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z51"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственный и все другие языки в Республике Казахстан находятся под защитой государства. Государственные органы создают необходимые условия для функционирования и развития этих языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Развитие языков обеспечивается документами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Системы государственного планирования Республики Казахстан, предусматривающими приоритетность государственного языка и поэтапный переход делопроизводства на казахский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень профессий, специальностей и должностей, для которых необходимо знание государственного языка в определенном объеме и в соответствии с квалификационными требованиями, устанавливается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 23 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...40 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2005); от 21.01.2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 124-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z52"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="003C43EF" w:rsidRPr="003C43EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 24. Ответственность за нарушение законодательства</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...43 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Первые руководители государственных органов либо ответственные секретари или иные должностные лица, определяемые Президентом Республики Казахстан, а также физические и юридические лица, виновные в нарушении законодательства Республики Казахстан о языках, несут ответственность в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Отказ должностного лица в принятии обращений физических и юридических лиц, мотивированный незнанием государственного языка, любое препятствование употреблению государственного и других языков в сфере их функционирования, а также нарушение требований по размещению реквизитов и визуальной информации влекут ответственность, предусмотренную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 24 в редакции Закона РК от 21.01.2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z53"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 24-1. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z58"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) создает республиканские</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>терминологическую и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ономастическую комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00006CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r w:rsidR="00006CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>типовое положение об областных ономастических комиссиях и ономастических комиссиях городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) выполняет иные функции, возложенные на него</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституцией, настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Глава 5 дополнена статьей 24-1 в соответствии с Законом РК от 21.01.2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z54"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 25. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уполномоченный орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) обеспечивает реализацию единой государственной политики в сфере развития языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 03.07.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 124-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) осуществляет контроль за соблюдением законодательства Республики Казахстан о языках в центральных и местных исполнительных органах областей, городов республиканского значения, столицы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) дает рекомендации об устранении нарушений требований, установленных законодательством Республики Казахстан о языках, вносит предложения в соответствующие органы о применении мер дисциплинарного взыскания к должностным лицам, виновным в нарушении законодательства Республики Казахстан о языках; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) организует информационное, методическое обеспечение деятельности по реализации единой государственной политики в сфере развития языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5-1) обеспечивает деятельность республиканских терминологической и ономастической комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) координирует деятельность ономастических комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 269-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 25 в редакции Закона РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 378-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 452-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IV </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 36-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 21.01.2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 124-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 269-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z61"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 25-1. Компетенция ономастических комиссий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z72"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. К компетенции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республиканской ономастической комиссии относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) разработка рекомендаций и предложений по вопросам ономастики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) выдача заключений по наименованию, переименованию областей, районов и городов, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) выдача заключений по присвоению наименования аэропортам, портам, железнодорожным вокзалам, железнодорожным станциям, станциям метрополитена, автовокзалам, автостанциям, физико-географическим и другим объектам государственной собственности на территории Республики Казахстан, а также переименованию, уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) выдача заключений по наименованию, переименованию районов в городе, составных частей городов областного значения, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) согласование заключений ономастических комиссий городов республиканского значения, столицы по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. К компетенции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>областных ономастических комиссий относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) выдача заключений по наименованию, переименованию сел, поселков, сельских округов, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) выдача заключений по наименованию, переименованию составных частей городов районного значения, поселка, села, сельского округа, а также уточнению и изменению транскрипции их наименований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. К компетенции ономастических комиссий городов республиканского значения, столицы относится выдача заключений по наименованию, переименованию районов в городе, составных частей городов республиканского </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Облыстың, республикалық маңызы бар қаланың, астананың жергiлiктi атқарушы органы: </w:t>
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>значения, столицы, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Местными представительными и исполнительными органами решение по наименованию, переименованию, а также уточнению и изменению транскрипции наименований административно-территориальных единиц, составных частей населенных пунктов принимается только при наличии положительного заключения соответствующих ономастических комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Глава 5 дополнена статьей 25-1 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2005); в редакции Закона РК от 21.01.2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z62"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 25-2. Компетенция местного исполнительного органа области, города республиканского</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0462">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>значения, столицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Заголовок статьи 25-2 с изменением, внесенным Законом РК от 21.01.2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Местный исполнительный орган области, города республиканского значения, столицы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 03.07.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 124-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) осуществляет контроль за соблюдением законодательства Республики Казахстан о языках территориальными подразделениями центральных исполнительных органов и районными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2-1) осуществляет контроль за соблюдением законодательства Республики Казахстан о языках в части размещения реквизитов и визуальной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) дает рекомендации об устранении нарушений требований, установленных законодательством Республики Казахстан о языках, применяет меры административного воздействия на основании и в порядке, предусмотренных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подпункт 3-1) предусмотрено исключить Законом РК от 29.10.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 376-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3-1) разрабатывает и утверждает полугодовые планы проведения проверок в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом Республики Казахстан "О государственном контроле и надзоре в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) осуществляет комплекс мер областного значения, направленных на развитие государственного и других языков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) обеспечивает деятельность областной ономастической комиссии, ономастических комиссий города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Закон дополнен статьей 25-2 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r w:rsidR="000D54CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...42 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 452-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidR="000D54CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 13.10.2011); от 21.01.2013</w:t>
+      </w:r>
+      <w:r w:rsidR="000D54CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="000D54CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 124-</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidRPr="00675ACD">
-[...23 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z63"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 25-3. Компетенция местного исполнительного органа района (города областного значения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Местный исполнительный орган района (города областного значения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 03.07.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 124-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) проводит мероприятия районного (города областного значения) уровня, направленные на развитие государственного и других языков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) вносит предложения в исполнительные органы областей о наименовании и переименовании сел, поселков, сельских округов, а также изменении их транскрипции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Закон дополнен статьей 25-3 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 05.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 452-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IV </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 13.10.2011); от 21.01.2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 124-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z55"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 25-4. Государственный контроль за соблюдением законодательства Республики Казахстан о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственный контроль за соблюдением законодательства Республики Казахстан о языках осуществляется в форме проверки и иных формах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Часть вторая статьи 25-4 предусмотрена в редакции Закона РК от 29.10.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 376-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...1367 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Проверка осуществляется в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C43EF">
-[...385 lines deleted...]
-      <w:r w:rsidRPr="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом Республики Казахстан "О государственном контроле и надзоре в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Иные формы государственного контроля осуществляются в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Закон дополнен статьей 25-4 в соответствии с Законом РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 378-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z76"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 25-5. Критерии ономастической работы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Критериями ономастической работы по наименованию и переименованию административно-территориальных единиц, составных частей населенных пунктов, аэропортов, портов, железнодорожных вокзалов, железнодорожных станций, станций метрополитена, автовокзалов, автостанций, физико-географических и других объектов государственной собственности на территории Республики Казахстан, а также уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) учет исторических, географических, природных и культурных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) соответствие нормам литературного языка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) однократное присвоение одного наименования населенным пунктам, составным частям населенных пунктов в пределах одной административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) переименование, изменение присвоенного собственного имени лица не ранее десяти лет со дня наименования, присвоения (изменения) имени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) присвоение собственных имен выдающихся государственных и общественных деятелей, деятелей науки, культуры и других лиц, имеющих заслуги перед Республикой Казахстан и мировым сообществом, не ранее пяти лет со дня их смерти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Глава 5 дополнена статьей 25-5 в соответствии с Законом РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 72-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z56"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 26. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исключена Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2005).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1A65" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z57"/>
+      <w:bookmarkEnd w:id="61"/>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00006CDE" w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Использование языков в отношениях с зарубежными странами и международными организациями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z59"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 27. Язык в международной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z60"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Деятельность дипломатических представительств Республики Казахстан и представительств Республики Казахстан при международных организациях осуществляется на государственном языке с использованием, при необходимости, других языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Двусторонние международные договоры Республики Казахстан с иностранными государствами заключаются на государственном языке Республики Казахстан и иных языках по согласию сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Двусторонние международные договоры Республики Казахстан с международными организациями и многосторонние международные договоры Республики Казахстан заключаются на языках, определенных по согласию участвующих в переговорах сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0462" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Официальные приемы и другие мероприятия с представителями других государств в Республике Казахстан проводятся на государственном языке с переводом на другие языки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidRDefault="008E1A65" w:rsidP="00BE0403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 27 с изменениями, внесенным Законом РК от 30.01.2014 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 168-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE0403">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidRPr="00675ACD">
-[...6743 lines deleted...]
-    <w:sectPr w:rsidR="00AE05F5" w:rsidRPr="003C43EF" w:rsidSect="003C43EF">
+      <w:r w:rsidRPr="00BE0403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:sectPr w:rsidR="00F337D3" w:rsidRPr="00BE0403" w:rsidSect="00BE0403">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="7"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00F20EC2" w:rsidRDefault="00F20EC2" w:rsidP="003C43EF">
+    <w:p w:rsidR="00834D41" w:rsidRDefault="00834D41" w:rsidP="00BE0403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00F20EC2" w:rsidRDefault="00F20EC2" w:rsidP="003C43EF">
+    <w:p w:rsidR="00834D41" w:rsidRDefault="00834D41" w:rsidP="00BE0403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -30820,166 +7195,174 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="23052549"/>
+      <w:id w:val="23559599"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="003C43EF" w:rsidRPr="003C43EF" w:rsidRDefault="003C43EF" w:rsidP="003C43EF">
+      <w:p w:rsidR="00BE0403" w:rsidRPr="00BE0403" w:rsidRDefault="00BE0403" w:rsidP="00BE0403">
         <w:pPr>
           <w:pStyle w:val="af0"/>
           <w:jc w:val="right"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="003C43EF">
+        <w:r w:rsidRPr="00BE0403">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="003C43EF">
+        <w:r w:rsidRPr="00BE0403">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="003C43EF">
+        <w:r w:rsidRPr="00BE0403">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00675ACD">
+        <w:r w:rsidR="000D54CE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidRPr="003C43EF">
+        <w:r w:rsidRPr="00BE0403">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00F20EC2" w:rsidRDefault="00F20EC2" w:rsidP="003C43EF">
+    <w:p w:rsidR="00834D41" w:rsidRDefault="00834D41" w:rsidP="00BE0403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00F20EC2" w:rsidRDefault="00F20EC2" w:rsidP="003C43EF">
+    <w:p w:rsidR="00834D41" w:rsidRDefault="00834D41" w:rsidP="00BE0403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
-  <w:hideSpellingErrors/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00AE05F5"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F20EC2"/>
+    <w:rsidRoot w:val="00F337D3"/>
+    <w:rsid w:val="00006CDE"/>
+    <w:rsid w:val="000D54CE"/>
+    <w:rsid w:val="00834D41"/>
+    <w:rsid w:val="008E1A65"/>
+    <w:rsid w:val="00AA0462"/>
+    <w:rsid w:val="00BE0403"/>
+    <w:rsid w:val="00D0180B"/>
+    <w:rsid w:val="00F337D3"/>
+    <w:rsid w:val="00F404E4"/>
+    <w:rsid w:val="00FB5D2E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -31231,173 +7614,176 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE05F5"/>
+    <w:rsid w:val="00F337D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00AE05F5"/>
+    <w:rsid w:val="00F337D3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00AE05F5"/>
+    <w:rsid w:val="00F337D3"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="00AE05F5"/>
+    <w:rsid w:val="00F337D3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009E54EF"/>
+    <w:rsid w:val="00FB5D2E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009E54EF"/>
+    <w:rsid w:val="00FB5D2E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C43EF"/>
+    <w:rsid w:val="00BE0403"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003C43EF"/>
+    <w:rsid w:val="00BE0403"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -31647,66 +8033,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>22730</Characters>
+  <Pages>1</Pages>
+  <Words>4104</Words>
+  <Characters>23393</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>189</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>194</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26664</CharactersWithSpaces>
+  <CharactersWithSpaces>27443</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>