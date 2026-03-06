--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,1015 +1,490 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008873E7" w:rsidRDefault="008873E7" w:rsidP="008873E7"/>
-    <w:p w:rsidR="008873E7" w:rsidRPr="008873E7" w:rsidRDefault="008873E7" w:rsidP="008873E7">
+    <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28" w:rsidP="00624A28">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="161" w:after="161" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008873E7">
+      <w:r w:rsidRPr="00624A28">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
+        <w:t>Контактная</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008873E7">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008873E7">
+      <w:r w:rsidRPr="00624A28">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>денсаулық</w:t>
+        <w:t xml:space="preserve"> информация территориального управления по охране общественного здоровья по Павлодарской области</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...121 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5516" w:type="pct"/>
-[...11 lines deleted...]
-        </w:tblCellMar>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10916" w:type="dxa"/>
+        <w:tblInd w:w="-885" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="543"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="484"/>
+        <w:gridCol w:w="3344"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008873E7" w:rsidRPr="008873E7" w:rsidTr="00E93280">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00624A28" w:rsidTr="00E30F6C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="543" w:type="dxa"/>
-[...13 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008873E7" w:rsidRPr="008873E7" w:rsidRDefault="008873E7" w:rsidP="008873E7">
+          <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008873E7">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3162" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3344" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008873E7" w:rsidRPr="008873E7" w:rsidRDefault="008873E7" w:rsidP="008873E7">
+          <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Территориальное управление</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008873E7" w:rsidRPr="008873E7" w:rsidRDefault="008873E7" w:rsidP="008873E7">
+          <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ФИО руководителя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008873E7" w:rsidRPr="008873E7" w:rsidRDefault="008873E7" w:rsidP="008873E7">
+          <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Адрес</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008873E7" w:rsidRPr="008873E7" w:rsidRDefault="008873E7" w:rsidP="008873E7">
+          <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008873E7">
-[...8 lines deleted...]
-              <w:t>Телефоны</w:t>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008873E7" w:rsidRPr="008873E7" w:rsidTr="00E93280">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00624A28" w:rsidTr="00E30F6C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="543" w:type="dxa"/>
-[...13 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008873E7" w:rsidRPr="00E93280" w:rsidRDefault="008873E7" w:rsidP="008873E7">
+          <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93280">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3162" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3344" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008873E7" w:rsidRPr="00E93280" w:rsidRDefault="008873E7" w:rsidP="00E93280">
+          <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28" w:rsidP="00E30F6C">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93280">
-[...198 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодарское городское управление </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>охраны общественного здоровья департамента охраны общественного здоровья Павлодарской области</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008873E7" w:rsidRPr="00E93280" w:rsidRDefault="008873E7" w:rsidP="008873E7">
+          <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E93280">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сафяников</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E93280">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Александр Борисович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008873E7" w:rsidRPr="00E93280" w:rsidRDefault="008873E7" w:rsidP="008873E7">
+          <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28" w:rsidP="00E30F6C">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93280">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">140006, Павлодар  </w:t>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140006, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E93280">
-[...6 lines deleted...]
-              <w:t>қаласы</w:t>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>авлодар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E93280">
-[...6 lines deleted...]
-              <w:t>, Чкалов к., 3</w:t>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E30F6C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ул. Чкалова, 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008873E7" w:rsidRPr="00E93280" w:rsidRDefault="008873E7" w:rsidP="00E93280">
+          <w:p w:rsidR="00624A28" w:rsidRPr="00624A28" w:rsidRDefault="00624A28" w:rsidP="00E30F6C">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93280">
-[...6 lines deleted...]
-              <w:t>8 (7182) қ.б.33-94-77</w:t>
+            <w:r w:rsidRPr="00624A28">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8 (7182)пр.33-94-77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003B1450" w:rsidRDefault="003B1450">
+    <w:p w:rsidR="00624A28" w:rsidRDefault="00624A28">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="003B1450">
+    <w:sectPr w:rsidR="00624A28">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000677B5"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E93280"/>
+    <w:rsidRoot w:val="008B2B1B"/>
+    <w:rsid w:val="003A6233"/>
+    <w:rsid w:val="00624A28"/>
+    <w:rsid w:val="008B2B1B"/>
+    <w:rsid w:val="00E30F6C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1152,133 +627,126 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008873E7"/>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...15 lines deleted...]
-  <w:style w:type="table" w:styleId="a4">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="008873E7"/>
+    <w:rsid w:val="00624A28"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00624A28"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="008873E7"/>
+    <w:rsid w:val="00624A28"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1402,323 +870,136 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008873E7"/>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...15 lines deleted...]
-  <w:style w:type="table" w:styleId="a4">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="008873E7"/>
+    <w:rsid w:val="00624A28"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00624A28"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="008873E7"/>
+    <w:rsid w:val="00624A28"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...178 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -1975,54 +1256,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>48</Words>
-  <Characters>280</Characters>
+  <Words>58</Words>
+  <Characters>331</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>327</CharactersWithSpaces>
+  <CharactersWithSpaces>388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>