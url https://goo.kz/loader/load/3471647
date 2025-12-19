--- v0 (2025-12-09)
+++ v1 (2025-12-19)
@@ -3,35145 +3,34407 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D32E61" w:rsidRDefault="00534D2A" w:rsidP="0030464A">
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRPr="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0030464A" w:rsidRDefault="00534D2A" w:rsidP="0030464A">
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра здравоохранения Республики Казахстан от 17 августа 2017 года № 615</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z4"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с пунктом 6 статьи 144 Кодекса Республики Казахстан от 18 сентября 2009 года "О здоровье народа и системе здравоохранения" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z3"/>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z4"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Утвердить прилагаемые Санитарные правила "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка". </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z5"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Признать утратившим силу приказ Министра национальной экономики Республики Казахстан от 17 марта 2015 года № 217 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к объектам дошкольного воспитания и обучения детей" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10975, опубликованный в информационно-правовой системе "Әділет" 20 мая 2015года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="z6"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Комитету охраны общественного здоровья Министерства здравоохранения Республики Казахстан обеспечить в установленном законодательством порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="z7"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z9"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="z8"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z10"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z9"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z10"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z13"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z11"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.Контроль за исполнением настоящего приказа возложить накурирующего вице-министра здравоохранения Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z14"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="0030464A">
-[...24 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z28"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...10 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждены</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...10 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказом Министра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...10 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00D32E61" w:rsidRDefault="00534D2A" w:rsidP="00A32CD2">
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 17 августа 2017 года № 615</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z34"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z12"/>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидалары</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+        <w:t>Санитарные правила</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z35"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...37 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="z15"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Санитарно-эпидемиологические требования</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z36"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="0030464A">
-[...20 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="z16"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к дошкольным организациям и домам ребенка"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z37"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="0030464A">
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="z17"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z38"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="z18"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1.Настоящие Санитарные правила "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка (далее – Санитарные правила) разработаны в соответствии с подпунктом 2) пункта 1 статьи 7-1, пунктом 6 статьи 144 и статьи 145 Кодекса Республики Казахстан от 18 сентября 2009 года "О здоровье народа и системе здравоохранения" (далее – Кодекс), и устанавливают санитарно-эпидемиологические требования к выбору земельного участка под строительство объекта, проектированию, реконструкции, эксплуатации, водоснабжению, водоотведению, теплоснабжению, освещению, вентиляции, кондиционированию, ремонту и содержанию, к условиям воспитания и обучения, проживания, питания, производственному контролю, условиям труда и бытовому обслуживанию персонала, медицинскому обеспечению детей, медицинским осмотрам персонала в дошкольных организациях всех видов независимо от форм собственности с полным, неполным, круглосуточным пребыванием детей (далее – ДО) и домах ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z39"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="z19"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Настоящие Санитарные правила распространяются на дошкольные организации и дома ребенка (далее – объекты).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z40"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="z20"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. На объектах проводятся лабораторно-инструментальные исследования в соответствии с приложением 1 к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z41"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="19" w:name="z21"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. В настоящих Санитарных правилах использованы следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z42"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="z22"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) специальные дошкольные организации – организации, реализующие специальные образовательные учебные программы, разработанные на основе общеобразовательных учебных программ дошкольного воспитания и обучения в соответствии с государственным общеобразовательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z43"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="21" w:name="z23"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) санитарная специальная одежда (далее – специальная одежда) – комплект защитной одежды персонала, предназначенный для защиты сырья, вспомогательных материалов и готового продукта от загрязнения механическими частицами, микроорганизмами и другими загрязнениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z44"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) детская игровая площадка (далее – игровая площадка) – специально оборудованная территория, предназначенная для игры детей, включающая в себя оборудование и покрытие для детской игровой площадки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z45"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) оборудование для детской игровой площадки – оборудование, установленное на детской игровой площадке, с которым или на котором пользователи могут играть индивидуально или группой по своему усмотрению и правилам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z46"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>6) бракераж – органолептикалық көрсетк</w:t>
-[...140 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="z26"/>
+        <w:t>5) ДОс неполным пребыванием детей – ДО с пребыванием детей не более четырех часов без организации питания и сна;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z47"/>
       <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="25" w:name="z27"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) бракераж – оценка качества продуктов питания и готовых блюд по органолептическим показателям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z48"/>
       <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="z28"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) физическое воспитание – сфера деятельности, направленная на укрепление здоровья и развитие физических способностей человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z49"/>
       <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidRPr="0030464A">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) возрастные групповые помещения (групповая ячейка) – набор помещений для детей одной возрастной группы объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z50"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9) личная медицинская книжка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0030464A">
-[...47 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="z30"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– персональный документ, выдаваемый представителю декретированной группы населения, в который заносятся результаты обязательных медицинских осмотров с отметкой о допуске к работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z51"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="29" w:name="z31"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10) дошкольное воспитание и обучение – развитие физических, личностных, интеллектуальных качеств детей, формирование ключевых компетентностей, необходимых для обеспечения их социальной успешности и конкурентоспособности на протяжении всей жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z52"/>
       <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="z32"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) организации дошкольного воспитания и обучения – дошкольные организации, реализующие образовательные учебные программы дошкольного воспитания и обучения с учетом специфичных для детей дошкольного возраста видов деятельности, также оказывающие дополнительные услуги предусмотренные законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z53"/>
       <w:bookmarkEnd w:id="29"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="31" w:name="z33"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12) оптимальные микроклиматические условия – сочетание количественных показателей микроклимата, которые при длительном и систематическом воздействии на детей обеспечивают сохранение нормального теплового состояния организма без напряжения механизмов терморегуляции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z54"/>
       <w:bookmarkEnd w:id="30"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="32" w:name="z34"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>13) производственный контроль – комплекс мероприятий, в том числе лабораторных исследований и испытаний производимой продукции, работ и услуг, выполняемых индивидуальным предпринимателем или юридическим лицом, направленных на обеспечение безопасности и (или) безвредности для человека и среды обитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z55"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="33" w:name="z35"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>14) санитарно-дворовые установки (далее – СДУ) – туалет, не связанный с централизованной канализацией, расположенный на территории объекта, имеющий надземную часть и выгребную яму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z56"/>
       <w:bookmarkEnd w:id="32"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="34" w:name="z36"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15) санитарно-защитная зона – территория, отделяющая зоны специального назначения, а также промышленные организации и другие производственные, коммунальные и складские объекты в населенном пункте от близлежащих селитебных территорий, зданий и сооружений жилищно-гражданского назначения в целях ослабления воздействия на них неблагоприятных факторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z57"/>
       <w:bookmarkEnd w:id="33"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="35" w:name="z37"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16) дом ребенка – организация здравоохранения для детей-сирот, детей, оставшихся без попечения родителей, от рождения до трех лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z58"/>
       <w:bookmarkEnd w:id="34"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="36" w:name="z38"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>17) септик – сооружение для очистки небольших количеств бытовых сточных вод;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z59"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="37" w:name="z39"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>18) технологическое оборудование – совокупность механизмов, машин, устройств, приборов, необходимых для работы производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z60"/>
       <w:bookmarkEnd w:id="36"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="38" w:name="z40"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19) технологическая карта - документ, в соответствии с которым осуществляется изготовление пищевой продукции, содержащий наименование пищевой продукции с указанием состава пищевых продуктов, перечня и описания процесса производства, включающие технологические операции; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z61"/>
       <w:bookmarkEnd w:id="37"/>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20) рациональное питание – сбалансированное питание, с учетом физиологических и возрастных норм питании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z62"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>21) групповая изоляция – изоляция групп от административно-хозяйственных, бытовых помещений и друг от друга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z63"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>22) наполняемость групп – нормируемое количество детей в группе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z64"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>2-тарау. Объектілердің құрылысына жер учаскесін таңдауға, жобалауға, пайдалануға,реконструкциялауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
-[...89 lines deleted...]
-      <w:bookmarkStart w:id="42" w:name="z44"/>
+        <w:t xml:space="preserve">Глава 2. Санитарно-эпидемиологические требования к </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z65"/>
       <w:bookmarkEnd w:id="41"/>
-      <w:r w:rsidRPr="0030464A">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выбору земельного участка под строительство,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z66"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проектированию, эксплуатации, реконструкции объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z67"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Земельный участок под строительство объектов выделяется на удаленном расстоянии от транспортных магистралей, и имеет ровную поверхность с уклонами, обеспечивающими отвод поверхностных вод, и размещается на территориях жилых микрорайонов, за пределами санитарно-защитных зон. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z68"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Для ДО с неполным пребыванием детей, размещаемых в многоквартирных жилых домах, во встроено-пристроенных помещениях не предусматривается отдельный земельный участок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z69"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Площадь при выборе земельного участка под строительство объектов, определяется требованиями государственных нормативов в области архитектуры, градостроительства и строительства согласно подпункту 23-16) статьи 20 Закона Республики Казахстан от 16 июля 2001 года "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" (далее – государственные нормативы в области архитектуры, градостроительства и строительства).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z70"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8. При проектировании на территории объектов предусматриваются отдельные игровые площадки для каждой возрастной группы детей. Размеры площадок ДО принимаются не менее 4 м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0030464A">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на одно место от количества детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z71"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9. На каждой игровой площадке предусматривается огражденный с трех сторон теневой навес не менее 20 м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0030464A">
-[...147 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="z51"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для защиты от солнца и осадков. Пол теневых навесов предусматривается деревянный. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z72"/>
       <w:bookmarkEnd w:id="48"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="z52"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10. При проектировании и реконструкции объектов набор и площадь помещений определяется заданием на проектирование в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z73"/>
       <w:bookmarkEnd w:id="49"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="51" w:name="z53"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. При проектировании объектов в здании и на участке соблюдается принцип групповой изоляции от административно-хозяйственных, бытовых помещений и друг от друга. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z74"/>
       <w:bookmarkEnd w:id="50"/>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12. При проектировании объектов предусматривают основные и вспомогательные помещения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z75"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- возрастные групповые помещения - изолированные автономные помещения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z76"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- специализированные помещения (музыкальные, спортивные залы) для занятий с детьми, предназначенные для поочередного использования всеми или несколькими возрастными группами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z77"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">МДҰ-ның жас ерекшелігіне байланысты топтық үй-жайлары және олардың аудандары осы Санитариялық қағидаларға 2-қосымшада көрсетілген. </w:t>
-[...89 lines deleted...]
-      <w:bookmarkStart w:id="55" w:name="z57"/>
+        <w:t>- сопутствующие помещения (медицинские, пищеблок, прачечная) и служебно-бытовые помещения для персонала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z78"/>
       <w:bookmarkEnd w:id="54"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="56" w:name="z58"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. При проектировании в состав возрастных групповых помещений ДО входят раздевальная, игровая, спальня, буфетная-раздаточная, туалетная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z79"/>
       <w:bookmarkEnd w:id="55"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="57" w:name="z59"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Возрастные групповые помещения ДО и их площади указаны в приложении 2 к настоящим Санитарным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z80"/>
       <w:bookmarkEnd w:id="56"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="58" w:name="z60"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>14. По заданию на проектирование вДО допускается совмещение спальни с групповой (игровой) в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z81"/>
       <w:bookmarkEnd w:id="57"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="59" w:name="z61"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В дошкольных мини-центрах допускается устройство общей раздевальной. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z82"/>
       <w:bookmarkEnd w:id="58"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="60" w:name="z62"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15. На первом этаже зданий объектов предусматриваются медицинские помещения и изолятор. Изолятор предусматривается не проходным, размещается смежно с медицинским кабинетом с устройством между ними остекленной перегородки на высоте 1,2 м.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z83"/>
       <w:bookmarkEnd w:id="59"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="61" w:name="z63"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. В подвальных и цокольных этажах зданий не размещаются помещения для пребывания детей и помещения медицинского назначения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z84"/>
       <w:bookmarkEnd w:id="60"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="z64"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>17. Помещения (бойлерные с насосными установками, производственные помещения, ремонтные мастерские, охлаждаемые камеры с насосным отделением, вентиляционные камеры, компрессорные), режим использования которых сопровождается шумом и может причинять беспокойство детям, мешать или нарушать работу педагогического, медицинского, административного персонала не размещают смежно, над и под спальными комнатами, групповыми, медицинскими кабинетами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z85"/>
       <w:bookmarkEnd w:id="61"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="63" w:name="z65"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>18. Комнаты личной гигиены, санитарные узлы для персонала располагаются в зоне административных помещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z86"/>
       <w:bookmarkEnd w:id="62"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="64" w:name="z66"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. Для отделки помещений используют строительные материалы, имеющие документы, подтверждающие их качество и безопасность. Подвесные потолки различных конструкций применяются в рекреациях, холлах, актовых залах, административных помещениях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z87"/>
       <w:bookmarkEnd w:id="63"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="z67"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. В помещениях с обычным режимом работы стены, оборудование имеют гладкую, матовую поверхность, допускающую уборку влажным способом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z88"/>
       <w:bookmarkEnd w:id="64"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="66" w:name="z68"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В помещениях с влажным режимом работы (медицинского назначения, пищеблок, санитарные узлы, прачечные, моечные) стены облицовывают плиткой или другими материалами на высоту не менее 1,5 м, в душевых на высоту не менее 1,8 м, допускающими уборку влажным способом с применением моющих и дезинфицирующих средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z89"/>
       <w:bookmarkEnd w:id="65"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="67" w:name="z69"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. Полы в помещениях имеют дощатое или паркетное покрытие. Допускается покрытие полов синтетическими полимерными материалами, утепленным линолеумом, допускающими обработку влажным способом и дезинфекцию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z90"/>
       <w:bookmarkEnd w:id="66"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="z70"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поверхность пола во всех помещениях должна быть ровной, без щелей, изъянов и механических повреждений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z91"/>
       <w:bookmarkEnd w:id="67"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="69" w:name="z71"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пол спортивного зала имеет деревянное или специальное покрытие. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z92"/>
       <w:bookmarkEnd w:id="68"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="70" w:name="z72"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>22. Радиаторы системы отопления располагаются в нишах под окнами и закрываются решетками, на окнах и осветительных приборах предусматриваются заградительные устройства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z93"/>
       <w:bookmarkEnd w:id="69"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="71" w:name="z73"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23. Допускается эксплуатация ДОв отдельно стоящем здании, в частных домовладениях, на первых двух этажах многоквартирного жилого дома, а также во встроено-пристроенных помещениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z94"/>
       <w:bookmarkEnd w:id="70"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="72" w:name="z74"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24. Размещение ДОна втором этаже многоквартирного жилого дома допускается при отсутствии жилых помещений на первом этаже.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z95"/>
       <w:bookmarkEnd w:id="71"/>
-      <w:r w:rsidRPr="0030464A">
-[...79 lines deleted...]
-      <w:bookmarkStart w:id="73" w:name="z75"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ДО размещаемые, на первых двух этажах многоквартирного жилого дома имеют отдельный вход, не совмещенный с подъездом жилого дома. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z96"/>
       <w:bookmarkEnd w:id="72"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="74" w:name="z76"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. При размещении ДОна первых двух этажах многоквартирного жилого дома не допускается ухудшение санитарно-гигиенических условий жизнедеятельности жильцов (шум, запах от пищи). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z97"/>
       <w:bookmarkEnd w:id="73"/>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26. Не допускается эксплуатация объектов в аварийных зданиях и помещениях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z98"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. При эксплуатации объектов территория должна иметь ограждение, без повреждений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z99"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>28. На территории объектов не размещают объекты, функционально с ними не связанные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z100"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>29. Въезды и входы на участок объектов, проезды, дорожки к хозяйственным постройкам, к площадкам для мусоросборников, к санитарно-дворовым установкам покрываются асфальтом, бетоном или другим твердым покрытием, доступным для очистки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z101"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30. При реконструкции объектов соблюдаются требования предусмотренные пунктами с 6 по 29 настоящих Санитарных правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z102"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>3-тарау. Объектілерді сумен жабдықтауға, су бұруға, жылумен жабдықтауға,жарықтандыруға, желдетуге, ауаны баптауға қойылатынсанитариялық-эпидемиологиялық талаптар</w:t>
-[...139 lines deleted...]
-      <w:bookmarkStart w:id="80" w:name="z82"/>
+        <w:t>Глава 3. Санитарно-эпидемиологические требования</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="z103"/>
       <w:bookmarkEnd w:id="79"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="81" w:name="z83"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к водоснабжению, водоотведению, теплоснабжению, освещению,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="81" w:name="z104"/>
       <w:bookmarkEnd w:id="80"/>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вентиляции, кондиционированию объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z105"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31. На объектах предусматриваются в исправном состоянии централизованное хозяйственно–питьевое, горячее водоснабжение, водоотведение, теплоснабжение. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z106"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>32. Объекты обеспечиваются безопасной и качественной питьевой водой в соответствии с установленными требованиями санитарных правил, гигиенических нормативов согласно пункту 6 статьи 144 и статьи 145 Кодекса (далее – документы нормирования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z107"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33. На объектах должен быть организован питьевой режим. Питьевая вода, в том числе расфасованная в емкости (графины, чайники) или бутилированная, по показателям качества и безопасности должны соответствовать требованиям документов нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z108"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кулеры (диспенсеры) для воды должны регулярно очищаться согласно инструкции производителя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z109"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Допускается использование кипяченой питьевой воды при условии ее хранения не более трех часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z110"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>34. Для питья используют чистую посуду (стеклянная, фаянсовая или одноразовые стаканчики), выделяют отдельные маркированные подносы для чистой и использованной посуды или контейнеры для сбора использованной посуды одноразового применения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>35. Орталықтандырылған сумен жабдықтау жүйесі болмаған жағдайда ішкі су құбыры мен су бұру құрылғылары бар ауыз су мақсатындағы жергілікті көздерден алынған суды пайдалануға жол беріледі.</w:t>
-[...227 lines deleted...]
-      <w:bookmarkStart w:id="89" w:name="z91"/>
+        <w:t xml:space="preserve">35. При отсутствии централизованной системы водоснабжения допускается использование воды из местных источников питьевого назначения с устройством внутреннего водопровода и водоотведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z112"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>36. На объектах, работающих на привозной воде, предусматривают отдельное помещение с установкой емкостей для хранения запаса питьевой воды. Емкости имеют маркировку ("Питьевая вода"), подвергаются еженедельной очистке и дезинфекции с применением моющих и дезинфицирующих средств. Емкости для питьевой воды не используются для других целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z113"/>
       <w:bookmarkEnd w:id="88"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="90" w:name="z92"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>37. Доставка питьевой воды проводится специализированным автотранспортом, в специальных промаркированных емкостях, выполненных из материалов, разрешенных для контакта с питьевой водой, своевременно очищаемых, промываемых и дезинфицируемых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z114"/>
       <w:bookmarkEnd w:id="89"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="91" w:name="z93"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>38. При отсутствии централизованной системы горячего водоснабжения устанавливаются водонагреватели. Горячая и холодная вода подводится ко всем ваннам, душевым, умывальникам в местах проживания, в помещениях медицинского назначения, а также к необходимому технологическому оборудованию на пищеблоке с установкой смесителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z115"/>
       <w:bookmarkEnd w:id="90"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="92" w:name="z94"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">39. При размещении ДО в неканализованной и частично канализованной местности предусматривается устройство местной канализации (ямы, септики). Прием сточных вод осуществляется в общую или раздельные подземные водонепроницаемые емкости, оснащенные крышками с гидравлическими затворами (сифонами), расположенные в хозяйственной зоне территории объекта, очистка которых проводится своевременно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z116"/>
       <w:bookmarkEnd w:id="91"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="z95"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>40. Канализационные стояки для водоотведения в складских помещениях, бытовых помещениях прокладывают в оштукатуренных коробах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z117"/>
       <w:bookmarkEnd w:id="92"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="94" w:name="z96"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>41. Сброс сточных вод в открытые водоемы и на прилегающую территорию не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z118"/>
       <w:bookmarkEnd w:id="93"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="95" w:name="z97"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">42. СДУ для персонала имеют надземные помещения и выгребную яму из водонепроницаемого материала. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z119"/>
       <w:bookmarkEnd w:id="94"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="96" w:name="z98"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уборку СДУ проводит ежедневно с использованием дезинфицирующих средств. Выгребную яму СДУ своевременно очищают. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z120"/>
       <w:bookmarkEnd w:id="95"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="97" w:name="z99"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">43. При отсутствии централизованного источника теплоснабжения предусматривается автономная котельная, работающая на жидком, твердом, газообразном топливе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z121"/>
       <w:bookmarkEnd w:id="96"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="98" w:name="z100"/>
+      <w:r w:rsidRPr="00F64832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>44. В отопительный период температура воздуха должна соответствовать показателям документов нормирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z122"/>
       <w:bookmarkEnd w:id="97"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="99" w:name="z101"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>45. Естественное и искусственное освещение помещений определяется в соответствии с государственными нормативами в области архитектуры, градостроительства и строительства. В одном помещении применяют лампы одного типа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z123"/>
       <w:bookmarkEnd w:id="98"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="100" w:name="z102"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">46. Показатели искусственной освещенности нормируются в соответствии с документами нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z124"/>
       <w:bookmarkEnd w:id="99"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="101" w:name="z103"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>47. На территории объектов устанавливаются наружное искусственное освещение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z125"/>
       <w:bookmarkEnd w:id="100"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="102" w:name="z104"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>48. Во всех помещениях объектов предусматриваются естественное освещение. Без естественного освещения допускаются: помещения коммуникационных систем (насосные водопровода и канализации, камеры вентиляционные и кондиционирования воздуха, бойлерные), коридоры, не являющиеся рекреационными помещениями, фойе, кладовые, складские, инвентарные, помещения для приготовления дезинфицирующих средств, раздевалки, гардеробы, душевые, туалеты, помещения для установки и управления инженерным и технологическим оборудованием здания и производственные помещения пищеблока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z126"/>
       <w:bookmarkEnd w:id="101"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="103" w:name="z105"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>49. Не допускается закрашивание оконных стекол в групповых и учебных помещениях. Световые проемы оборудуют регулируемыми солнцезащитными устройствами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z127"/>
       <w:bookmarkEnd w:id="102"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="104" w:name="z106"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50. Лампы, вышедшие из строя заменяются. Неисправные, ртутьсодержащие (светодиодные, люминесцентные, энергосберегающие) лампы хранятся в отдельном помещении, недоступном для детей. Не допускается выброс отработанных ртутьсодержащих ламп в мусоросборники. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z128"/>
       <w:bookmarkEnd w:id="103"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="105" w:name="z107"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">51. Хранение и вывоз отработанных ртутьсодержащих ламп возлагается приказом руководителя объекта на ответственное лицо. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z129"/>
       <w:bookmarkEnd w:id="104"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="106" w:name="z108"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>52. При эксплуатации систем вентиляции и кондиционирования воздуха соблюдаются требования документов нормирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z130"/>
       <w:bookmarkEnd w:id="105"/>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>53. На пищеблоке предусматривается вентиляция на механическом побуждении. Над оборудованием, являющимся источником выделения тепла и влаги, предусматриваются вытяжные зонты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z131"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>54. К вентиляции пищеблока объектов в части, не противоречащей требованиям настоящих Санитарных правил применяются требования документов нормирования к объектам общественного питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z132"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">55. Конструкция окон должна предусмотреть возможность проветривания помещений, предназначенных для пребывания детей, в любое время года. Остекление окон выполняется из цельногостеклополотна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z133"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>56. Сквозное или угловое проветривание проводится при отсутствии детей. Сквозное проветривание не проводится через туалетные помещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z134"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">57. На объектах создаются оптимальные микроклиматические условия (температура, скорость движения воздуха и относительная влажность воздуха), согласно документам нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z135"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>58. Для контроля за температурой воздуха в групповых помещениях, а также в раздевалках при душевых и спортивном зале, помещениях медицинского пункта устанавливаются термометры, прикрепленные к внутренней стене на высоту 0,8-1,2 м.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z136"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4-тарау. Объектілердің үй-жайларын жөндеуге және күтіп-ұстауға қойылатынсанитариялық-эпидемиологиялық талаптар </w:t>
-[...116 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+        <w:t>Глава 4. Санитарно-эпидемиологические требования к ремонту и содержанию помещений объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z137"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">59. Ежегодно на объектах проводится текущий ремонт. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z138"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60. При функционировании объектов не допускается проведение капитального и текущего ремонта, за исключением работ по устранению аварийных ситуаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z139"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>61. На окна, форточки, фрамуги, открываемые для проветривания, устанавливаются москитные сетки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z140"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>62. Территория объектов и прилегающая к ней территория за ограждением содержится в чистоте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z141"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">63. Объектілердің барлық үй-жайлары мен жабдығы таза ұсталады. Медициналық үй-жайларды, ас блогын және дәретханаларды күн сайын дезинфекциялау құралдарын қолдана отырып тазалайды. Дәретханаларда едендер, есік тұтқалары, крандардың шүмектері, раковиналар және унитаздар күнделікті дезинфекциялануға жатады. </w:t>
-[...164 lines deleted...]
-      <w:bookmarkStart w:id="118" w:name="z120"/>
+        <w:t xml:space="preserve">63. Все помещения и оборудование объектов содержатся в чистоте. Медицинские помещения, пищеблок и туалеты ежедневно убирают с использованием дезинфицирующих средств. В туалетах ежедневной дезинфекции подлежат полы, дверные ручки, барашки кранов, раковины и унитазы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z142"/>
       <w:bookmarkEnd w:id="117"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="119" w:name="z121"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">64. В туалетах устанавливают детские унитазы, умывальные раковины, со средствами для мытья рук, настенные или навесные вешалки с индивидуальными ячейками для детских полотенец, ванны для купания, хозяйственные шкафы и сливы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z143"/>
       <w:bookmarkEnd w:id="118"/>
-      <w:r w:rsidRPr="0086511B">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>65. В туалетах для персонала устанавливаются унитазы, умывальные раковины, со средствами для мытья и сушки рук, урны для сбора мусора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z144"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>66. Количество и размер санитарных приборов предусматривают согласно приложению 3 к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z145"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>67. Горшки после использования очищают, промывают и дезинфицируют. Чистые горшки хранят в туалетных, в индивидуальных маркированных ячейках. Емкости для замачивания горшков маркируются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z146"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>68. В домах ребенка для детей до шести месяцев в групповых помещениях устанавливают манежи и пеленальные столы. Зону кормления групп детей старше 1 года оборудуют столами для кормления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z147"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>69. Пеленальные столы, детские подкладные клеенки, покрытие манежей, игровое оборудование в группах домов ребенка ежедневно обрабатывают с применением моющих средств, в случае загрязнения фекалиями дополнительно проводят дезинфекцию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z148"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">70. Для проведения уборки используются моющие, дезинфицирующие средства разрешенные к применению, согласно документам нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z149"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r w:rsidRPr="000069CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Дезинфекциялау ерітінділерін өндірушінің нұсқаулығына сәйкес ертіндіні дайындау күні көрсетіле отырып, таңбаланған сыйымдылықтарда дайындайды. Дезинфекциялау және жуу құралдары, жұмысшы ерітінділері балалардың қолы жетпейтін орындарда сақталады.</w:t>
-[...141 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+        <w:t>Дезинфицирующие растворы готовят согласно инструкции производителя в маркированных емкостях с указанием даты приготовления раствора. Дезинфицирующие и моющие средства, рабочие растворы хранятся в недоступных для детей местах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z150"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">71. Уборочный инвентарь (тазы, ведра, щетки, ветошь) маркируется и закрепляется за отдельными помещениями (санитарные узлы, медицинский пункт, производственные помещения пищеблока, обеденный зал, групповые помещения), хранится в специально выделенных помещениях (местах). Уборочный инвентарь для санитарных узлов должен иметь сигнальную маркировку. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z151"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>72. Ежегодно в весенний период, на игровых площадках проводится полная смена песка. Вновь завозимый песок соответствует документам нормирования по паразитологическим, микробиологическим, санитарно-химическим, радиологическим показателям. При несоответствии результатов лабораторных исследований документам нормирования проводится внеочередная смена песка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z152"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>73. Мусоросборники, оборудованные плотно закрывающимися крышками устанавливаются в хозяйственной зоне, на площадке с водонепроницаемым покрытием, доступным для очистки и дезинфекции, огражденной с трех сторон. Мусоросборники (контейнеры) очищаются, моются и дезинфицируются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z153"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для сбора мусора с ДО, размещенных на первых двух этажах многоквартирного жилого дома, во встроено – пристроенных помещениях используются общие мусоросборники жилого дома или контейнеры. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z154"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>74. На объектах проводятся мероприятия по дератизации и дезинсекции. Не допускается наличие насекомых, клещей, других членистоногих и грызунов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z155"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>5-тарау. Объектілерде тәрбиелеу және оқыту жағдайларына қойылатынсанитариялық-эпидемиологиялық талаптар</w:t>
-[...164 lines deleted...]
-      <w:bookmarkStart w:id="132" w:name="z134"/>
+        <w:t>Глава 5. Санитарно-эпидемиологические требования</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="132" w:name="z156"/>
       <w:bookmarkEnd w:id="131"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="133" w:name="z135"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к условиям воспитания и обучения на объектах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z157"/>
       <w:bookmarkEnd w:id="132"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="134" w:name="z136"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>75. Содержание дошкольного воспитания и обучения, максимальный объем учебной нагрузки в ДО устанавливаются Государственными общеобязательными стандартами дошкольного воспитания и обучения Республики Казахстан, утвержденными постановлением Правительства Республики Казахстан от 23 августа 2012 года № 1080.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z158"/>
       <w:bookmarkEnd w:id="133"/>
-      <w:r w:rsidRPr="0030464A">
-[...98 lines deleted...]
-      <w:bookmarkStart w:id="135" w:name="z137"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">76. Наполняемость групп ДО предусматривается согласно таблицам 1, 2 приложения 4 к настоящим Санитарным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z159"/>
       <w:bookmarkEnd w:id="134"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="136" w:name="z138"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">77. В доме ребенка оптимальное число воспитывающихся составляет 100-150 детей. Наполняемость групп с рождения до 1,5 лет – 10 детей, в возрасте от 1,5 до 2 лет – 13 детей, в возрасте от 2 до 3 лет – 15 детей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z160"/>
       <w:bookmarkEnd w:id="135"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="137" w:name="z139"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>78. Прогулки должны осуществляться ежедневно с учетом погодных условий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z161"/>
       <w:bookmarkEnd w:id="136"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="138" w:name="z140"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">79. Покрытие игровых площадок предусматривается из безопасных для здоровья материалов (исключающих травматизм). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z162"/>
       <w:bookmarkEnd w:id="137"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="139" w:name="z141"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">80. Мебель и оборудование объектов соответствуют росто-возрастным особенностям детей. На объектах игровые, учебные кабинеты, оборудуют столами, стульями со спинками. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z163"/>
       <w:bookmarkEnd w:id="138"/>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Оборудования в игровых и спортивных площадках соответствуют росту и возрасту детей, без острых выступов и изъянов, своевременно ремонтируются. Покрытие поверхности оборудования предусматривается из водостойкого материала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z164"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Набор, количество и размер оборудования предусматривают с учетом профиля объектов, специфики помещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z165"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Основные размеры мебели ДО и домов ребенка установлены согласно таблицам 1, 2 приложения 5 к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z166"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">81. Мебель, мягкий, твердый инвентарь, оборудование находятся в рабочем состоянии. Подлежат своевременному ремонту или замене. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z167"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">82. Раздевальные в группах оборудуются шкафами для верхней одежды и скамейками. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z168"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шкафы для одежды детей индивидуально маркируются и оборудуются полками для головных уборов и крючками для верхней одежды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z169"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>83. Раздевальные при спортивных залах оборудуются шкафчиками или вешалками для одежды, скамейками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z170"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Покрытие спортивных матов предусматривается из материалов, доступных к очистке и дезинфекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z171"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>84. Использованные игрушки моют ежедневно в конце дня с применением моющих средств. Емкость, ветошь и щетку для мытья игрушек маркируют.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z172"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Спорттық төсеніштердің жабыны тазалауға және дезинфекциялауға болатын материалдардан көздейді. </w:t>
-[...116 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+        <w:t xml:space="preserve">85. Мягконабивные игрушки после использования в конце дня дезинфицируют бактерицидными облучателями в течение 30 минут на расстоянии не менее 25 см от игрушек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z173"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>86. В группах раннего возраста и в помещениях медицинского назначения мягконабивные и пенолатексные ворсовые игрушки не используются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z174"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>87. На приобретенную продукцию для детей (игрушки, обувь, одежда, посуда, средства личной гигиены, школьно-письменные принадлежности, постельное белье, парфюмерно-косметическая продукция, мебель) предоставляются документы, подтверждающие их качество и безопасность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="z175"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">6-тарау. Балалардың тұру жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар </w:t>
-[...189 lines deleted...]
-      <w:bookmarkStart w:id="152" w:name="z154"/>
+        <w:t xml:space="preserve">Глава 6. Санитарно-эпидемиологические требования </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="152" w:name="z176"/>
       <w:bookmarkEnd w:id="151"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="153" w:name="z155"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к условиям проживания детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z177"/>
       <w:bookmarkEnd w:id="152"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="154" w:name="z156"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">88. Спальные помещения объектов оборудуются индивидуальными стационарными кроватями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="z178"/>
       <w:bookmarkEnd w:id="153"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="155" w:name="z157"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В группах ясельного возраста (до трех лет) ДО и домах ребенка спальные помещения оборудуются манежами или стационарными кроватями, имеющими ограждения с четырех сторон, длиной 120 см, шириной 60 см с переменной высотой ложа от пола на уровне 30 см и 50 см и высотой ограждения от пола 95 см.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="z179"/>
       <w:bookmarkEnd w:id="154"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="156" w:name="z158"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Для детей 3-6 (7) лет – длиной 140 см, шириной 60 см, высотой 30 см. Предусматривается возможность уменьшения высоты бокового ограждения не менее чем на 15 см.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="z180"/>
       <w:bookmarkEnd w:id="155"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="157" w:name="z159"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>89. Допускается организация дневного сна детей дошкольных групп (3-6 (7)) лет на стационарных двухъярусных кроватях, раскладных кроватях с твердым ложем или на трансформируемых (встроенных откидных, выдвижных, выкатных) кроватях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="z181"/>
       <w:bookmarkEnd w:id="156"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="158" w:name="z160"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При использовании раскладных или трансформируемых кроватей должно быть предусмотрено место для их хранения, а также для индивидуального хранения постельных принадлежностей и белья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="z182"/>
       <w:bookmarkEnd w:id="157"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="159" w:name="z161"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">90. Предусматривается наличие не менее трех комплектов постельного белья на 1 спальное место. Все постельные принадлежности (матрацы, подушки, одеяло) и постельное белье маркируются. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="z183"/>
       <w:bookmarkEnd w:id="158"/>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>91. Купание детей ДОс круглосуточным пребыванием и в домах ребенка осуществляется по графику не реже одного раза в семь календарных дней с одновременной сменой постельного, нательного белья и полотенец.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="z184"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>92. Смена постельного белья, полотенец проводится по мере загрязнения, но не реже одного раза в неделю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z185"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Не менее одного раза в год постельные принадлежности подвергаются камерной дезинфекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="z186"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>93. Для хранения запасов белья, одежды и обуви, жесткого инвентаря предусматриваются складские помещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="z187"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>94. Постельные принадлежности, полотенца, предметы личной гигиены (зубные щетки, расчески, мочалки) для каждого ребенка выделяются индивидуально. Индивидуальные зубные щетки, мочалки хранятся в открытых ячейках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z188"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">95. Стирка белья должна осуществляться в прачечной объекта, при ее отсутствии допускается организация стирки централизованно в других прачечных. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z189"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>96. В прачечной исключаются встречные потоки чистого и грязного белья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z190"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белье заболевших инфекционным заболеванием перед стиркой подвергается дезинфекции в маркированных ваннах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="z191"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>7-тарау. Объектілердегі тамақтандыру жағдайларына қойылатынсанитариялық-эпидемиологиялық талаптар</w:t>
-[...214 lines deleted...]
-      <w:bookmarkStart w:id="168" w:name="z170"/>
+        <w:t>Глава 7. Санитарно-эпидемиологические требования</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="168" w:name="z192"/>
       <w:bookmarkEnd w:id="167"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="169" w:name="z171"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к условиям питания на объектах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="z193"/>
       <w:bookmarkEnd w:id="168"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="170" w:name="z172"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>97. На объектах предусматривается пищеблок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="z194"/>
       <w:bookmarkEnd w:id="169"/>
-      <w:r w:rsidRPr="0030464A">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="171" w:name="z173"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>98. На пищеблоке объектов не допускается проживание, выполнение работ и услуг, не связанных с организацией питания детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="171" w:name="z195"/>
       <w:bookmarkEnd w:id="170"/>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">99. К пищеблокам объектов в части, не противоречащей требованиям настоящих Санитарных правил, применяются требования документов нормирования к объектам общественного питания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="172" w:name="z196"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>100. На пищеблоке объектов предусматривается последовательность технологических процессов, исключаются встречные потоки сырой и готовой продукции, сырых полуфабрикатов и готовой продукции, использованной и чистой посуды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="z197"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">101. На объектах составляется перспективное сезонное (лето - осень, зима-весна) двухнедельное меню, утвержденное руководителем объекта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="z198"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При составлении меню учитывается ассортимент отечественной продукции, производимой в регионе. В рационе питания детей предусматривают пищевую продукцию, обогащенную витаминно-минеральным комплексом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="z199"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>102. Фактический рацион питания должен соответствовать утвержденному перспективному меню. В исключительных случаях допускается замена пищевой продукции согласно приложению 6 к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="z200"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Хранение скоропортящейся пищевой продукции осуществляется в низкотемпературных холодильных оборудованиях, и (или) в холодильных камерах, и (или) холодильниках. Для контроля температуры устанавливают термометры. Использование ртутных термометров не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="177" w:name="z201"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">103. Ежедневно составляется и вывешивается меню-раскладка, в которой указывают число детей, получающих питание, перечень блюд на каждый прием пищи с указанием массы порции готовых блюд в граммах в зависимости от возраста, а также расход продуктов (в весе "брутто") по каждому блюду. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="z202"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>104. Приготовление пищи производится с использованием картотеки блюд в соответствии с технологическими картами, в которых отражают перечень входящих продуктов в блюдо, их массу в граммах ("брутто"), вес "нетто" готового блюда (выход блюд), химический состав (в граммах), калорийность, сведения о технологии приготовления блюд.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="z203"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>105. В меню не допускается повторение одних и тех же блюд или кулинарных изделий в один и тот же день и в последующие два–три календарных дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="180" w:name="z204"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>106. Масса порции блюд предусматривается согласно приложению 7 к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="181" w:name="z205"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">107. Ежедневно в рацион питания включают мясо, молоко, сливочное и растительное масло, хлеб ржаной и (или) пшеничный, овощи и сахар. Рыбу, яйца, сыр, творог, мясо птицы включают один раз в семь календарных дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="182" w:name="z206"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>108. Завтрак состоит из горячего блюда (первое или второе) и горячего напитка, яиц, бутерброда со сливочным маслом или сыром. На второй завтрак предусматриваются соки, фрукты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="183" w:name="z207"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">106. Тағамдар порцияларының массасы осы Санитариялық қағидаларға 7-қосымшаға сәйкес көзделеді. </w:t>
-[...301 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+        <w:t>Обед включает салат, первое, второе блюдо (основное горячее блюдо из мяса, рыбы или птицы) и третье (компот, чай, соки и кисель). Готовят несложные салаты из вареных и свежих овощей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="184" w:name="z208"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В полдник в меню включают напиток (молоко, кисломолочные продукты, соки, кисель и другие) с булочными или кондитерскими изделиями без крема.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="185" w:name="z209"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ужин состоит из овощного (творожного) блюда или каши; основного второго блюда (мясо, рыба или птица), напитка (чай, сок, компот и кисель). Дополнительно в качестве второго ужина, включают фрукты или кисломолочные продукты и булочные или кондитерские изделия без крема.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="186" w:name="z210"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>109. Интервалы между приемами пищи не должны превышать 3,5-4 часа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="187" w:name="z211"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>110. Нормы питания предусмотрены в постановлении Правительства Республики Казахстан от 12 марта 2012 года № 320 "Об утверждении размеров, источников, видов и Правил предоставления социальной помощи гражданам, которым оказывается социальная помощь".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="188" w:name="z212"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>111. Прием пищевой продукции и продовольственного сырья осуществляют при наличии документов, удостоверяющих их качество и безопасность, с внесением данных в бракеражный журнал скоропортящейся пищевой продукции и полуфабрикатов, согласно форме 1 приложения 8 к настоящим Санитарным Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="189" w:name="z213"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы, удостоверяющие качество и безопасность пищевой продукции, хранятся в пищеблоке объектов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="190" w:name="z214"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сроки годности и условия хранения пищевой продукции должны соответствовать срокам годности, установленным производителем (изготовителем). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="191" w:name="z215"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">112. В целях профилактики гиповитаминозов и повышения неспецифического иммунитета проводят искусственную витаминизацию охлажденных напитков (компот, кисель) витамином "С". </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="192" w:name="z216"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">113. Витаминизацию компотов проводят после их охлаждения до температуры не более +15°С, перед их реализацией, в кисели раствор витамина "С" вводят при его охлаждении до температуры от +30 до +35°С с последующим перемешиванием и охлаждением до температуры реализации. Витаминизацию витамином "С" проводят из расчета 35% средней суточной потребности с внесением данных в журнал "С-витаминизации" согласно форме 2 приложения 8 к настоящим Санитарным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="193" w:name="z217"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Витаминизированные блюда не подогреваются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="194" w:name="z218"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>114. На объектах не допускается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="195" w:name="z219"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) изготовление и реализация:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="196" w:name="z220"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>простокваши, творога и кефир;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="197" w:name="z221"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фаршированных блинчиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="198" w:name="z222"/>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>макарон по-флотски;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="199" w:name="z223"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зельцев, форшмаков, студней, паштетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="200" w:name="z224"/>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кондитерских изделий с кремом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="201" w:name="z225"/>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кондитерских изделий и сладостей (шоколад, конфеты, печенье и другие) в потребительских упаковках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="202" w:name="z226"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>морсов, квасов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="203" w:name="z227"/>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жареных во фритюре изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="204" w:name="z228"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>яиц всмятку, яичницы-глазуньи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="205" w:name="z229"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сложных (более четырех компонентов) салатов; салатов, заправленных сметаной и майонезом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="206" w:name="z230"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>окрошки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="207" w:name="z231"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>грибов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="208" w:name="z232"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пищевой продукции непромышленного (домашнего) приготовления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="209" w:name="z233"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>первых и вторых блюд на основе сухих пищевых концентратов быстрого приготовления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="210" w:name="z234"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>газированных, лечебных и лечебно-столовых минеральных вод, сладких безалкогольных напитков, безалкогольных энергетических (тонизирующих) напитков, соков концентрированных диффузионных (за исключением упакованных минеральных и питьевых вод);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="211" w:name="z235"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фаст-фудов: гамбургеров, хот–догов, чипсов, сухариков, кириешек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="212" w:name="z236"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>острых соусов, кетчупов, жгучих специй (перец, хрен, горчица);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="213" w:name="z237"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) использование:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="214" w:name="z238"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">непастеризованного молока, творога и сметаны без термической обработки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="215" w:name="z239"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>яиц и мяса водоплавающих птиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="216" w:name="z240"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>молока и молочных продуктов из хозяйств, неблагополучных по заболеваемости сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="217" w:name="z241"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>субпродуктов продуктивных животных и птицы, за исключением языка, сердца;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="218" w:name="z242"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мяса продуктивных животных и мяса птицы механической обвалки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="219" w:name="z243"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>коллагенсодержащего сырья из мяса птицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="220" w:name="z244"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>продуктов убоя продуктивных животных и птицы, подвергнутых повторному замораживанию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>генетически модифицированного сырья и (или) сырья, содержащего генетически модифицированные источники;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="221" w:name="z246"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нейодированной соли и необогащенной (нефортифицированной) железосодержащими витаминами, минералами пшеничной муки высшего и первого сортов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="222" w:name="z247"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">115. Не допускается реализация кислородных коктейлей в качестве массовой оздоровительной процедуры. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="223" w:name="z248"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">116. На пищеблоке объектов медицинским работником организации или ответственным лицом ежедневно проводится органолептическая оценка качества готовых блюд с внесением записей в журнал органолептической оценки качества блюд и кулинарных изделий согласно форме 3 приложения 8 к настоящим Санитарным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="224" w:name="z249"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Периодически оценка качества питания проводится бракеражной комиссией, состав которой определяется приказом руководителя объекта с обязательным включением медицинского работника, администрации, заведующего производством и представителя родительского комитета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="225" w:name="z250"/>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>117. Ежедневно на пищеблоке объектов повар оставляет суточную пробу готовой продукции. Пробы отбирают в чистую (обработанную кипячением) стеклянную посуду с крышкой (гарниры отбирают в отдельную посуду) в полном объеме и хранят в специально отведенном месте холодильника при температуре от +2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="0030464A">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С до +6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="0030464A">
-[...809 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С. Суточную пробу хранят не менее двадцати четырех часов до замены приготовленным на следующий день или после выходных дней блюдом (независимо от количества выходных дней) завтрака, обеда, полдника или ужина соответственно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="226" w:name="z251"/>
+      <w:bookmarkEnd w:id="225"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 8. Требования к производственному контролю, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="227" w:name="z252"/>
+      <w:bookmarkEnd w:id="226"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>условиям труда и бытовому обслуживанию персонала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="228" w:name="z253"/>
+      <w:bookmarkEnd w:id="227"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>118. На объектах организуется и проводится производственный контроль в соответствии с требованиями документов нормирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="229" w:name="z254"/>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>119. На объектах создаются условия для соблюдения правил личной гигиены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="230" w:name="z255"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для мытья рук устанавливают умывальные раковины с подводкой к ним горячей и холодной воды, со средствами для мытья и сушки рук. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="231" w:name="z256"/>
+      <w:bookmarkEnd w:id="230"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>120. На объектах обслуживающий персонал (помощники воспитателей, технический персонал), работники пищеблока обеспечиваются специальной одеждой не менее двух комплектов (костюм или халат, косынки, колпак, фартук), сменной обувью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="232" w:name="z257"/>
+      <w:bookmarkEnd w:id="231"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>121. Работники объектов соблюдают личную и производственную гигиену, при выходе из объекта и перед посещением туалета снимают специальную одежду, моют руки с мылом перед началом работы и после посещения туалета, а также после каждого перерыва в работе и соприкосновения с загрязненными предметами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="233" w:name="z258"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">122. Работники пищеблока соблюдают следующие правила личной гигиены: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="234" w:name="z259"/>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) перед началом работы верхнюю одежду убирают в шкаф, тщательно моют руки с мылом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="235" w:name="z260"/>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) работают в чистой специальной одежде, подбирают волосы под косынку или колпак; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="236" w:name="z261"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) в процессе работы снимают кольца, цепочки, часы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="237" w:name="z262"/>
+      <w:bookmarkEnd w:id="236"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) при выходе из пищевого блока, при посещении туалета снимают спецодежду, по возвращении в столовую тщательно моют руки горячей водой с мылом и щеткой, после чего одевают спецодежду. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="238" w:name="z263"/>
+      <w:bookmarkEnd w:id="237"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Не допускается иметь длинные ногти и покрывать их лаком, застегивать спецодежду булавками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="239" w:name="z264"/>
+      <w:bookmarkEnd w:id="238"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>123. Лица с гнойничковыми заболеваниями кожи, нагноившимися порезами, ожогами, ссадинами, больные или носители возбудителей инфекционных заболеваний, также контактировавшие с больными или носителями не допускаются к работе до проведения соответствующего медицинского обследования и заключения врача.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="240" w:name="z265"/>
+      <w:bookmarkEnd w:id="239"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>124. На объектах обслуживающий персонал и работники пищеблока проходят медицинский осмотр и гигиеническое обучение. На работу не принимаются лица без личной медицинской книжки и отметки о допуске к работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="241" w:name="z266"/>
+      <w:bookmarkEnd w:id="240"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 9. Санитарно-эпидемиологические требования</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="242" w:name="z267"/>
+      <w:bookmarkEnd w:id="241"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к медицинскому обеспечению на объектах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="243" w:name="z268"/>
+      <w:bookmarkEnd w:id="242"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>125. На объектах обеспечивается медицинское обслуживание детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="244" w:name="z269"/>
+      <w:bookmarkEnd w:id="243"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>126. ВДО с неполным пребыванием детей медицинские помещения не предусматриваются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="245" w:name="z270"/>
+      <w:bookmarkEnd w:id="244"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">127. Ежедневно в каждой возрастной группе проводится утренний осмотр детей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="246" w:name="z271"/>
+      <w:bookmarkEnd w:id="245"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>128. Оснащение медицинских помещений принимается согласно приложению 9 к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="247" w:name="z272"/>
+      <w:bookmarkEnd w:id="246"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>129. Дети с хроническими формами заболеваний, с факторами риска, а также выявленные в ходе профилактических медицинских осмотров и (или) перенесшие отдельные острые заболевания, подлежат диспансерному учету и наблюдению, согласно составленному плану оздоровления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="248" w:name="z273"/>
+      <w:bookmarkEnd w:id="247"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>130. Медицинский персонал проводит лечебно-профилактические и оздоровительные мероприятия, а также составляет комплексный план оздоровительных мероприятий, направленный на снижение заболеваемости и укрепление здоровья детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="249" w:name="z274"/>
+      <w:bookmarkEnd w:id="248"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">131. При образовании медицинских отходов, которые по степени эпидемиологической опасности относятся к потенциально опасным отходам, их обезвреживают и удаляют в соответствии с требованиями документов нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="250" w:name="z275"/>
+      <w:bookmarkEnd w:id="249"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>132. Медицинские работники и администрация объектов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="251" w:name="z276"/>
+      <w:bookmarkEnd w:id="250"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) ежеквартально проводят анализ заболеваемости с последующей корректировкой планов оздоровления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="252" w:name="z277"/>
+      <w:bookmarkEnd w:id="251"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) ежегодно планируют мероприятия по сохранению и укреплению здоровья детей, снижению среди них заболеваемости и проводят мероприятия по оздоровлению детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="253" w:name="z278"/>
+      <w:bookmarkEnd w:id="252"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) организуют и осуществляют своевременность диспансеризации детей, имеющих хронические заболевания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="254" w:name="z279"/>
+      <w:bookmarkEnd w:id="253"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) по результатам углубленного медицинского осмотра определяют группы динамического наблюдения (группы здоровья), уровень физического развития, медицинские группы для занятий физкультурой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="255" w:name="z280"/>
+      <w:bookmarkEnd w:id="254"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) проводят лечебно-оздоровительную работу (в том числе динамическое наблюдение за состоянием здоровья детей, проведение закаливания, оздоровления и другое); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="256" w:name="z281"/>
+      <w:bookmarkEnd w:id="255"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) ведут статистический учет заболеваемости детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="257" w:name="z282"/>
+      <w:bookmarkEnd w:id="256"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) проводят учет за своевременным прохождением сотрудниками объектов профилактических медицинских осмотров и ежедневный контроль здоровья работников пищеблока с регистрацией данных в журнале результатов осмотра работников пищеблока, согласно приложению 10 к настоящим Санитарным правилам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="258" w:name="z283"/>
+      <w:bookmarkEnd w:id="257"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) ежегодно и по запросу представляют в территориальное подразделение ведомства государственного органа в сфере санитарно-эпидемиологического благополучия населения на соответствующей территории информацию по заболеваемости, проведению профилактических медицинских осмотров, распределению детей по состоянию здоровья (группы здоровья), группам физического развития, диспансерного наблюдения и проведенному оздоровлению; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="259" w:name="z284"/>
+      <w:bookmarkEnd w:id="258"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9) ежедневно проводят осмотр за содержанием пищеблока, условиями и сроками хранения пищевых продуктов, технологией приготовления пищи, качеством готовой пищи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="260" w:name="z285"/>
+      <w:bookmarkEnd w:id="259"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">органолептикалық бағалау журналына жазба енгізе отырып, дайын тағамдардың сапасына органолептикалық бағалау жүргізеді. </w:t>
-[...51 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+        <w:t>В ДО с полным, круглосуточным пребыванием детей и домах ребенка подекадно проводят анализ выполнения суточных норм по основным продуктам за 10 календарных дней с последующей коррекцией и ведением ведомости контроля за выполнением норм пищевой продукции, согласно приложению 11 к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="261" w:name="z286"/>
+      <w:bookmarkEnd w:id="260"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">133. Дети, поступающие вДО, проходят медицинский осмотр и представляют справки о состоянии здоровья. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="262" w:name="z287"/>
+      <w:bookmarkEnd w:id="261"/>
+      <w:r w:rsidRPr="002733E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>134. Дети, отсутствующие три и более дней принимаются вДО при наличии справки врача о состоянии здоровья.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="263" w:name="z288"/>
+      <w:bookmarkEnd w:id="262"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>135. В медицинских кабинетах проводят санитарно-дезинфекционную обработку оборудования и инвентаря дезинфицирующими средствами, согласно инструкции производителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="264" w:name="z289"/>
+      <w:bookmarkEnd w:id="263"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>136. При регистрации среди детей или персонала инфекционных заболеваний, а также с профилактической целью руководством объектов, его персоналом и медицинскими работниками проводятся санитарно-противоэпидемические и санитарно-профилактические мероприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="265" w:name="z290"/>
+      <w:bookmarkEnd w:id="264"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>137. На объектах ведется медицинская документация в соответствии с приложением 12  к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="266" w:name="z291"/>
+      <w:bookmarkEnd w:id="265"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 10. Санитарно-эпидемиологические требования </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="267" w:name="z292"/>
+      <w:bookmarkEnd w:id="266"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к содержанию ДОвместимостью до трех групп</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="268" w:name="z293"/>
+      <w:bookmarkEnd w:id="267"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">138. Допускается функционирование ДОвместимостью до трех групп с минимальным набором помещений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="269" w:name="z294"/>
+      <w:bookmarkEnd w:id="268"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При отсутствии возможности выделения дополнительных площадей допускается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="270" w:name="z295"/>
+      <w:bookmarkEnd w:id="269"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) совмещение в одном помещении игровой и спальни из расчета не менее 3,0 м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на 1 ребенка, при этом в спальной зоне устанавливаются трансформируемые (встроенные откидные, выдвижные, выкатные) кровати;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="271" w:name="z296"/>
+      <w:bookmarkEnd w:id="270"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) организация общей раздевальной, оборудованной индивидуальными шкафчиками для одежды и обуви, скамейками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="272" w:name="z297"/>
+      <w:bookmarkEnd w:id="271"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) организация питания в группах без оборудования буфетных-раздаточных или в общей столовой по графику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="273" w:name="z298"/>
+      <w:bookmarkEnd w:id="272"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) организация централизованной моечной для столовой посуды и приборов вне группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="274" w:name="z299"/>
+      <w:bookmarkEnd w:id="273"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) в туалетных установить 1 унитаз и 1 раковину на 10 детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="275" w:name="z300"/>
+      <w:bookmarkEnd w:id="274"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) одна туалетная в ДО с расчетным количеством не более 30 детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="276" w:name="z301"/>
+      <w:bookmarkEnd w:id="275"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) сокращение набора помещений пищеблока и технологического оборудования, при условии обеспечения безопасности готовой продукции: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="277" w:name="z302"/>
+      <w:bookmarkEnd w:id="276"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приготовление пищи допускается на площадях помещений не менее 21 м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при соблюдении зонирования (раздаточная, для обработки сырой продукции, готовой продукции, для мытья кухонной посуды);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="278" w:name="z303"/>
+      <w:bookmarkEnd w:id="277"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кладовая с выделением зон для хранения овощей и сыпучих продуктов; помещение (отведенное место) для персонала; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="279" w:name="z304"/>
+      <w:bookmarkEnd w:id="278"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для мытья сырой продукции и рук персонала устанавливаются отдельные мойки, для мытья кухонной посуды – одна мойка объемом, достаточным для полного погружения используемой посуды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="280" w:name="z305"/>
+      <w:bookmarkEnd w:id="279"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в ДО вместимостью до трех групп размещаемых, на первых двух этажах многоквартирного жилого дома с расчетным количеством не более 30 детей приготовление пищи допускается на площадях помещений не менее 12 м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при соблюдении зонирования (раздаточная, для обработки сырой продукции, готовой продукции, для мытья кухонной посуды). При отсутствии кладовых для продуктов питания закуп осуществляется не более чем на неделю; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="281" w:name="z306"/>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уменьшение площади помещений для приготовления пищи не более чем на 10%; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="282" w:name="z307"/>
+      <w:bookmarkEnd w:id="281"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) для хранения запасов белья складские помещения или отведенное место со шкафами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="283" w:name="z308"/>
+      <w:bookmarkEnd w:id="282"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9) использование для организации прогулок игровых площадок с ограждением на придомовой территории (допускается организация прогулок по графику);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="284" w:name="z309"/>
+      <w:bookmarkEnd w:id="283"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10) устанавливать на прогулочной площадке сборно-разборные навесы, беседки для использования их в жаркое время года, с обеспечением безопасности их конструкции (сборки, установки) для детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="285" w:name="z310"/>
+      <w:bookmarkEnd w:id="284"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">139. При отсутствии медицинского работника допускается осуществлять медицинское обеспечение территориальной организацией первичной медико - санитарной помощи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="286" w:name="z311"/>
+      <w:bookmarkEnd w:id="285"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом предусматривается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="287" w:name="z312"/>
+      <w:bookmarkEnd w:id="286"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оборудование медицинского кабинета площадью не менее 6 м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="288" w:name="z313"/>
+      <w:bookmarkEnd w:id="287"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в ДО вместимостью до трех групп, размещенных на первых двух этажах многоквартирного жилого дома с расчетным количеством не более 30 детей – выделение отдельного рабочего места для медицинского работника. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="289" w:name="z314"/>
+      <w:bookmarkEnd w:id="288"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Оснащение проводится согласно оказываемых медицинских услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="290" w:name="z316"/>
+      <w:bookmarkEnd w:id="289"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>8-тарау. Өндірістік бақылауға, персоналдың еңбек және тұрмыстық қызмет көрсетужағдайларына қойылатын талаптар</w:t>
-[...327 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="00534D2A" w:rsidP="0030464A">
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="232" w:name="z234"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="009B3C04">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...604 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+        </w:rPr>
+        <w:t>Лабораторно-инструментальные</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>10-тарау. Сыйымдылығы үш топқа дейінгі МДҰ-ны күтіп-ұстауға қойылатынсанитариялық-эпидемиологиялық талаптар</w:t>
-[...862 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...47 lines deleted...]
-        <w:t>Кесте</w:t>
+        </w:rPr>
+        <w:t>исследования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="291" w:name="z317"/>
+      <w:bookmarkEnd w:id="290"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Таблица</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1051"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3252"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="2933"/>
+        <w:gridCol w:w="3775"/>
+        <w:gridCol w:w="3158"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...106 lines deleted...]
-              <w:t>Зерттеу кезеңділігі</w:t>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="292" w:name="z318"/>
+            <w:bookmarkEnd w:id="291"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="292"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Местаотбора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Лабораторные</w:t>
+            </w:r>
+            <w:r w:rsidR="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исследования, количество (единиц)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Периодичность</w:t>
+            </w:r>
+            <w:r w:rsidR="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исследований</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="293" w:name="z319"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+        <w:bookmarkEnd w:id="293"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3154" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3252" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="1042" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="0030464A">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="294" w:name="z320"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="2892" w:type="dxa"/>
+        <w:bookmarkEnd w:id="294"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="0030464A">
-[...60 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен</w:t>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пищеблоки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пробы пищевых продуктов (сырье) на микробиологические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в порядкетекущегонадзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
-[...51 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен</w:t>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пробы готовых блюд на микробиологические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в порядкетекущегонадзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0086511B" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
-[...13 lines deleted...]
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="0030464A">
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>микробиологиялық және санитариялық-химиялық зерттеулерге су сынамалары</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="0030464A">
+              <w:t>пробы воды на микробиологические и санитарно-химические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ағымдағы қадағалау тәртібімен (жылына бір рет)</w:t>
+              <w:t>в порядке текущего надзора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(один раз в год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
-            <w:pPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3154" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен</w:t>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>блюданакалорийность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в порядкетекущегонадзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
-[...51 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен</w:t>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>качествотермическойобработки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в порядкетекущегонадзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
-[...51 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен</w:t>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>смывы с внешнейсреды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в порядкетекущегонадзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
-[...51 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен</w:t>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>определение остаточного хлора в дезинфицирующих средствах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в порядкетекущегонадзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
-[...68 lines deleted...]
-              <w:t>(жылына бір рет)</w:t>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вода питьевая из местных источников водоснабжения (централизованное, колодцы, скважины, каптажи) на бактериологические, санитарно-химические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в порядке текущего надзора (один раз в год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...33 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>персоналды бактериологиялық тасымалдаушылыққа зерттеп-қарау</w:t>
-[...22 lines deleted...]
-              <w:t>эпидемиологиялық көрсетімдер бойынша</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обследование персонала на бактериологическое носительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>поэпидемиологическимпоказаниям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="295" w:name="z329"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...64 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен</w:t>
+        <w:bookmarkEnd w:id="295"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>игрушки, столы, стулья, постельное белье, полотенце</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>смывынапаразитологическиеисследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в порядкетекущегонадзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="296" w:name="z330"/>
+            <w:r w:rsidRPr="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...64 lines deleted...]
-              <w:t>объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен (жылыту маусымы кезеңінде жылына бір рет)</w:t>
+        <w:bookmarkEnd w:id="296"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>раздевальные, игровые, спальни, музыкальные (спортивные) залы, медицинские помещения, изолятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>температура, относительная</w:t>
+            </w:r>
+            <w:r w:rsidR="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>влажность</w:t>
+            </w:r>
+            <w:r w:rsidR="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>воздуха</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта, в порядке текущего надзора (один раз в год в период отопительного сезона)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="297" w:name="z333"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...64 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен (жылына бір рет)</w:t>
+        <w:bookmarkEnd w:id="297"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пищеблок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исследованиеэффективностивентиляции, шум</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в порядке текущего надзора (один раз в год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...86 lines deleted...]
-              <w:t xml:space="preserve"> объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау </w:t>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="298" w:name="z334"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="298"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>водоразборные краны - ввод и вывод в здании, на пищеблоке (при расположении в отдельном блоке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00A249D9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="859"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вода из водопроводной системы (бактериологические и санитарно-химические исследования)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта; текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="299" w:name="z335"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...64 lines deleted...]
-              <w:t>объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+        <w:bookmarkEnd w:id="299"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>колодцы, скважины, каптажи, родники, водоразборные краны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вода питьевая из местных источников водоснабжения (централизованное, колодцы, скважины, каптажи) на бактериологические, санитарно-химические, исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта, в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="300" w:name="z336"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...64 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен</w:t>
+        <w:bookmarkEnd w:id="300"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>объекты с использованием воды, расфасованной в емкости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вода питьевая, расфасованная в емкости (исключая бутилированную воду) на бактериологические и санитарно-химические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в порядкетекущегонадзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0086511B" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="301" w:name="z337"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...37 lines deleted...]
-            <w:pPr>
+        <w:bookmarkEnd w:id="301"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>закрытые плавательные бассейны и ванны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>пробы воды на бактериологические, санитарно-химические, паразитологические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+              <w:t>при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="302" w:name="z338"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="302"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...66 lines deleted...]
-              <w:t>объектінің сәйкестігі</w:t>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>компьютерные и мультимедийные классы, кабинеты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B75334" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>напряженность ЭМП, электростатического</w:t>
+            </w:r>
+            <w:r w:rsidR="00F64832">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>поля на рабочих местах,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уровень концентрации аэроинов и коэффициента униполярности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...86 lines deleted...]
-              <w:t>(сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="303" w:name="z339"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="303"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">игровые помещения, учебные кабинеты, музыкальный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(спортивный) зал, медицинские помещения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00F64832" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE20EA" w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ровень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE20EA" w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>искусственной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE20EA" w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>освещенности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при выдаче санитарно-эпидемиологического заключения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>о соответствии (несоответствии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...26 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="304" w:name="z340"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="304"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ойын үй-жайлары, оқу кабинеттері, музыка (спорт) залы, медициналық үй-жайлар</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде </w:t>
+              <w:t>помещения с печным или автономным, неэлектрическим отоплением, медицинские помещения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исследованиевоздушнойсреды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в порядкетекущегонадзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="0030464A">
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="305" w:name="z341"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="305"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>песочницынаигровыхплощадках</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>пешпен немесе автономды, электрсіз жылытылатын үй-жайлар, медициналық үй-жайлар</w:t>
-[...45 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен</w:t>
+              <w:t>исследования почвы на санитарно-микробиологические исследования и паразитологические насодержание гельминтов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в порядке текущего надзора в период с мая по сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...86 lines deleted...]
-              <w:t>ағымдағы қадағалау тәртібімен мамырдан қыркүйекке дейінгі кезеңде</w:t>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="306" w:name="z345"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="306"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>игровые, спальни, учебныекабинеты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>соответствие размеров мебели росту и возрасту детей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в порядке текущего надзора один раз в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-[...108 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="307" w:name="z346"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...64 lines deleted...]
-              <w:t>жылына бір рет</w:t>
+        <w:bookmarkEnd w:id="307"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организации образования, осуществляющие закуп товаров детского ассортимента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>товары детского ассортимента (одежда, обувь, игрушки, косметические средства, канцелярские товары, посуда, средства гигиены и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>одинразгод</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="281" w:name="z301"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A">
+      <w:bookmarkStart w:id="308" w:name="z348"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+    <w:p w:rsidR="00B75334" w:rsidRDefault="000F5817" w:rsidP="00B75334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>"Мектепке дейінгі ұйымдарға</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="000F5817" w:rsidP="00B75334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...10 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="000F5817" w:rsidP="00B75334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...10 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="000F5817" w:rsidP="00B75334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...10 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="00B75334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...10 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D32E61" w:rsidRDefault="00534D2A" w:rsidP="0030464A">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...45 lines deleted...]
-      </w:r>
+        <w:t>Возрастные групповые помещения ДО и их площади</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="309" w:name="z349"/>
+      <w:bookmarkEnd w:id="308"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRPr="00B75334" w:rsidRDefault="00B75334" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1688"/>
-        <w:gridCol w:w="8647"/>
+        <w:gridCol w:w="1337"/>
+        <w:gridCol w:w="8713"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1688" w:type="dxa"/>
-[...41 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1325" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="310" w:name="z350"/>
+            <w:bookmarkEnd w:id="309"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>раздевальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="310"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>из расчета не менее 0,7 м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="0030464A">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> есебінен</w:t>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на 1 ребенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1688" w:type="dxa"/>
-[...41 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1325" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="311" w:name="z351"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>игровая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="311"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>из расчета для ясельных и дошкольных групп не менее 2,0 м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="0030464A">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> есебінен</w:t>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на 1 ребенка </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1688" w:type="dxa"/>
-[...41 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1325" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="312" w:name="z352"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>буфетная-раздаточная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="312"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неменее 3,8 м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1688" w:type="dxa"/>
-[...41 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1325" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="313" w:name="z353"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>спальня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="313"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>из расчета для ясельных и дошкольных групп не менее 1,8 м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="0030464A">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> есебінен</w:t>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на 1 ребенка </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="0030464A">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1688" w:type="dxa"/>
-[...41 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1325" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="314" w:name="z354"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туалетная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="314"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неменее 16 м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="282" w:name="z302"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A">
+      <w:bookmarkStart w:id="315" w:name="z358"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0030464A" w:rsidRDefault="0030464A" w:rsidP="0030464A">
-[...2 lines deleted...]
-        <w:ind w:firstLine="425"/>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="000F5817" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>"Мектепке дейінгі ұйымдарға</w:t>
-[...5 lines deleted...]
-        <w:ind w:firstLine="425"/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="000F5817" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...13 lines deleted...]
-        <w:ind w:firstLine="425"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="000F5817" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...13 lines deleted...]
-        <w:ind w:firstLine="425"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="000F5817" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...13 lines deleted...]
-        <w:ind w:firstLine="425"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="00B75334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
-[...10 lines deleted...]
-    <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Санитариялық аспаптардың саны мен өлшемі</w:t>
-[...4143 lines deleted...]
-      </w:r>
+        <w:t>Количество и размер санитарных приборов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRDefault="00B75334" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="316" w:name="z359"/>
+      <w:bookmarkEnd w:id="315"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRPr="000F5817" w:rsidRDefault="00B75334" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1098"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3225"/>
+        <w:gridCol w:w="1494"/>
+        <w:gridCol w:w="937"/>
+        <w:gridCol w:w="1295"/>
+        <w:gridCol w:w="541"/>
+        <w:gridCol w:w="743"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="1034"/>
+        <w:gridCol w:w="1431"/>
+        <w:gridCol w:w="588"/>
+        <w:gridCol w:w="1591"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...80 lines deleted...]
-              <w:t>Балалар саны</w:t>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="317" w:name="z360"/>
+            <w:bookmarkEnd w:id="316"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Помещения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="317"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Умывальники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Унитазы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Слив (видуар) сосмесителем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Водоразборныйкран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ванна с комбинированнымсмесителем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Поддон душевой с сеткой на гибком шланге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мойкадвухкамернаясосмесителем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Детские с туалетнымкраном</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Длявзрослыхсосмесителем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Детские</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Длявзрослых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="318" w:name="z362"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...20 lines deleted...]
-              <w:t>Бөбек жасындағы топ:</w:t>
+        <w:bookmarkEnd w:id="318"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...139 lines deleted...]
-              <w:t>10-нан артық емес</w:t>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="319" w:name="z363"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>буфетная-раздаточная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="319"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...42 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:bookmarkStart w:id="320" w:name="z364"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ек</w:t>
-[...61 lines deleted...]
-              <w:t>20 –дан артық емес</w:t>
+              <w:t>туалетная группы детей до 3 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="320"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 глубокий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...120 lines deleted...]
-              <w:t>15-тен артық емес</w:t>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="321" w:name="z365"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туалетнаягруппыдетей 3 – 6 (7) лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="321"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 мелкий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="322" w:name="z366"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>душеваяприфизкультурномзале</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="322"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...19 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="323" w:name="z367"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>медицинскийкабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="323"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...83 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="324" w:name="z368"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процедурныйкабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="324"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="325" w:name="z369"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>изолятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="325"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...121 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="326" w:name="z370"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туалетизолятора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="326"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...121 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="327" w:name="z371"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туалетперсонала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="327"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...120 lines deleted...]
-              <w:t>20-дан артық емес</w:t>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="328" w:name="z372"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>комнаталичнойгигиеныженщин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="328"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>биде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="329" w:name="z376"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>душеваяперсонала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="329"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="330" w:name="z377"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание: в туалетных ДОвместимостью до трех групп предусматривается 1 унитаз и 1 раковина на 10 воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="285" w:name="z286"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00D32E61" w:rsidRPr="00394E58" w:rsidRDefault="00534D2A" w:rsidP="00394E58">
+      <w:bookmarkStart w:id="331" w:name="z379"/>
+      <w:bookmarkEnd w:id="330"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Түзету типіндегі балалар топтарының толықтырылуы</w:t>
-[...37 lines deleted...]
-    </w:p>
+        <w:t>Наполняемость групп дошкольных организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="332" w:name="z380"/>
+      <w:bookmarkEnd w:id="331"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Таблица 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5769"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2318"/>
+        <w:gridCol w:w="1309"/>
+        <w:gridCol w:w="3354"/>
+        <w:gridCol w:w="2518"/>
+        <w:gridCol w:w="2940"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="00394E58">
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
-[...71 lines deleted...]
-              <w:t>(үш жастан үлкен)</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Группы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Возраст</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Количестводетей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="333" w:name="z382"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+        <w:bookmarkEnd w:id="333"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2318" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...64 lines deleted...]
-              <w:t>12</w:t>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="334" w:name="z383"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="334"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ясельныйвозраст:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...64 lines deleted...]
-              <w:t>12</w:t>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>группараннеговозраста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от одного года до двух лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Неболее 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...64 lines deleted...]
-              <w:t>8</w:t>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>перваямладшаягруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от двух до трех лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неболее 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...64 lines deleted...]
-              <w:t>12</w:t>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при наличии в группе детей двух возрастов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от одного года до трех лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неболее 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...64 lines deleted...]
-              <w:t>10</w:t>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="335" w:name="z387"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="335"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Дошкольныйвозраст:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...64 lines deleted...]
-              <w:t>15</w:t>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>втораямладшаягруппа:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от трех до четырех лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неболее 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...64 lines deleted...]
-              <w:t>12</w:t>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>средняягруппа:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от четырех до пяти лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неболее 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...64 lines deleted...]
-              <w:t>10</w:t>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>старшаягруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от пяти до шести лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неболее 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>предшкольнаягруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Психикалық дамуы тежелген балалар үшін</w:t>
-[...47 lines deleted...]
-              <w:t>10</w:t>
+              <w:t>от шести до семи лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неболее 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...64 lines deleted...]
-              <w:t>10</w:t>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при наличии в группе детей любых трех возрастов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от трех до семи лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неболее 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5769" w:type="dxa"/>
-[...171 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="1309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Дамуында басқа да ауытқулар бар балалар үшін</w:t>
-[...47 lines deleted...]
-              <w:t>15</w:t>
+              <w:t>при наличии в группе детей любых двух возрастов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от трех до семи лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неболее 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="286" w:name="z305"/>
-[...147 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:bookmarkStart w:id="336" w:name="z394"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">Наполняемость </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="337" w:name="z395"/>
+      <w:bookmarkEnd w:id="336"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1879 lines deleted...]
-      </w:r>
+        <w:t>детских групп коррекционного типа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="338" w:name="z396"/>
+      <w:bookmarkEnd w:id="337"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Таблица 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75334" w:rsidRPr="00B75334" w:rsidRDefault="00B75334" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="774"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2296"/>
+        <w:gridCol w:w="5584"/>
+        <w:gridCol w:w="2361"/>
+        <w:gridCol w:w="2477"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...113 lines deleted...]
-              <w:t>Грамға шаққандағы салмағы</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="339" w:name="z397"/>
+            <w:bookmarkEnd w:id="338"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Виднарушенийразвитиядетей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="339"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ранний возраст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(до трех лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дошкольный возраст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(старше трех лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="340" w:name="z398"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+        <w:bookmarkEnd w:id="340"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...46 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...114 lines deleted...]
-              <w:t>100,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="341" w:name="z399"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для детей с тяжелыми нарушениями речи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="341"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>80,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="342" w:name="z400"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для детей с фонетико-фонематическим недоразвитием произношения отдельных звуков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="342"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>104,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="343" w:name="z401"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Дляглухихдетей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="343"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>100,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="344" w:name="z402"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Дляслабослышащихдетей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="344"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>116,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="345" w:name="z403"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Дляслепыхдетей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="345"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>80,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="346" w:name="z404"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для слабовидящих детей, для детей с косоглазием и амблиопией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="346"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>120,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="347" w:name="z405"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для детей с нарушением опорно-двигательного аппарата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="347"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>150,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="348" w:name="z406"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для детей с нарушением интеллекта (умственной отсталостью)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="348"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>250,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="349" w:name="z407"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для детей с задержкой психического развития</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="349"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...114 lines deleted...]
-              <w:t>100,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="350" w:name="z408"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для детей с глубокой умственной отсталостью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="350"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>40,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="351" w:name="z409"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для детей с туберкулезной интоксикацией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="351"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>20,0</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="352" w:name="z410"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для детей со сложными дефектами (2 и более дефектов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="352"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="00B75334">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1455 lines deleted...]
-              <w:t>3 дана</w:t>
+            <w:tcW w:w="6551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="353" w:name="z411"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для детей с иными отклонениями в развитии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="353"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="00B75334">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00D32E61" w:rsidP="0030464A">
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="354" w:name="z414"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Маркировка и размеры мебели ДО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="355" w:name="z415"/>
+      <w:bookmarkEnd w:id="354"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Таблица 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1084"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2441"/>
+        <w:gridCol w:w="1448"/>
+        <w:gridCol w:w="5230"/>
+        <w:gridCol w:w="1922"/>
+        <w:gridCol w:w="1822"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...22 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="00394E58">
-[...87 lines deleted...]
-              <w:t>Грамға шаққандағы салмағы</w:t>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="356" w:name="z416"/>
+            <w:bookmarkEnd w:id="355"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Группамебели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="356"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Группа роста детей в см</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высотастола в см</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высота сиденья стула в см</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1367" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="357" w:name="z417"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...36 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+        <w:bookmarkEnd w:id="357"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2252" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2441" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...23 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...88 lines deleted...]
-              <w:t>33,0</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="358" w:name="z418"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="358"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>До 80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>40,0</w:t>
+            <w:tcW w:w="1367" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="359" w:name="z419"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="359"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80 – 90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>80,0</w:t>
+            <w:tcW w:w="1367" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="360" w:name="z420"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="360"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90 – 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
-[...23 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...88 lines deleted...]
-              <w:t>67,0</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="361" w:name="z421"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Г</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="361"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100 – 115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-              <w:t>100,0</w:t>
+            <w:tcW w:w="1367" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="362" w:name="z422"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="362"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>115 – 130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...320 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...682 lines deleted...]
-              <w:t>200,0</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="363" w:name="z423"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="363"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Выше 130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="364" w:name="z424"/>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...221 lines deleted...]
-      </w:r>
+        <w:t>Маркировка и размеры мебели домов ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="365" w:name="z425"/>
+      <w:bookmarkEnd w:id="364"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Таблица 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1384"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2923"/>
+        <w:gridCol w:w="1448"/>
+        <w:gridCol w:w="2562"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="2041"/>
+        <w:gridCol w:w="3007"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
-[...33 lines deleted...]
-              <w:t>Салмағы (г)</w:t>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="366" w:name="z426"/>
+            <w:bookmarkEnd w:id="365"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="366"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="00F64832" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
-[...80 lines deleted...]
-              <w:t>5 жас - 7 жас</w:t>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="367" w:name="z427"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Группамебели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="367"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Группаростадетей, см</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высотастола, см</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высотасиденьястула, см</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Возраст детей по ростовым группам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>5</w:t>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="368" w:name="z428"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="368"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>до 80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7 мес. – 1 г. 8 мес.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>500-550</w:t>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="369" w:name="z429"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="369"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80 – 90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 г. 6 мес – 2 г. 8 мес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
-[...291 lines deleted...]
-              <w:t>450-600</w:t>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="370" w:name="z430"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="370"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90 – 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="290" w:name="z308"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58">
+      <w:bookmarkStart w:id="371" w:name="z433"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>"Мектепке дейінгі ұйымдарға</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+        <w:t>Приложение 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
-[...10 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
-[...10 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
-[...10 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
-[...10 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D32E61" w:rsidRPr="00394E58" w:rsidRDefault="00534D2A" w:rsidP="00394E58">
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Тез бұзылатын тамақ өнімдері мен жартылай фабрикаттардың  бракераж журналы</w:t>
-[...38 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Таблица</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>замены</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>продуктов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="372" w:name="z434"/>
+      <w:bookmarkEnd w:id="371"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1292"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="729"/>
+        <w:gridCol w:w="1971"/>
+        <w:gridCol w:w="2016"/>
+        <w:gridCol w:w="3689"/>
+        <w:gridCol w:w="2017"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...185 lines deleted...]
-              <w:t>Ескертпе *</w:t>
+            <w:tcW w:w="1004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="373" w:name="z435"/>
+            <w:bookmarkEnd w:id="372"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="373"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Продукт, подлежащийзамене</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Вес в граммах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Продуктзаменитель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Вес в граммах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="374" w:name="z436"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+        <w:bookmarkEnd w:id="374"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2657" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1499" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...70 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...114 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="375" w:name="z437"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="375"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мясоговядина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мясо блочное на костях 1 категории: баранина, конина, крольчатина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мясо блочное без костей 1 категории: баранина, конина, крольчатина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конина 1 категории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>104,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мясоптицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>субпродукты 1-й категории печень, почки, сердце</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>116,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>колбасавареная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>консервымясные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>120,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рыба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>150,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>творогполужирный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>250,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="376" w:name="z446"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="376"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Молокоцельное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кефир, айран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>молокосгущенноестерилизованное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сливки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>творогжирный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="377" w:name="z450"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="377"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сметана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сливки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>133,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>молоко</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>667,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="378" w:name="z452"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="378"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Творог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>молоко</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>333,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>брынза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сметана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сливки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>66,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="379" w:name="z457"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="379"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>маслокоровье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сметана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>125,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>творог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>250,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>брынза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>200,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>молоко</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>825,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>яйца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="380" w:name="z465"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="380"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Яйца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>33,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сметана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>творог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="381" w:name="z468"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="381"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рыбаобезглавленная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мясо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>67,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сельдьсоленая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рыбноефиле</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>70,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>творог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>168,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="382" w:name="z473"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="382"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Фрукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сокплодово-ягодный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>яблокисушеные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курага</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>чернослив</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>изюм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арбуз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>300,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дыня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>200,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
-[...37 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="383" w:name="z482"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="292" w:name="z292"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="00394E58">
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="009B3C04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...38 lines deleted...]
-    </w:p>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Масса порции в граммах в зависимости от возраста детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="384" w:name="z483"/>
+      <w:bookmarkEnd w:id="383"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2458"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1448"/>
+        <w:gridCol w:w="974"/>
+        <w:gridCol w:w="3080"/>
+        <w:gridCol w:w="3073"/>
+        <w:gridCol w:w="3074"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
-[...113 lines deleted...]
-              <w:t>Жауапты адамның қолы</w:t>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Вес (г)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
-[...113 lines deleted...]
-              <w:t>5</w:t>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 года -3 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3073" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 лет-5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3074" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 лет-7 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
-[...69 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="385" w:name="z486"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="385"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3073" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3074" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="386" w:name="z487"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Завтрак</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="386"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>350 - 450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3073" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>400 - 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3074" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>500 - 550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="387" w:name="z488"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Обед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="387"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>400 - 550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3073" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>550 - 600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3074" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>600 - 800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="388" w:name="z489"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Полдник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="388"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>200 - 250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3073" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>250 - 300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3074" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>300 - 400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="389" w:name="z490"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ужин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="389"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>350 - 400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3073" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>400 - 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3074" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>450 - 600</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="293" w:name="z293"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00D32E61" w:rsidRPr="00394E58" w:rsidRDefault="00534D2A" w:rsidP="00394E58">
+      <w:bookmarkStart w:id="390" w:name="z493"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Дайын тағамның және аспаздық бұйымдарды органалептикалық бағалау журналы</w:t>
-[...38 lines deleted...]
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бракеражный журнал скоропортящейся пищевой продукции и полуфабрикатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="391" w:name="z494"/>
+      <w:bookmarkEnd w:id="390"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1412"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="1300"/>
+        <w:gridCol w:w="2026"/>
+        <w:gridCol w:w="1299"/>
+        <w:gridCol w:w="1299"/>
+        <w:gridCol w:w="1299"/>
+        <w:gridCol w:w="1299"/>
+        <w:gridCol w:w="1029"/>
+        <w:gridCol w:w="871"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1536" w:type="dxa"/>
-[...161 lines deleted...]
-              <w:t>Ескертпе</w:t>
+            <w:tcW w:w="2044" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="392" w:name="z495"/>
+            <w:bookmarkEnd w:id="391"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата и час, поступления продовольственного сырья и пищевых продуктов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="392"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименованиепищевыхпродуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2786" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Количество поступившего продовольственного сырья и пищевых продуктов (в килограммах, литрах, штуках)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты органолептической оценки поступившего продовольственного сырья и пищевых продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1473" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Конечный срок реализации продовольственного сырья и пищевых продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата и час фактической реализации продовольственного сырья и пищевых продуктов по дням</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подпись ответственного лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Примечание *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1536" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2044" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="393" w:name="z496"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+        <w:bookmarkEnd w:id="393"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2786" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1297" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1645" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3023" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1473" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2370" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1536" w:type="dxa"/>
-[...93 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:tcW w:w="2044" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2786" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1645" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1473" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
-[...216 lines deleted...]
-    <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="00394E58">
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="394" w:name="z498"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание:* Указываются факты списания, возврата продуктов и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...37 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="395" w:name="z499"/>
+      <w:bookmarkEnd w:id="394"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Журнал "С-витаминизации"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="396" w:name="z500"/>
+      <w:bookmarkEnd w:id="395"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1381"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2874"/>
+        <w:gridCol w:w="1394"/>
+        <w:gridCol w:w="1873"/>
+        <w:gridCol w:w="3474"/>
+        <w:gridCol w:w="1191"/>
+        <w:gridCol w:w="2490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1381" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>Саны</w:t>
+            <w:tcW w:w="2527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="397" w:name="z501"/>
+            <w:bookmarkEnd w:id="396"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата и час приготовления блюда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="397"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименованиеблюда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общееколичестводобавленноговитамина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Содержание витамина "С" в одной порции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подписьответственноголица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1381" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="398" w:name="z502"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+        <w:bookmarkEnd w:id="398"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2874" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="2076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1381" w:type="dxa"/>
-[...3263 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2527" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
-[...209 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
-[...14 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:bookmarkStart w:id="399" w:name="z504"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1402 lines deleted...]
-      </w:r>
+        <w:t>Журнал органолептической оценки качества блюд и кулинарных изделий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="400" w:name="z505"/>
+      <w:bookmarkEnd w:id="399"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="488"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1451"/>
+        <w:gridCol w:w="1391"/>
+        <w:gridCol w:w="1465"/>
+        <w:gridCol w:w="1885"/>
+        <w:gridCol w:w="1239"/>
+        <w:gridCol w:w="1641"/>
+        <w:gridCol w:w="1526"/>
+        <w:gridCol w:w="1275"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
-[...52 lines deleted...]
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="00394E58">
+            <w:tcW w:w="1821" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:bookmarkStart w:id="401" w:name="z506"/>
+            <w:bookmarkEnd w:id="400"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Тамақ өнімінің 1 адамға граммен алғандағы г (брутто) нормасы*</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="00394E58">
+              <w:t>Дата, время, изготовления блюд и кулинарных изделий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="401"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Бір адамға күндер бойынша (барлығы) бруттомен алғанда, г. іс жүзінде өнім берілді</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidRDefault="00534D2A" w:rsidP="00394E58">
+              <w:t>Наименование блюд и кулинарных изделий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>10 күнде 1 адамға бруттомен алғанда алғанда барлығы тамақ өнімі берілді</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Органолептическая оценка, включая оценку степени готовности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0030464A">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Орташа есеппен алғанда 1 адамға күніне</w:t>
-[...24 lines deleted...]
-              <w:t>% (+/-)-да нормадан ауытқу</w:t>
+              <w:t>блюд и кулинарных изделий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Разрешение к реализации (время)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель (Ф.И.О. (при его наличии), должность)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2706" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии), лица проводившего бракераж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1821" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="402" w:name="z507"/>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+        <w:bookmarkEnd w:id="402"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0030464A">
+            <w:tcW w:w="1442" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2706" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
-[...258 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1821" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2706" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidTr="00394E58">
+    </w:tbl>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="403" w:name="z509"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Примечание: в графе 7 указываются наименования готовой продукции, не допушенных к реализации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="404" w:name="z511"/>
+      <w:bookmarkEnd w:id="403"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3C04" w:rsidRDefault="009B3C04" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Оснащениемедицинскихпомещений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="405" w:name="z512"/>
+      <w:bookmarkEnd w:id="404"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ac"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1267"/>
+        <w:gridCol w:w="6077"/>
+        <w:gridCol w:w="3078"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
-[...159 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="406" w:name="z513"/>
+            <w:bookmarkEnd w:id="405"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="406"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование медицинского оборудования и инструментария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="407" w:name="z514"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="407"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="408" w:name="z515"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="408"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Письменныйстол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="409" w:name="z516"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="409"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Стулья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="410" w:name="z517"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="410"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кушетка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="411" w:name="z518"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="411"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Шкафканцелярский</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="412" w:name="z519"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="412"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Шкафмедицинский</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="413" w:name="z520"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="413"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ширма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="414" w:name="z521"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="414"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Медицинский столик со стеклянной крышкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="415" w:name="z522"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="415"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Холодильник (для вакцин и медикаментов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="416" w:name="z523"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="416"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тонометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="417" w:name="z524"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="417"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Фонендоскоп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="418" w:name="z525"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="418"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бактерициднаялампа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="419" w:name="z526"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="419"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Весымедицинские</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="420" w:name="z527"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="420"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ростомер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="421" w:name="z528"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="421"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Термоконтейнердлятранспортировкивакцин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="422" w:name="z529"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="422"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Настольнаялампа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="423" w:name="z530"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="423"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Термометрымедицинские</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="424" w:name="z531"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="424"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ножницы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="425" w:name="z532"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="425"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Умывальнаяраковина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="426" w:name="z533"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="426"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ведро с педальнойкрышкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="427" w:name="z534"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="427"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Емкость для уничтожения остатков вакцин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="428" w:name="z535"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="428"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халатымедицинские</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="429" w:name="z536"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="429"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Колпаки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="430" w:name="z537"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="430"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Простыниодноразовые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>постоянно в наличии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="431" w:name="z538"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="431"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Полотенцаодноразовые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>постоянно в наличии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="432" w:name="z539"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="432"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халатытемныедляуборки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="433" w:name="z540"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="433"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Маскиодноразовые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="434" w:name="z541"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="434"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Уборочный инвентарь: ведра, швабра, ветоши, емкости для хранения ветошей, перчатки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>расчетотнаборапомещений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="435" w:name="z542"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="435"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Канцтовары (журналы, тетради, клей, ручки, дырокол, степлер, корректор, папки и т.д.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>померенеобходимости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="436" w:name="z543"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="436"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Биксмаленький</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="437" w:name="z544"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="437"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Биксбольшой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="438" w:name="z547"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="438"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жгутрезиновый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4-6 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="439" w:name="z548"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="439"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Шприцыодноразовые с иглами:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2,0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5,0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 штук;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 штук;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="440" w:name="z549"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="440"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Пинцет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="441" w:name="z550"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="441"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Грелкарезиновая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-2 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="442" w:name="z551"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="442"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Пузырьдляльда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-2 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="443" w:name="z552"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="443"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Лотокпочкообразный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="444" w:name="z553"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="444"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Шпательметаллический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="445" w:name="z554"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="445"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Шиныдляиммобилизацииконечностей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="446" w:name="z555"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="446"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Коврик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 штук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="447" w:name="z556"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="447"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сантиметроваялента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="448" w:name="z557"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="448"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Таблицы для определения остроты зрения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="00AE1DC0" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="449" w:name="z558"/>
+            <w:r w:rsidRPr="00AE1DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="449"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="00AE1DC0" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE1DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Жидкоемыло с дозатором</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE1DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>постоянно в наличии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="0030464A">
-[...36 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58">
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="450" w:name="z561"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+      <w:bookmarkStart w:id="451" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="451"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
+      <w:r w:rsidRPr="000F5817">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>"Мектепке дейінгі ұйымдарға</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+        <w:t>Приложение 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
-[...10 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
-[...10 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00394E58">
-[...10 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00394E58" w:rsidRPr="00394E58" w:rsidRDefault="00394E58" w:rsidP="00394E58">
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Журнал результатов осмотра работников пищеблока</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="452" w:name="z562"/>
+      <w:bookmarkEnd w:id="450"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE20EA" w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ac"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="486"/>
+        <w:gridCol w:w="1320"/>
+        <w:gridCol w:w="1131"/>
+        <w:gridCol w:w="411"/>
+        <w:gridCol w:w="411"/>
+        <w:gridCol w:w="412"/>
+        <w:gridCol w:w="412"/>
+        <w:gridCol w:w="412"/>
+        <w:gridCol w:w="412"/>
+        <w:gridCol w:w="412"/>
+        <w:gridCol w:w="595"/>
+        <w:gridCol w:w="595"/>
+        <w:gridCol w:w="595"/>
+        <w:gridCol w:w="595"/>
+        <w:gridCol w:w="595"/>
+        <w:gridCol w:w="962"/>
+        <w:gridCol w:w="222"/>
+        <w:gridCol w:w="222"/>
+        <w:gridCol w:w="222"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="414" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="453" w:name="z563"/>
+            <w:bookmarkEnd w:id="452"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="453"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="243" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="16"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Месяц / дни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17…</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="243" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="454" w:name="z566"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание. *здоров, болен, отстранен от работы, санирован, отпуск, выходной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="455" w:name="z569"/>
+      <w:bookmarkEnd w:id="454"/>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно- эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="299" w:name="z315"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="0030464A">
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Объектілердің медициналық құжаттамасы</w:t>
-[...741 lines deleted...]
-    <w:sectPr w:rsidR="00D32E61" w:rsidRPr="0030464A" w:rsidSect="0030464A">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ведомость контроля за выполнением норм пищевой продукции за ___ месяц ________г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="456" w:name="z570"/>
+      <w:bookmarkEnd w:id="455"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Форма 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ac"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="478"/>
+        <w:gridCol w:w="3077"/>
+        <w:gridCol w:w="1121"/>
+        <w:gridCol w:w="314"/>
+        <w:gridCol w:w="314"/>
+        <w:gridCol w:w="314"/>
+        <w:gridCol w:w="362"/>
+        <w:gridCol w:w="411"/>
+        <w:gridCol w:w="1121"/>
+        <w:gridCol w:w="956"/>
+        <w:gridCol w:w="1954"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="457" w:name="z571"/>
+            <w:bookmarkEnd w:id="456"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="457"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименованиепищевойпродукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2497" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Норма* пищевой продукции в граммах г (брутто) на 1 человека</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фактически выдано пищевой продукции в брутто по дням (всего), г на одного человека</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Всего выдано пищевой продукции в брутто</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на 1 человека за 10 дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В среднем на 1 человека в день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Отклонениеотнормы в % (+/-)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="458" w:name="z573"/>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="458"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5817">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidTr="000F5817">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00A57072" w:rsidP="000F5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="459" w:name="z575"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Примечание: _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к санитарным правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Санитарно – эпидемиологические</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к дошкольным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациям и домам ребенка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="460" w:name="z578"/>
+      <w:bookmarkEnd w:id="459"/>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Медицинская документация объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5817" w:rsidRPr="000F5817" w:rsidRDefault="000F5817" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="461" w:name="z579"/>
+      <w:bookmarkEnd w:id="460"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Медицинской документацией являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="462" w:name="z580"/>
+      <w:bookmarkEnd w:id="461"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) журнал учета инфекционных заболеваний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="463" w:name="z581"/>
+      <w:bookmarkEnd w:id="462"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) журнал соматической заболеваемости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="464" w:name="z582"/>
+      <w:bookmarkEnd w:id="463"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) журнал учета контактов с острыми инфекционными заболеваниями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="465" w:name="z583"/>
+      <w:bookmarkEnd w:id="464"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) журнал учета карантина;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="466" w:name="z584"/>
+      <w:bookmarkEnd w:id="465"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) карта профилактических прививок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="467" w:name="z585"/>
+      <w:bookmarkEnd w:id="466"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) журнал учета профилактических прививок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="468" w:name="z586"/>
+      <w:bookmarkEnd w:id="467"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) журнал движения вакцин, других бактериальных препаратов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="469" w:name="z587"/>
+      <w:bookmarkEnd w:id="468"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) журнал регистрации проб Манту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="470" w:name="z588"/>
+      <w:bookmarkEnd w:id="469"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9) журнал регистрации детей группы риска подлежащих обследованию по пробе Манту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="471" w:name="z589"/>
+      <w:bookmarkEnd w:id="470"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10) журнал туберкулино-положительных лиц, подлежащих дообследованию у фтизиопедиатра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="472" w:name="z590"/>
+      <w:bookmarkEnd w:id="471"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11) журнал поствакцинальных осложнений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="473" w:name="z591"/>
+      <w:bookmarkEnd w:id="472"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12) журнал постоянных и длительных медицинских отводов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="474" w:name="z592"/>
+      <w:bookmarkEnd w:id="473"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>13) журнал открытых флаконов и уничтожения остатков вакцин;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="475" w:name="z593"/>
+      <w:bookmarkEnd w:id="474"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>14) журнал проведения контролируемой</w:t>
+      </w:r>
+      <w:r w:rsidR="00A249D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>химиопрофилактики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="476" w:name="z594"/>
+      <w:bookmarkEnd w:id="475"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15) журнал регистрации обследуемых на возбудителей паразитарных заболеваний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="477" w:name="z595"/>
+      <w:bookmarkEnd w:id="476"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>16) журнал регистрации лиц, обследованных на гельминты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="478" w:name="z596"/>
+      <w:bookmarkEnd w:id="477"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>17) журнал осмотра на педикулез, чесотку и дерматомикозы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="479" w:name="z597"/>
+      <w:bookmarkEnd w:id="478"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>18) паспорт здоровья ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="480" w:name="z598"/>
+      <w:bookmarkEnd w:id="479"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>19) списки детей группы риска;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="481" w:name="z599"/>
+      <w:bookmarkEnd w:id="480"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20) журнал учета флюороположительных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="482" w:name="z600"/>
+      <w:bookmarkEnd w:id="481"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>21) бракеражный журнал скоропортящейся пищевой продукции и полуфабрикатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="483" w:name="z601"/>
+      <w:bookmarkEnd w:id="482"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>22) журнал результатов осмотра работников пищеблока;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="484" w:name="z602"/>
+      <w:bookmarkEnd w:id="483"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23) папка с аннотациями вакцин;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="485" w:name="z603"/>
+      <w:bookmarkEnd w:id="484"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24) приказы и инструкции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="486" w:name="z604"/>
+      <w:bookmarkEnd w:id="485"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>25) ведомость контроля за выполнением норм пищевой продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="487" w:name="z605"/>
+      <w:bookmarkEnd w:id="486"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>26) журнал учета диспансерных больных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="488" w:name="z606"/>
+      <w:bookmarkEnd w:id="487"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>27) индивидуальные медицинские карты воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="489" w:name="z607"/>
+      <w:bookmarkEnd w:id="488"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>28) контрольная карта диспансерного наблюдения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="490" w:name="z608"/>
+      <w:bookmarkEnd w:id="489"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>29) журнал углубленных профилактических медицинских осмотров, акты специалистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="491" w:name="z609"/>
+      <w:bookmarkEnd w:id="490"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30) журнал органолептической оценки качества блюд и кулинарных изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidRDefault="00EE20EA" w:rsidP="000F5817">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="492" w:name="z610"/>
+      <w:bookmarkEnd w:id="491"/>
+      <w:r w:rsidRPr="000F5817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>31) журнал "С" - витаминизации.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="492"/>
+    </w:p>
+    <w:sectPr w:rsidR="00A57072" w:rsidRPr="000F5817" w:rsidSect="00CB2BB5">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="23"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00987E13" w:rsidRDefault="00987E13" w:rsidP="0030464A">
+    <w:p w:rsidR="002B5C6F" w:rsidRDefault="002B5C6F" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00987E13" w:rsidRDefault="00987E13" w:rsidP="0030464A">
+    <w:p w:rsidR="002B5C6F" w:rsidRDefault="002B5C6F" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-1454623037"/>
+      <w:id w:val="23667064"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:sz w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00394E58" w:rsidRPr="0030464A" w:rsidRDefault="005E42B5" w:rsidP="0030464A">
+      <w:p w:rsidR="000F5817" w:rsidRPr="00CB2BB5" w:rsidRDefault="000E5E85" w:rsidP="00CB2BB5">
         <w:pPr>
           <w:pStyle w:val="af0"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="0030464A">
+        <w:r w:rsidRPr="00CB2BB5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00394E58" w:rsidRPr="0030464A">
+        <w:r w:rsidR="00CB2BB5" w:rsidRPr="00CB2BB5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
-          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="0030464A">
+        <w:r w:rsidRPr="00CB2BB5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0086511B" w:rsidRPr="0086511B">
+        <w:r w:rsidR="00F64832">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
-            <w:sz w:val="20"/>
-            <w:lang w:val="ru-RU"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>33</w:t>
         </w:r>
-        <w:r w:rsidRPr="0030464A">
+        <w:r w:rsidRPr="00CB2BB5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00987E13" w:rsidRDefault="00987E13" w:rsidP="0030464A">
+    <w:p w:rsidR="002B5C6F" w:rsidRDefault="002B5C6F" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00987E13" w:rsidRDefault="00987E13" w:rsidP="0030464A">
+    <w:p w:rsidR="002B5C6F" w:rsidRDefault="002B5C6F" w:rsidP="000F5817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
+  <w:zoom w:percent="130"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D32E61"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00D32E61"/>
+    <w:rsidRoot w:val="00A57072"/>
+    <w:rsid w:val="000052D0"/>
+    <w:rsid w:val="000069CC"/>
+    <w:rsid w:val="000E5E85"/>
+    <w:rsid w:val="000F5817"/>
+    <w:rsid w:val="000F7F63"/>
+    <w:rsid w:val="00213279"/>
+    <w:rsid w:val="002733E0"/>
+    <w:rsid w:val="002B5C6F"/>
+    <w:rsid w:val="002D55E7"/>
+    <w:rsid w:val="004141E3"/>
+    <w:rsid w:val="005E2706"/>
+    <w:rsid w:val="007D15A5"/>
+    <w:rsid w:val="008F2305"/>
+    <w:rsid w:val="009B3C04"/>
+    <w:rsid w:val="00A249D9"/>
+    <w:rsid w:val="00A57072"/>
+    <w:rsid w:val="00AE1DC0"/>
+    <w:rsid w:val="00B54023"/>
+    <w:rsid w:val="00B75334"/>
+    <w:rsid w:val="00C86943"/>
+    <w:rsid w:val="00CB2BB5"/>
+    <w:rsid w:val="00E91DAE"/>
+    <w:rsid w:val="00E97BD8"/>
+    <w:rsid w:val="00EE20EA"/>
+    <w:rsid w:val="00F429AD"/>
+    <w:rsid w:val="00F64832"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -35375,164 +34637,164 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005E42B5"/>
+    <w:rsid w:val="00C86943"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="005E42B5"/>
+    <w:rsid w:val="00C86943"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="005E42B5"/>
+    <w:rsid w:val="00C86943"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="005E42B5"/>
+    <w:rsid w:val="00C86943"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00534D2A"/>
+    <w:rsid w:val="00EE20EA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00534D2A"/>
+    <w:rsid w:val="00EE20EA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0030464A"/>
+    <w:rsid w:val="000F5817"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0030464A"/>
+    <w:rsid w:val="000F5817"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
@@ -35822,103 +35084,106 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00534D2A"/>
+    <w:rsid w:val="00EE20EA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00534D2A"/>
+    <w:rsid w:val="00EE20EA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0030464A"/>
+    <w:rsid w:val="000F5817"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0030464A"/>
+    <w:rsid w:val="000F5817"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -36171,66 +35436,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>22</Pages>
-  <Words>9433</Words>
-  <Characters>53771</Characters>
+  <Words>9045</Words>
+  <Characters>51559</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>448</Lines>
-  <Paragraphs>126</Paragraphs>
+  <Lines>429</Lines>
+  <Paragraphs>120</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>63078</CharactersWithSpaces>
+  <CharactersWithSpaces>60484</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>