--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -1,1043 +1,643 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DF2747" w:rsidRDefault="00DF2747" w:rsidP="00293D97">
-[...78 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>СОСТАВ РОДИТЕЛЬСКОГО КОМИТЕТА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00276812" w:rsidRDefault="00293D97" w:rsidP="00293D97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ясли – сада  №22 санаторного типа для тубинфицированных детей города Павлодара</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>на 2018-2019 учебный год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="tt-RU"/>
+        </w:rPr>
+        <w:t>Жумабекова  Зейнеш Рашитовна  – 1 младшая “А” группа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DF2747">
-[...6 lines deleted...]
-        <w:t>жылына</w:t>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зейнитдинова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...12 lines deleted...]
-    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00DF2747" w:rsidP="00293D97">
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Асель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бейбитовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="tt-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="tt-RU"/>
+        </w:rPr>
+        <w:t>1 младшая “Б” группа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-          <w:lang w:val="tt-RU"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тасыбаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Марат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балгабаевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 младшая «В» группа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Куттанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00262CBA" w:rsidRPr="00293D97">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">  – 1 сәбилер “А” тобы</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лаззат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рашитовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 младшая «А» группа</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00293D97">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Асель</w:t>
+        <w:t>Жаскайратова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00293D97">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Динара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жаскайратовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 младшая «Б» группа- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>секретарь родительского комитета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мейраманова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00293D97">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Бейбитовна</w:t>
+        <w:t>Жанар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00293D97">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="tt-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00262CBA" w:rsidRPr="00293D97">
-[...4 lines deleted...]
-        <w:t>Зейнитдинова</w:t>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кабдуллаевна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00262CBA" w:rsidRPr="00293D97">
-[...19 lines deleted...]
-        <w:t>1 сәбилер “Б” тобы</w:t>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – средняя «А» группа</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00293D97">
-[...5 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00293D97">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ба</w:t>
-[...6 lines deleted...]
-        <w:t>лгабаевич</w:t>
+        <w:t>Искакова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00DF2747">
+      <w:r w:rsidRPr="00293D97">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00262CBA" w:rsidRPr="00293D97">
-[...4 lines deleted...]
-        <w:t>Тасыбаев</w:t>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гульсум</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00262CBA" w:rsidRPr="00293D97">
+      <w:r w:rsidRPr="00293D97">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF2747">
-[...23 lines deleted...]
-    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00DF2747" w:rsidP="00293D97">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Акыловна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – средняя «Б» группа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Лаззат</w:t>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алябьева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Сергеевна – 2 младшая «В» группа – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>председатель родительского комитета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Рашитовна</w:t>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разенкова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...273 lines deleted...]
-        <w:t>тобы</w:t>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наталья Павловна – старшая «А» группа </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
-      <w:pPr>
-[...264 lines deleted...]
-    <w:p w:rsidR="00293D97" w:rsidRPr="00DF2747" w:rsidRDefault="00DF2747" w:rsidP="00293D97">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="325"/>
           <w:tab w:val="left" w:pos="1756"/>
         </w:tabs>
         <w:ind w:left="345"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">0. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Жанат</w:t>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жуаупова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00293D97">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жанатт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00293D97">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Мухтаровна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00262CBA" w:rsidRPr="00262CBA">
-[...43 lines deleted...]
-        <w:t>тобы</w:t>
+      <w:r w:rsidRPr="00293D97">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – старшая «Б» группа</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00293D97" w:rsidRDefault="00293D97" w:rsidP="00293D97">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:ind w:left="705"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00293D97" w:rsidRDefault="00293D97">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00293D97" w:rsidRDefault="00293D97">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -1240,2316 +840,501 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00293D97" w:rsidRDefault="00293D97" w:rsidP="00CA4C94">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00262CBA" w:rsidRPr="00262CBA" w:rsidRDefault="00262CBA" w:rsidP="00262CBA">
+    <w:p w:rsidR="00293D97" w:rsidRPr="00CA4C94" w:rsidRDefault="00293D97">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00262CBA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>АТА-АНАЛАР КОМИТЕТІНІҢ ӨКІЛЕТТІГІ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00262CBA" w:rsidRPr="00262CBA" w:rsidRDefault="00262CBA" w:rsidP="00262CBA">
+        <w:t>ПОЛНОМОЧИЯ РОДИТЕЛЬСКОГО КОМИТЕТА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00CA4C94" w:rsidRDefault="00293D97" w:rsidP="00293D97">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00262CBA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00262CBA" w:rsidRDefault="00262CBA" w:rsidP="00262CBA">
+        </w:rPr>
+        <w:t>ясли – сада  №22 санаторного типа для тубинфицированных детей города Павлодара</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6079B" w:rsidRPr="00CA4C94" w:rsidRDefault="00293D97" w:rsidP="00E6079B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00262CBA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00CA4C94" w:rsidRPr="00262CBA" w:rsidRDefault="00262CBA" w:rsidP="00CD6636">
+        </w:rPr>
+        <w:t>на 2018-2019 учебный год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00262CBA" w:rsidRPr="005D1FB9" w:rsidRDefault="00262CBA" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Свободно распространять информацию о своей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00262CBA" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заслушивать доклады руководителя о состоянии и перспективах работы ГККП «Ясли – сад №22 санаторного типа»  и по отдельным вопросам, интересующим родителей (законных представителей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...193 lines deleted...]
-    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00262CBA" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вносить руководителю ГККП «Ясли – сад №22 санаторного типа» предложения по организации работы педагогического, медицинского и обслуживающего персонала. Руководитель или должностные лица детского сада   рассматривают   предложения   Родительского   комитета   и   сообщают   о результатах рассмотрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00262CBA" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Систематически контролировать качество питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...140 lines deleted...]
-    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00262CBA" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Устанавливать связь с общественными, государственными городскими и иными предприятиями,  профсоюзными и другими организациями по вопросам оказания помощи детскому саду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...142 lines deleted...]
-    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Разрешать вопросы, связанные с семейным воспитанием детей, отмечать в средствах массовой информации лучших родителей (законных представителей) за хорошее воспитание, пропагандировать передовой опыт семейного воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...242 lines deleted...]
-    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В    случаях    невыполнения   родителями    (законными    представителями)    своих обязанностей по воспитанию детей принимать меры по созданию нормальных условий жизни детей в семье, в отдельных случаях сообщать по месту работы родителей (законных представителей) для общественного воздействия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...106 lines deleted...]
-    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Присутствовать по приглашению на педагогических, производственных совещаниях, на городских конференциях по дошкольному воспитанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...142 lines deleted...]
-    <w:p w:rsidR="00CD6636" w:rsidRPr="00CD6636" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вносить предложения руководству и другим органам самоуправления по усовершенствованию их деятельности и получать информацию о результатах их рассмотрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...98 lines deleted...]
-    <w:p w:rsidR="00CD6636" w:rsidRPr="00CD6636" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обращаться   за   разъяснениями   различных   вопросов   воспитания   детей   в дошкольной  организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...106 lines deleted...]
-    <w:p w:rsidR="00CD6636" w:rsidRPr="00CD6636" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заслушивать и получать информацию от руководства детского сада, других органов самоуправления об организации и проведении воспитательной работы с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...160 lines deleted...]
-    <w:p w:rsidR="00CD6636" w:rsidRPr="00CD6636" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По представлению педагогического работника вызывать   на свои   заседания родителей   (законных   представителей), недостаточно   занимающихся воспитанием детей в семье.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...88 lines deleted...]
-    <w:p w:rsidR="00CD6636" w:rsidRPr="00CD6636" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Давать разъяснения и принимать меры по рассматриваемым обращениям граждан в пределах заявленной компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...62 lines deleted...]
-    <w:p w:rsidR="00CD6636" w:rsidRPr="00CD6636" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Выносить общественное порицание родителям, систематически уклоняющимся от воспитания детей в семье.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...160 lines deleted...]
-    <w:p w:rsidR="00CD6636" w:rsidRPr="00CD6636" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Поощрять родителей (законных представителей) воспитанников за активную работу   в   Родительском   комитете,   оказание помощи в проведении массовых воспитательных мероприятий и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...106 lines deleted...]
-    <w:p w:rsidR="00CD6636" w:rsidRPr="00CD6636" w:rsidRDefault="00CD6636" w:rsidP="00CD6636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организовывать постоянные или временные комиссии под руководством членов Комитета для исполнения своих функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4C94" w:rsidRPr="00CA4C94" w:rsidRDefault="00CA4C94" w:rsidP="00CA4C94">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-284" w:hanging="284"/>
-[...213 lines deleted...]
-    <w:sectPr w:rsidR="00293D97" w:rsidRPr="00CD6636" w:rsidSect="00C573F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Председатель       Комитета       может       присутствовать       (с       последующим информированием     всех     членов     Комитета)     на     отдельных     заседаниях педагогического    совета,    собраниях трудового коллектива, совещаниях при руководителе  по    вопросам, относящимся к компетенции Родительского комитета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidRDefault="00293D97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00293D97" w:rsidRPr="00293D97" w:rsidSect="00276812">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3882,62 +1667,61 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="72516E24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="441EC30C"/>
-    <w:lvl w:ilvl="0" w:tplc="2EFA757E">
+    <w:tmpl w:val="7C0C6510"/>
+    <w:lvl w:ilvl="0" w:tplc="A8704B84">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -3986,87 +1770,81 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00293D97"/>
-    <w:rsid w:val="000713AB"/>
-    <w:rsid w:val="00262CBA"/>
+    <w:rsid w:val="00276812"/>
     <w:rsid w:val="00293D97"/>
-    <w:rsid w:val="005D1FB9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C573F2"/>
     <w:rsid w:val="00CA4C94"/>
-    <w:rsid w:val="00CD6636"/>
-    <w:rsid w:val="00DF2747"/>
+    <w:rsid w:val="00E6079B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4191,51 +1969,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C573F2"/>
+    <w:rsid w:val="00276812"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -4546,66 +2324,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3022</Characters>
+  <Pages>3</Pages>
+  <Words>553</Words>
+  <Characters>3158</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3545</CharactersWithSpaces>
+  <CharactersWithSpaces>3704</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>