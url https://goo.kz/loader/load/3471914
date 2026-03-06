--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,176 +1,220 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002047DA" w:rsidRPr="0080748F" w:rsidRDefault="002047DA" w:rsidP="002047DA">
+    <w:p w:rsidR="00A00A45" w:rsidRDefault="00A00A45" w:rsidP="00A00A45">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A00A45" w:rsidRPr="00A00A45" w:rsidRDefault="00A00A45" w:rsidP="00A00A45">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="72"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0080748F">
+          <w:sz w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A00A45">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="72"/>
-[...2 lines deleted...]
-        <w:t>Сенім телефоны</w:t>
+          <w:sz w:val="52"/>
+        </w:rPr>
+        <w:t>НОМЕР ТЕЛЕФОНА «ГОРЯЧЕЙ ЛИНИИ»</w:t>
       </w:r>
-      <w:r w:rsidRPr="0080748F">
+      <w:r w:rsidRPr="00A00A45">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="72"/>
+          <w:sz w:val="52"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002047DA" w:rsidRPr="00A00A45" w:rsidRDefault="002047DA" w:rsidP="002047DA">
+    <w:p w:rsidR="00A00A45" w:rsidRPr="00A00A45" w:rsidRDefault="00A00A45" w:rsidP="00A00A45">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="144"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A00A45">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="144"/>
         </w:rPr>
         <w:t>53- 84-60</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002047DA" w:rsidRPr="00A00A45" w:rsidRDefault="002047DA" w:rsidP="002047DA">
+    <w:p w:rsidR="00A00A45" w:rsidRPr="00A00A45" w:rsidRDefault="00A00A45" w:rsidP="00A00A45">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="144"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A00A45">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="144"/>
         </w:rPr>
         <w:t>65-10-67</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC40AD" w:rsidRDefault="00DC40AD"/>
-    <w:sectPr w:rsidR="00DC40AD">
+    <w:p w:rsidR="00C1697E" w:rsidRDefault="00C1697E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1697E" w:rsidRDefault="00C1697E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1697E" w:rsidRDefault="00C1697E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1697E" w:rsidRPr="00C1697E" w:rsidRDefault="00C1697E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C1697E" w:rsidRPr="00C1697E" w:rsidSect="00CE5BEF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="50"/>
+  <w:zoom w:percent="51"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002047DA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DC40AD"/>
+    <w:rsidRoot w:val="00C1697E"/>
+    <w:rsid w:val="00A00A45"/>
+    <w:rsid w:val="00C1697E"/>
+    <w:rsid w:val="00CE5BEF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -295,78 +339,109 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00CE5BEF"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C1697E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C1697E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -625,54 +700,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>5</Words>
-  <Characters>31</Characters>
+  <Words>8</Words>
+  <Characters>48</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35</CharactersWithSpaces>
+  <CharactersWithSpaces>55</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Делопроизводитель</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>