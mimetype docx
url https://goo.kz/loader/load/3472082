--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -1,1194 +1,1053 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0032755A" w:rsidRDefault="0032755A" w:rsidP="0032755A">
+    <w:p w:rsidR="0032755A" w:rsidRDefault="0032755A" w:rsidP="008A0505">
+      <w:pPr>
+        <w:ind w:left="-142"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0032755A" w:rsidRPr="00075937" w:rsidRDefault="00075937" w:rsidP="00075937">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00075937">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утверждаю:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00075937" w:rsidRPr="00075937" w:rsidRDefault="00075937" w:rsidP="00075937">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00075937">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00075937">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы___________Камиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00075937">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С.М.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00075937" w:rsidRPr="00075937" w:rsidRDefault="002702C8" w:rsidP="00075937">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«___»________ 2017</w:t>
+      </w:r>
+      <w:r w:rsidR="00075937" w:rsidRPr="00075937">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00075937" w:rsidRDefault="00075937" w:rsidP="00075937">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C5A62" w:rsidRDefault="00E11450" w:rsidP="00E11450">
+    <w:p w:rsidR="0032755A" w:rsidRPr="00075937" w:rsidRDefault="0032755A" w:rsidP="00075937">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00075937">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>План работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A0505" w:rsidRPr="00075937" w:rsidRDefault="00075937" w:rsidP="00075937">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="240" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00075937">
+        <w:rPr>
           <w:rStyle w:val="a6"/>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...71 lines deleted...]
-        <w:t xml:space="preserve">қоғамдық қорының </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Попечительского совета ГУ «СОШ № 13 г. Павлодара»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C5A62" w:rsidRDefault="007C5A62" w:rsidP="00E11450">
+    <w:p w:rsidR="008A0505" w:rsidRPr="00075937" w:rsidRDefault="008A0505" w:rsidP="00075937">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="240" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00075937">
+        <w:rPr>
           <w:rStyle w:val="a6"/>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E11450">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 201</w:t>
+      </w:r>
+      <w:r w:rsidR="002702C8">
         <w:rPr>
           <w:rStyle w:val="a6"/>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-        <w:t>201</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7-2018</w:t>
       </w:r>
-      <w:r w:rsidR="008F368F">
+      <w:r w:rsidRPr="00075937">
         <w:rPr>
           <w:rStyle w:val="a6"/>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...22 lines deleted...]
-        <w:t>оқу жылына арналған</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E11450" w:rsidRPr="007C5A62" w:rsidRDefault="007C5A62" w:rsidP="00E11450">
+    <w:p w:rsidR="0032755A" w:rsidRPr="00075937" w:rsidRDefault="0032755A" w:rsidP="00075937">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
-        <w:gridCol w:w="4395"/>
-        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="1701"/>
         <w:gridCol w:w="3118"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0032755A" w:rsidTr="00E9285F">
+      <w:tr w:rsidR="0032755A" w:rsidRPr="00075937" w:rsidTr="00075937">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0032755A" w:rsidRDefault="0032755A" w:rsidP="00403C59">
+          <w:p w:rsidR="0032755A" w:rsidRPr="00075937" w:rsidRDefault="0032755A" w:rsidP="00075937">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032755A" w:rsidRPr="00075937" w:rsidRDefault="0032755A" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032755A" w:rsidRPr="00075937" w:rsidRDefault="0032755A" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сроки проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032755A" w:rsidRPr="00075937" w:rsidRDefault="0032755A" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidTr="00075937">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="3" w:colLast="3"/>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Формирование состава родительского комитета,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="0032755A" w:rsidRPr="007C5A62" w:rsidRDefault="007C5A62" w:rsidP="00403C59">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выборы председателя. Обсуждение  плана работ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...34 lines deleted...]
-              <w:t>Өткізілу мерзімі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0032755A" w:rsidRPr="007C5A62" w:rsidRDefault="007C5A62" w:rsidP="00403C59">
-[...101 lines deleted...]
-          <w:p w:rsidR="0032755A" w:rsidRPr="00403C59" w:rsidRDefault="008F368F" w:rsidP="00E11450">
+          <w:p w:rsidR="004C64B0" w:rsidRDefault="004C64B0">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.Т.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032755A" w:rsidTr="00E9285F">
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidTr="00075937">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0032755A" w:rsidRDefault="008A157C" w:rsidP="00403C59">
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Соблюдение санитарно-гигиенического режима в школе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- школьная форма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-сотовые телефоны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-организация питания школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRDefault="004C64B0">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="0032755A" w:rsidRDefault="007C5A62" w:rsidP="0032755A">
+                <w:rFonts w:cs="Helvetica"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Кузьменко Ю.Л.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidTr="00075937">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обсуждение плана финансирования по школе </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- помощь родителей  в оформлении и оборудовании кабинетов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-работа родительского патруля (посещение семей малообеспеченных, слабоуспевающих, детей находящихся в «трудной жизненной ситуации»)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRDefault="004C64B0">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:cs="Helvetica"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Фатьянова Елена Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidTr="00075937">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-совместные мероприятия родителей и учащихся</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- организация педагогического всеобуча родителей в классе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRDefault="004C64B0">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:cs="Helvetica"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Калина И.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidTr="00075937">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>О подготовке выпускников и сдаче ЕНТ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- о ремонте и подготовке школы к новому  учебному году.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- итоги результатов школы за год.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRPr="00075937" w:rsidRDefault="004C64B0" w:rsidP="00075937">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075937">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C64B0" w:rsidRDefault="004C64B0">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...119 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:cs="Helvetica"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Кузьменко Ю.Л.</w:t>
+              <w:t>Калина И.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032755A" w:rsidTr="00E9285F">
-[...547 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w:rsidR="0032755A" w:rsidRPr="0032755A" w:rsidRDefault="0032755A" w:rsidP="0032755A">
+    <w:p w:rsidR="0032755A" w:rsidRDefault="0032755A" w:rsidP="00075937">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0032755A" w:rsidRPr="0032755A" w:rsidSect="008A157C">
+    <w:p w:rsidR="00075937" w:rsidRPr="00075937" w:rsidRDefault="00075937" w:rsidP="00075937">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00075937" w:rsidRPr="00075937" w:rsidSect="008A157C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="567" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1201,61 +1060,63 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC5F81"/>
+    <w:rsid w:val="00075937"/>
+    <w:rsid w:val="00191CAF"/>
+    <w:rsid w:val="002702C8"/>
+    <w:rsid w:val="00284C69"/>
     <w:rsid w:val="0032755A"/>
-    <w:rsid w:val="00403C59"/>
-    <w:rsid w:val="00484C60"/>
+    <w:rsid w:val="004C64B0"/>
     <w:rsid w:val="00561104"/>
-    <w:rsid w:val="007C5A62"/>
+    <w:rsid w:val="005F20E7"/>
+    <w:rsid w:val="008A0505"/>
     <w:rsid w:val="008A157C"/>
-    <w:rsid w:val="008F368F"/>
-    <w:rsid w:val="009B04FF"/>
+    <w:rsid w:val="00A57C64"/>
+    <w:rsid w:val="00B95CAA"/>
     <w:rsid w:val="00DC5F81"/>
-    <w:rsid w:val="00E11450"/>
-    <w:rsid w:val="00E9285F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1460,67 +1321,67 @@
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="0032755A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E11450"/>
+    <w:rsid w:val="008A0505"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00E11450"/>
+    <w:rsid w:val="008A0505"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1706,79 +1567,79 @@
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="0032755A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E11450"/>
+    <w:rsid w:val="008A0505"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00E11450"/>
+    <w:rsid w:val="008A0505"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="816343988">
+    <w:div w:id="1449081213">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -2048,65 +1909,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>154</Words>
-  <Characters>879</Characters>
+  <Words>152</Words>
+  <Characters>868</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1031</CharactersWithSpaces>
+  <CharactersWithSpaces>1018</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>