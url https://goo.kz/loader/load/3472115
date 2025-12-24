--- v0 (2025-12-06)
+++ v1 (2025-12-24)
@@ -1,3261 +1,12995 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="004B263C" w:rsidRDefault="004B263C" w:rsidP="004B263C">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хаттамасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жаңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> " </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шеңберінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>у-т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойлауын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаңғырту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" 21 " </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарашадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>төрайымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>директордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м.а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айткужинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әсемгүл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақтыбекқызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хатшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдебиеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>імі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Беспрозванная Ольга Владимировна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүшелерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саны: 56 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қатысқандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 43 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00CE5691" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00CE5691" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 6 ЖОМ "ММ" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жаңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Баяндамашы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Рамазанова Евгения Алексеевна - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Директордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ТЖ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орынбасары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00CE5691" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>графикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>латын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әліпбиіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезеңмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Баяндамашы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сағитова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Гүлнар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Калимжанқызы-директордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОТЖ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орынбасары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.Қоғамдық-құқықтық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әндерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұражайының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өлкетану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жаңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нұрғожина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әйгерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Еркінқызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұражайының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тарих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәселесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәртібінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 6 ЖОМ "ММ "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жаңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ": </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Директордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ТЖ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орынбасары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рамазанова Евгения Алексеевна </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жаңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Туған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұжырымдамалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәсілдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "№ 6 ЖОМ" ММ-де осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарлама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шеңберінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұсаукесерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баяндама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жаңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ("</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпараттану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деңгейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сауалнама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00976891" w:rsidP="009959A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Баяндама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009959A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарыссөзде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009959A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сөз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сөйледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гуманитарлық цикл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Абишева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Алия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жанатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қадамдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-аналарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>назар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аударды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Арынова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Салтанат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Маратқызы-қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қадамдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірлестігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәселе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәжірибесінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>материалдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгісінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>енгізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ивастова Вера Ивановна – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәдениеттану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> циклы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қадамдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсыныстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>салауатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>салты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>денсаулықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нығайту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ағдарлама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шеңберіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мысалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Панина Ангелина Владимировна-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қадамдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынымдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қиялды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамытуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>эстетикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>идеалдарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көркем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құндылықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұмтылысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағытталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-шараларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00976891" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жұмабекова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әсем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Амангелдіқызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаратылыстану-математикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цикл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қадамдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсыныстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>танымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белсенділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айтқанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">эксперимент </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мысалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00976891" w:rsidRPr="00976891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шешті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстандық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патриотизм </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рухында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жан-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйлесімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамыған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиелеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұжымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаңғырту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>директордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ТЖ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орынбасары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Евгения Алексеевна Рамазанова).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектеп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірлестіктерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазақстандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патриотизм мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпыадамзаттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құндылықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жан-жақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйлесімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамыған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отбасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>институттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күш-жігерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іктіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүйесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәжірибесінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>материалдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кеңесте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баяндамалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыңдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауаптылар-Абишева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әлия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жанатқызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цикл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Арынова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Салтанат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Маратқызы-қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ивастова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вера Ивановна-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәдени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цикл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Панина Ангелина Владимировна-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жұмабекова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әсем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Амангелдіқызы-жаратылыстану-математикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цикл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәртібінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәселесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>азақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>графикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>латын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әліпбиіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ң-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезеңмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> " </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыңдалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жазуының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>латын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әліпбиіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ң-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезеңмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айтты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Баяндама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарыссөзде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сөз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сөйледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Уразалимова Гүлназия Сансызбайқызы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">инклюзивті қолдау кабинетінің әдіскері, қазақ тілі мұғалімі, ҚР Президентінің "Болашаққа көзқарас: қоғамдық сананы жаңғырту"атты мақаласына түсініктеме берді. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Президент қазақ тілінің латын әліпбиіне кезең-кезеңмен көшуіне бастама береді. Латын әліпбиіне көшу бір жағынан өзінің терең тарихи логикасына ие, ал екінші жағынан – Қазақстанның қазіргі даму кезеңінің ерекшелігін, XXI ғасырдағы ғылыми-білім беру үдерісі үшін зор маңызы бар қазіргі заманғы технологиялық орта мен коммуникациялардың ерекшеліктерін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Күн тәртібінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшінші мәселесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша "қоғамдық-құқықтық пәндерді оқыту және мектеп мұражайының өлкетану қызметі арқылы" Рухани Жаңғыру" бағдарламасының жобаларын жүзеге асыру туралы " тыңдалды.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп мұражайының жетекшісі, тарих мұғалімі Нұрғожина Әйгерім Еркінқызы мектептің педагогикалық ұжымын мектеп мұражайының жұмысымен, біздің мектепте өлкетану қызметін қолдау және дамыту іс-шараларымен таныстырды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Баяндама бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жарыссөзде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз сөйледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="006C7EB9" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Серғазинов Темірғали Қабылбекұлы-тарих мұғалімі, ол мектеп педагогтарының назарына ҚР Президентінің "Ұлы даланың жеті қыры"мақаласына шолу жасады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="006C7EB9" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шешті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="006C7EB9" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.Мектеп мұражайының тиімді жұмысын атап өту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="006C7EB9" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.Мектепте Өлкетану қызметіне ықпал ететін іс-шараларды өткізуді жалғастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Президентінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ұлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>даланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қыры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мақаласын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>назарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7EB9" w:rsidRPr="00CE5691" w:rsidRDefault="006C7EB9" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>төрағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>директордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м. а. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айткужинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. Б.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">_________________                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE5691" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хатшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00CE5691" w:rsidRDefault="00CE5691" w:rsidP="00CE5691">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдебиеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>імі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О. В. Беспрозванная  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE5691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00CE5691" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00976891" w:rsidRPr="00CE5691" w:rsidRDefault="00976891" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009959A0" w:rsidRDefault="009959A0" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009959A0" w:rsidRDefault="009959A0" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B263C" w:rsidRDefault="004B263C" w:rsidP="004B263C">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="009959A0" w:rsidRDefault="009959A0" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009959A0" w:rsidRDefault="009959A0" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009959A0" w:rsidRDefault="009959A0" w:rsidP="00976891">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="24"/>
-[...760 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Рухани Жаңғыру</w:t>
-[...154 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B263C" w:rsidRDefault="004B263C" w:rsidP="004B263C">
-[...1567 lines deleted...]
-    <w:sectPr w:rsidR="0012370E" w:rsidSect="004B263C">
+    <w:sectPr w:rsidR="009959A0" w:rsidSect="00BD380E">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="566" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="566" w:bottom="851" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="02D01C7D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5198C542"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="09DB59D4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BA887C78"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="11D85191"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BB28883A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="1C2D1B1D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BA887C78"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="3392251E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="47EECF64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="38822085"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FA4378A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="3CB81891"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="45647F34"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="3DA2223C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C9AE898"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="4FE078D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A189272"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="507A1E91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3B6E7D8"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="51294B41"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="768086CE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="67173BC3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A9F24F2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="69CF6AE2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4E48A47E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="6A102D4A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3A4CBF84"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="6C97326E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3085860"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="77193B5D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="232493B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="7E402883"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A816EEAE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BE7268"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BE7268"/>
+    <w:rsidRoot w:val="00517176"/>
+    <w:rsid w:val="000077B9"/>
+    <w:rsid w:val="00013AB7"/>
+    <w:rsid w:val="000D3768"/>
+    <w:rsid w:val="000E422C"/>
+    <w:rsid w:val="000F5684"/>
+    <w:rsid w:val="00123759"/>
+    <w:rsid w:val="001318C3"/>
+    <w:rsid w:val="00177380"/>
+    <w:rsid w:val="00205E59"/>
+    <w:rsid w:val="00240C8D"/>
+    <w:rsid w:val="00257A68"/>
+    <w:rsid w:val="002E510C"/>
+    <w:rsid w:val="00316F80"/>
+    <w:rsid w:val="00334394"/>
+    <w:rsid w:val="00362B7F"/>
+    <w:rsid w:val="003C46FF"/>
+    <w:rsid w:val="004065AD"/>
+    <w:rsid w:val="004069C7"/>
+    <w:rsid w:val="00421EC7"/>
+    <w:rsid w:val="00464F37"/>
+    <w:rsid w:val="00480DE2"/>
+    <w:rsid w:val="0049561C"/>
+    <w:rsid w:val="004E139D"/>
+    <w:rsid w:val="004F11F7"/>
+    <w:rsid w:val="00512E16"/>
+    <w:rsid w:val="00517176"/>
+    <w:rsid w:val="00522C5F"/>
+    <w:rsid w:val="00533DB6"/>
+    <w:rsid w:val="005402B6"/>
+    <w:rsid w:val="00541087"/>
+    <w:rsid w:val="005E2C9E"/>
+    <w:rsid w:val="005E6952"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="00656529"/>
+    <w:rsid w:val="00657BAE"/>
+    <w:rsid w:val="0068772D"/>
+    <w:rsid w:val="006933D7"/>
+    <w:rsid w:val="006A4095"/>
+    <w:rsid w:val="006C7EB9"/>
+    <w:rsid w:val="006D22B5"/>
+    <w:rsid w:val="006E32A1"/>
+    <w:rsid w:val="006F67B2"/>
+    <w:rsid w:val="0071183C"/>
+    <w:rsid w:val="00752C3B"/>
+    <w:rsid w:val="00755DDA"/>
+    <w:rsid w:val="00770581"/>
+    <w:rsid w:val="00772E48"/>
+    <w:rsid w:val="00791F88"/>
+    <w:rsid w:val="007A158D"/>
+    <w:rsid w:val="007B3DA0"/>
+    <w:rsid w:val="007C7853"/>
+    <w:rsid w:val="00806933"/>
+    <w:rsid w:val="008179F2"/>
+    <w:rsid w:val="00835CDB"/>
+    <w:rsid w:val="0088635C"/>
+    <w:rsid w:val="008C60C7"/>
+    <w:rsid w:val="008D373E"/>
+    <w:rsid w:val="0091073D"/>
+    <w:rsid w:val="00955E21"/>
+    <w:rsid w:val="00961B74"/>
+    <w:rsid w:val="00976891"/>
+    <w:rsid w:val="009833CF"/>
+    <w:rsid w:val="009959A0"/>
+    <w:rsid w:val="009C35DE"/>
+    <w:rsid w:val="009C4B55"/>
+    <w:rsid w:val="009D6522"/>
+    <w:rsid w:val="00A26428"/>
+    <w:rsid w:val="00A36F1F"/>
+    <w:rsid w:val="00A46528"/>
+    <w:rsid w:val="00A87C0B"/>
+    <w:rsid w:val="00AB1F2F"/>
+    <w:rsid w:val="00AF72A8"/>
+    <w:rsid w:val="00B30132"/>
+    <w:rsid w:val="00B83FCF"/>
+    <w:rsid w:val="00B966F8"/>
+    <w:rsid w:val="00BC342E"/>
+    <w:rsid w:val="00BC7A6A"/>
+    <w:rsid w:val="00BD380E"/>
+    <w:rsid w:val="00BD440E"/>
+    <w:rsid w:val="00BE0D57"/>
+    <w:rsid w:val="00C262A9"/>
+    <w:rsid w:val="00C44C36"/>
+    <w:rsid w:val="00CC0760"/>
+    <w:rsid w:val="00CC0E25"/>
+    <w:rsid w:val="00CC6D74"/>
+    <w:rsid w:val="00CD4291"/>
+    <w:rsid w:val="00CD66B8"/>
+    <w:rsid w:val="00CE5691"/>
+    <w:rsid w:val="00D06A81"/>
+    <w:rsid w:val="00D269BC"/>
+    <w:rsid w:val="00D30802"/>
+    <w:rsid w:val="00DB3A75"/>
+    <w:rsid w:val="00DD5D37"/>
+    <w:rsid w:val="00DF48C0"/>
+    <w:rsid w:val="00E05998"/>
+    <w:rsid w:val="00E446BB"/>
+    <w:rsid w:val="00E57FD0"/>
+    <w:rsid w:val="00E75D99"/>
+    <w:rsid w:val="00E87624"/>
+    <w:rsid w:val="00EB4FBB"/>
+    <w:rsid w:val="00F01C42"/>
+    <w:rsid w:val="00F34EBF"/>
+    <w:rsid w:val="00F94986"/>
+    <w:rsid w:val="00FA2ED8"/>
+    <w:rsid w:val="00FB4B82"/>
+    <w:rsid w:val="00FD5672"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E57FD0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00517176"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00517176"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0068772D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00517176"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00517176"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0068772D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00517176"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00517176"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00517176"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00517176"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00517176"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="style18">
+    <w:name w:val="style18"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00123759"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="style22">
+    <w:name w:val="style22"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00123759"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="style20">
+    <w:name w:val="style20"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00123759"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006F67B2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006F67B2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CD4291"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C7853"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -3390,295 +13124,408 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...216 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1083989517">
+    <w:div w:id="42947388">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1355495241">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2053729237">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2112234959">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="216625044">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1648319049">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1141310030">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="418261181">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="652678663">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1243372621">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="858466395">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="948269929">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="841503891">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="969286696">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1104224193">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1168448303">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="672344532">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="333192719">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1442333714">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1253011180">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1261645904">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1337340484">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1538084765">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1562790812">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="526719754">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1855338240">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3712,86 +13559,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3922,59 +13767,86 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20F04532-8723-4FC1-90AA-55EA43495C95}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5916</Characters>
+  <Pages>1</Pages>
+  <Words>993</Words>
+  <Characters>5665</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
+  <Lines>47</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6940</CharactersWithSpaces>
+  <CharactersWithSpaces>6645</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>kgoloshchapov</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>