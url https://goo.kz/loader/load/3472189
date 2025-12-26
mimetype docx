--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,1172 +1,1368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E62CA6" w:rsidRPr="00166619" w:rsidRDefault="00E62CA6" w:rsidP="00E62CA6">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00536249" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Состав</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
-[...46 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00166619">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Аугамбаева</w:t>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Попечительско</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00166619">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00166619">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГУ «Средней общеобразовательной школы № 39 инновационного типа с гимназическими классами г. Павлодара».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00E74B03" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="26231C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>кеңес төрағасы</w:t>
-[...525 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E74B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Аугамбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E74B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.А. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E74B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E74B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="26231C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қайырымдылық көмек көрсету бойынша бақылау комиссия  мүшелері: </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Председатель Попечительского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00E74B03" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Члены Попечительского совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="008555B4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3360"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кононенко Н.С. </w:t>
+      </w:r>
+      <w:r w:rsidR="008555B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Новикова Ю.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Садыкова З.Н. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.Ермукашева А.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="26231C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.Калышбекова Г.А. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.Горнунг С.Я.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.Сулейманова Л.Р.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.Ныгманова Н.С. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.Утжанова Г.Б. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11.Слюсаренко Н.Ю.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="26231C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12.Каримова Н.М. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13.Брылева О.Б. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="003358F2" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...224 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1230"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00166619">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t>Горнунг</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>остав</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00166619">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00E62CA6" w:rsidRPr="00166619" w:rsidRDefault="00E62CA6" w:rsidP="00E62CA6">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> членов Попечительского совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ониторингов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комисси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам расходования благотворительной помощи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00166619">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Брылев</w:t>
+        <w:t>Сл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00166619">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саренко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наталь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Юрьевн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="00166619">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Оксан</w:t>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каримов</w:t>
       </w:r>
       <w:r w:rsidRPr="00166619">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidRPr="00166619">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Борисовн</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Назигуль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Максутовн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00166619">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidRPr="00166619">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Новикова Юлия Анатольевна </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1230"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1230"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="008822BA" w:rsidRDefault="008822BA">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>остав</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> членов Попечительского совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ониторингов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комисси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по проверке качества питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Горнунг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Светлана Яковлевна </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRPr="00166619" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Брылев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оксан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Борисовн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Калышбекова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Гульдрайхан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айдархановна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536249" w:rsidRDefault="00536249" w:rsidP="00536249">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008822BA" w:rsidRDefault="008822BA"/>
     <w:sectPr w:rsidR="008822BA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E62CA6"/>
+    <w:rsidRoot w:val="00536249"/>
+    <w:rsid w:val="00074576"/>
+    <w:rsid w:val="00536249"/>
+    <w:rsid w:val="008555B4"/>
     <w:rsid w:val="008822BA"/>
-    <w:rsid w:val="00E62CA6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1309,136 +1505,97 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E62CA6"/>
+    <w:rsid w:val="00536249"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
-[...25 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E62CA6"/>
+    <w:rsid w:val="00536249"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
-[...11 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Абзац списка Знак"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
-    <w:rsid w:val="00E62CA6"/>
+    <w:rsid w:val="00536249"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -1558,149 +1715,110 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E62CA6"/>
+    <w:rsid w:val="00536249"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
-[...25 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E62CA6"/>
+    <w:rsid w:val="00536249"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
-[...11 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Абзац списка Знак"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
-    <w:rsid w:val="00E62CA6"/>
+    <w:rsid w:val="00536249"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sch426.ru/wp-content/uploads/2011/07/popechitelskiy-sovet.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1949,65 +2067,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>142</Words>
-  <Characters>815</Characters>
+  <Words>124</Words>
+  <Characters>707</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>956</CharactersWithSpaces>
+  <CharactersWithSpaces>830</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Fylhtq</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>