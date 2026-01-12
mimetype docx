--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -1,2622 +1,3465 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001E0BBF" w:rsidRDefault="001E0BBF" w:rsidP="001E0BBF">
+    <w:p w:rsidR="000863BA" w:rsidRDefault="000863BA" w:rsidP="000863BA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ab"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="000863BA" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="000863BA">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="000863BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сведения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000863BA" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="000863BA">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000863BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о поставщиках продуктов питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000863BA" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="000863BA">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000863BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГКП «Ясли-сад №</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Павлодар</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000863BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>84 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000863BA" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="000863BA">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000863BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по состоянию </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаласының №84 сәбилер бақшасы» МҚКК </w:t>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000863BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>28 апреля 2021г</w:t>
+      </w:r>
+      <w:r w:rsidR="007822AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E0BBF" w:rsidRDefault="001E0BBF" w:rsidP="001E0BBF">
+    <w:p w:rsidR="000863BA" w:rsidRDefault="000863BA" w:rsidP="000863BA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ab"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="004740E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-176" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10915" w:type="dxa"/>
+        <w:tblInd w:w="-1168" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="4537"/>
+        <w:gridCol w:w="5811"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E0BBF" w:rsidTr="001E0BBF">
-[...13 lines deleted...]
-              <w:pStyle w:val="a3"/>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="007822AF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:pStyle w:val="a3"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="007822AF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+            <w:r w:rsidR="007822AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оставщика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="007822AF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...28 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007822AF" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТОО </w:t>
+            </w:r>
+            <w:r w:rsidR="000863BA" w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Компания </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004740E9" w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ФудМастер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004740E9" w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Трейд»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Молоко, йогурт, сметана, творог и ряженка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>Азық-түліктің атауы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ТОО Группа «ИНТЕР»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Хлеб</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6AB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> белый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, батон, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6AB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">хлеб ржаной, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мука</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6AB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в/с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CB6AB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>фартифицированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, печенье</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E0BBF" w:rsidTr="001E0BBF">
-[...13 lines deleted...]
-              <w:pStyle w:val="a3"/>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="008B6817">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...21 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ТОО «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ардагер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сауда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidR="007822AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Яйцо 1С</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Рыбный Мир»</w:t>
-            </w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ТОО ПКФ «Рыбный мир»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="00CB6AB9" w:rsidP="00CB6AB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вежая </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Минтай»</w:t>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidR="004740E9" w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ыба</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> жаңа ұсталған балық</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004740E9" w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Минтай»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E0BBF" w:rsidTr="001E0BBF">
-[...13 lines deleted...]
-              <w:pStyle w:val="a3"/>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ТОО «Компания ЛУЧ ПВ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мясо </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6AB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>говядина</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6AB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ИП </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>REX</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="000D55F9" w:rsidP="000D55F9">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...22 lines deleted...]
-            </w:pPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рукты </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Ардагер</w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve"> 1С</w:t>
+              <w:t>и овощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E0BBF" w:rsidTr="001E0BBF">
-[...148 lines deleted...]
-              <w:t>сүзбе</w:t>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ИП Гордиенко А.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Масло сливочное, сыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E0BBF" w:rsidTr="001E0BBF">
-[...139 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ИП СИЛЕНА</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="007822AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Томат</w:t>
+            </w:r>
+            <w:r w:rsidR="001D14EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-паста, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">цикорий, </w:t>
+            </w:r>
+            <w:r w:rsidR="000863BA" w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>какао, сок</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «ОК»,</w:t>
+            </w:r>
+            <w:r w:rsidR="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> д</w:t>
+            </w:r>
+            <w:r w:rsidR="000863BA" w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рожжи, чай</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE0F1D" w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E0BBF" w:rsidTr="001E0BBF">
-[...138 lines deleted...]
-              <w:t>)</w:t>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ИП Аскаров А.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="007822AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Крупы, рожки, огурцы консервированные </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E0BBF" w:rsidTr="001E0BBF">
-[...112 lines deleted...]
-              <w:t>, пірәндік, цикорий, какао</w:t>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ИП Медведев Р.И.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="000863BA" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цыпленок бойлер (</w:t>
+            </w:r>
+            <w:r w:rsidR="004740E9" w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>охлажденный)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E0BBF" w:rsidTr="001E0BBF">
-[...721 lines deleted...]
-              <w:t xml:space="preserve">, кисель </w:t>
+      <w:tr w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidTr="007822AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ИП ИРВЕМА</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9" w:rsidP="008B6817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000863BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сахар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001E0BBF" w:rsidRDefault="001E0BBF" w:rsidP="001E0BBF"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A54E87">
+    <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004740E9" w:rsidRPr="000863BA" w:rsidRDefault="004740E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004740E9" w:rsidRDefault="004740E9"/>
+    <w:p w:rsidR="004740E9" w:rsidRDefault="004740E9"/>
+    <w:p w:rsidR="004740E9" w:rsidRDefault="004740E9"/>
+    <w:p w:rsidR="004740E9" w:rsidRDefault="004740E9"/>
+    <w:sectPr w:rsidR="004740E9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009728FD"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DA2A61"/>
+    <w:rsidRoot w:val="00944D40"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rsid w:val="000D55F9"/>
+    <w:rsid w:val="001042AF"/>
+    <w:rsid w:val="001D14EC"/>
+    <w:rsid w:val="00432529"/>
+    <w:rsid w:val="004740E9"/>
+    <w:rsid w:val="004B46F4"/>
+    <w:rsid w:val="004E792C"/>
+    <w:rsid w:val="005F347A"/>
+    <w:rsid w:val="0060545B"/>
+    <w:rsid w:val="00606061"/>
+    <w:rsid w:val="007822AF"/>
+    <w:rsid w:val="00796A65"/>
+    <w:rsid w:val="00852155"/>
+    <w:rsid w:val="00944D40"/>
+    <w:rsid w:val="00BE0F1D"/>
+    <w:rsid w:val="00CB6AB9"/>
+    <w:rsid w:val="00CD4CBF"/>
+    <w:rsid w:val="00E84A4D"/>
+    <w:rsid w:val="00FD7247"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C3010D01-E79B-4DDD-B6E7-A0833BE3ED56}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001E0BBF"/>
+    <w:rsid w:val="000863BA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...8 lines deleted...]
-  <w:style w:type="table" w:styleId="a4">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="001E0BBF"/>
+    <w:rsid w:val="00796A65"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00796A65"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000863BA"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1880971905">
+    <w:div w:id="1040327541">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>111</Words>
-  <Characters>634</Characters>
+  <Words>108</Words>
+  <Characters>621</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>744</CharactersWithSpaces>
+  <CharactersWithSpaces>728</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Metodist</dc:creator>
+  <dc:creator>Админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>