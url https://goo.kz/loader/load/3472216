--- v0 (2025-12-14)
+++ v1 (2026-01-07)
@@ -1,3942 +1,3990 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+    <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C969A5">
+      <w:r w:rsidRPr="00B47228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ 6 сәбилер бақшасы  оң күндік  жаздық – күздік ас мәзірі  </w:t>
+        <w:t>Перспективное десятидневное меню летне-осенний период я/с №6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C969A5">
+      <w:r w:rsidRPr="00B47228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C969A5">
+      <w:r w:rsidRPr="00B47228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">             Бекітемін_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B47228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         Утверждаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B47228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+    <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C969A5">
+      <w:r w:rsidRPr="00B47228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                          № 6 сәбилер бақшасының басшы Л.М.Қожабаева_____________</w:t>
+        <w:t xml:space="preserve">                                                                                                           Р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B47228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уководитель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B47228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ясли-сада Л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B47228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.М.Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B47228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ожабаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B47228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af5"/>
-        <w:tblW w:w="14688" w:type="dxa"/>
+        <w:tblW w:w="15048" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="468"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3060"/>
         <w:gridCol w:w="3060"/>
-        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="3240"/>
         <w:gridCol w:w="2340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidTr="00AD3F19">
+      <w:tr w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidTr="00B47228">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C969A5">
+            <w:r w:rsidRPr="00B47228">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 күн</w:t>
+              <w:t>1 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C969A5">
+            <w:r w:rsidRPr="00B47228">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2 күн</w:t>
+              <w:t>2 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C969A5">
+            <w:r w:rsidRPr="00B47228">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3 күн</w:t>
+              <w:t>3 день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4 день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 день</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidTr="00B47228">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="468" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЗАВТРАК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...18 lines deleted...]
-              <w:t>4 күн</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Каша молочная ячневая</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бутерброд с маслом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Чай с лимоном</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: Фрукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Каша рисовая молочная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бутерброд с маслом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с сыром</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кофейный напиток на молоке</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: фрукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Каша гречневая молочная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бутерброд с маслом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Какао напиток с молоком</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: фрукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Каша манная молочная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бутерброд с маслом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с сыром</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Цикорий с молоком</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конфеты карамель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фрукты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">5 күн </w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Каша кукурузная молочная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бутерброд с маслом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кофейный напиток с молоком</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фрукты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidTr="00AD3F19">
+      <w:tr w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidTr="00B47228">
+        <w:trPr>
+          <w:trHeight w:val="2528"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C969A5">
+            <w:r w:rsidRPr="00B47228">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ЗАВТРАК</w:t>
+              <w:t>ОБЕД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...87 lines deleted...]
-              <w:t>Сәби: Жеміс</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Салат свекольный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп «Крестьянкий» на м/к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перец фаршированный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Компот из свежих фруктов + вит С</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...99 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Салат из свежей капусты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп с макаронными изделиями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тефтеля, картофельное пюре</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кисель плодово-ягодный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...99 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Салат из моркови</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп «Свекольник» на м/к/б со сметаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курица порционная, макароны отварные с соусом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Компот из свежих фруктов + вит.С</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcW w:w="3240" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...107 lines deleted...]
-              <w:t>Жемістер</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Салат «Витаминный»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп «Фасолевый» на м/к/б со сметаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Голубцы ленивые с мясом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кисель плодово-ягодный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...87 lines deleted...]
-              <w:t>Жемістер</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Салат «Луковый»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп «Борщ» на м/к/б со сметаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Плов из мяса</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Компот из сухофруктов +</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вит.С</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidTr="00AD3F19">
-[...553 lines deleted...]
-      <w:tr w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidTr="00AD3F19">
+      <w:tr w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidTr="00B47228">
         <w:trPr>
           <w:trHeight w:val="841"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C969A5">
+            <w:r w:rsidRPr="00B47228">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ПОЛДНИК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...16 lines deleted...]
-              <w:t>Ряженка, тоқаш</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ряженка, булочка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...16 lines deleted...]
-              <w:t>Айран, печенье</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кефир, печенье</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ряженка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcW w:w="3240" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...16 lines deleted...]
-              <w:t>Айран, қытырлақ</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кефир, сухарики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...16 lines deleted...]
-              <w:t>Ряженка, тоқаш</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ряженка, булочка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C969A5" w:rsidRPr="005810BE" w:rsidTr="00AD3F19">
+      <w:tr w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidTr="00B47228">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C969A5">
+            <w:r w:rsidRPr="00B47228">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>УЖИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...48 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Запенканка творожно-морковная с повидлом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Какао на молоке</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...88 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп молочный пшенный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: Чай с молоком</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сад: Чай сладкий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...103 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рыбное суфле</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Картофель по русски</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: Кофейный напиток с молоком</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сад: Чай с лимоном</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сырники творожные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: Какао на молоке</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сад: Чай сладкий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп с рыбными фрикадельками</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: Чай с молоком</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сад: Чай с лимоном</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidTr="00B47228">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="468" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...56 lines deleted...]
-              <w:t>Бақша: Тәтті шай</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6 день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7 день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...88 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 день</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidTr="00AD3F19">
+      <w:tr w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidTr="00B47228">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЗАВТРАК</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...18 lines deleted...]
-              <w:t>6 күн</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Каша молочная геркулесовая</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бутерброд с маслом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с сыром</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Чай с лимоном</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: фрукты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...18 lines deleted...]
-              <w:t>7 күн</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп молочный вермишелевый</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бутерброд с маслом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Какао напиток на молоке</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: фрукты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Каша молочная пшенная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бутерброд с маслом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с сыром</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Цикорий с молоком</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: фрукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Каша пшеничная молочная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бутерброд с маслом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Молоко кипяченное</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фрукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп молочный рисовый</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бутерброд с маслом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с сыром</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кофейный напиток</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фрукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidTr="00B47228">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="468" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C969A5">
+            <w:r w:rsidRPr="00B47228">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 күн</w:t>
+              <w:t>ОБЕД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...18 lines deleted...]
-              <w:t>9 күн</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Салат свекольный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп с клецками на м/к/б</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тушенная капуста с мясом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Компот из свежих фруктов + вит.С</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Салат морковный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп «Борщ» с фасолью на м/к/б</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаркое по домашнему</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кисель плодово-ягодный + вит. С</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Салат «Витаминный»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп «Щи» на м/к/б</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Гуляш мясной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Гречка отварная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Копмот из сухофруктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Салат «Свекольный»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп «Рассольник» на м/к/б со сметаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Овощное рагу с мясом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Компот из свежих фруктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...18 lines deleted...]
-              <w:t>10 күн</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Салат морковный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суп гороховый на м/к/б со сметаной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Котлета, кортофельное пюре</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кисель  плодово-ягодный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidTr="00AD3F19">
+      <w:tr w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidTr="00B47228">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C969A5">
+            <w:r w:rsidRPr="00B47228">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ЗАВТРАК</w:t>
+              <w:t>ПОЛДНИК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...76 lines deleted...]
-              <w:t>Сәби: жемістер</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кефир, печенье</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...76 lines deleted...]
-              <w:t>Сәби: жемістер</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ряженка, сухарики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...76 lines deleted...]
-              <w:t>Сәби: жемістер</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кефир</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ряженка, булочка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кефир</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidTr="00B47228">
+        <w:trPr>
+          <w:trHeight w:val="2286"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="468" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>УЖИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...76 lines deleted...]
-              <w:t>Жемістер</w:t>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Каша манная молочная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Молоко кипяченное</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Запеканка творожная с повидлом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: кофе с молоком</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сад: Чай сладкий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рыбная тефтеля, картофельное пюре</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: чай с молоком</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сад: чай с лимоном</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пуддинг творожный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: какао на молоке</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сад: Чай сладкий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
-[...1283 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рыба запеченная в омлете</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тушенная капуста</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли: Чай с молоком</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сад: чай с лимоном</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47228">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный, ржаной</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+    <w:p w:rsidR="00B47228" w:rsidRPr="00B47228" w:rsidRDefault="00B47228" w:rsidP="00B47228">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C969A5">
+      <w:r w:rsidRPr="00B47228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+    <w:p w:rsidR="00101EE0" w:rsidRDefault="00101EE0" w:rsidP="00B47228">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C969A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                  № 6 сәбилер бақшасының басшысы Л.М.Қожабаева_____________</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C969A5" w:rsidRPr="00C969A5" w:rsidRDefault="00C969A5" w:rsidP="00C969A5">
+    <w:p w:rsidR="000E0863" w:rsidRPr="000E0863" w:rsidRDefault="000E0863" w:rsidP="00B47228">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00101EE0" w:rsidRPr="00C969A5" w:rsidRDefault="00101EE0" w:rsidP="00C969A5">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="00C969A5" w:rsidSect="00B21D05">
+    <w:sectPr w:rsidR="000E0863" w:rsidRPr="000E0863" w:rsidSect="00B47228">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="540" w:right="1134" w:bottom="1258" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0053338B"/>
+    <w:rsidRoot w:val="00C60393"/>
+    <w:rsid w:val="000E0863"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="0053338B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C969A5"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="00B47228"/>
+    <w:rsid w:val="00C60393"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4730,51 +4778,51 @@
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00C969A5"/>
+    <w:rsid w:val="00B47228"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5565,51 +5613,51 @@
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00C969A5"/>
+    <w:rsid w:val="00B47228"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5891,54 +5939,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>532</Words>
-  <Characters>3037</Characters>
+  <Words>521</Words>
+  <Characters>2971</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3562</CharactersWithSpaces>
+  <CharactersWithSpaces>3486</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>