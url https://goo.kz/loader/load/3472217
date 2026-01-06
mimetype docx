--- v0 (2026-01-06)
+++ v1 (2026-01-06)
@@ -1,3561 +1,4344 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00101EE0" w:rsidRDefault="00AC1CA5" w:rsidP="00AC1CA5">
+    <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="00D976E0" w:rsidP="0085032B">
       <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC1CA5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Информация о поставщиках</w:t>
+        <w:t>Жеткізіп беруші бойынша ақпарат</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af5"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblInd w:w="-972" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="643"/>
         <w:gridCol w:w="3497"/>
         <w:gridCol w:w="3600"/>
         <w:gridCol w:w="3060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC1CA5" w:rsidTr="008C62CB">
+      <w:tr w:rsidR="0085032B" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC1CA5" w:rsidRPr="00677A18" w:rsidRDefault="00AC1CA5" w:rsidP="00AC1CA5">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="00D976E0">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00677A18">
+            <w:r w:rsidRPr="0085032B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>№ п/п</w:t>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r w:rsidR="00D976E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC1CA5" w:rsidRPr="00677A18" w:rsidRDefault="00AC1CA5" w:rsidP="00AC1CA5">
-            <w:pPr>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="00D976E0" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00677A18">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование товаров</w:t>
+              <w:t>Тауардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC1CA5" w:rsidRPr="00677A18" w:rsidRDefault="00AC1CA5" w:rsidP="00DF6153">
-[...1 lines deleted...]
-              <w:ind w:right="-468"/>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="00D976E0" w:rsidP="008C1056">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00677A18">
+            <w:r w:rsidRPr="00A4160F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сведения о поставщике (наименование ,адрес, Ф.И.О руководителя)</w:t>
+              <w:t>Жеткізуші туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C1056" w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәлімет (атау</w:t>
+            </w:r>
+            <w:r w:rsidR="00A4160F" w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidR="008C1056" w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,мекен</w:t>
+            </w:r>
+            <w:r w:rsidR="00A4160F" w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="008C1056" w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жай. Басшының аты-жөні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC1CA5" w:rsidRPr="00677A18" w:rsidRDefault="00AC1CA5" w:rsidP="00AC1CA5">
-            <w:pPr>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="00C52F2D" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00677A18">
+            <w:r w:rsidRPr="00C52F2D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Основания заключения договора (номер, решения об итогах, способ закупок и т.д.)</w:t>
+              <w:t>Шартын жасау негіздемесі (нөмірі, қорытынды туралы шешім, сатып алу тәсілі және т. б.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00682187" w:rsidTr="008C62CB">
+      <w:tr w:rsidR="0085032B" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682187" w:rsidRDefault="00682187" w:rsidP="00AC1CA5">
-            <w:pPr>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C52F2D" w:rsidRPr="00C52F2D" w:rsidRDefault="00C52F2D" w:rsidP="00C52F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C52F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>идай наны 0,550 гр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C52F2D" w:rsidRPr="00C52F2D" w:rsidRDefault="00C52F2D" w:rsidP="00C52F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C52F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ара</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бидай н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C52F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аны 0,350 гр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C52F2D" w:rsidRPr="00C52F2D" w:rsidRDefault="00C52F2D" w:rsidP="00C52F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C52F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Батон</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C52F2D" w:rsidRPr="00C52F2D" w:rsidRDefault="00C52F2D" w:rsidP="00C52F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C52F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Макарон өнімдері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C52F2D" w:rsidRPr="00C52F2D" w:rsidRDefault="00C52F2D" w:rsidP="00C52F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C52F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Печеньесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C52F2D" w:rsidRPr="00C52F2D" w:rsidRDefault="00C52F2D" w:rsidP="00C52F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C52F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұн ж/с, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="00A4160F" w:rsidP="00C52F2D">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жарма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C1056" w:rsidRPr="008C1056">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖШС </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Группа Интер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар  қ-ы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Пахомов к-сі, 102</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тел.: 8 (7182) 347528, 650665</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="00C52F2D" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C52F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жетекшісі</w:t>
+            </w:r>
+            <w:r w:rsidR="008C1056">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C52F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рабков С. Ю.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0085032B" w:rsidRPr="00A4160F" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="00A4160F" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="00A4160F" w:rsidRDefault="00B05332" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір дереккөзден тікелей жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0085032B" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...292 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="15" w:type="dxa"/>
               <w:tblCellMar>
                 <w:top w:w="15" w:type="dxa"/>
                 <w:left w:w="15" w:type="dxa"/>
                 <w:bottom w:w="15" w:type="dxa"/>
                 <w:right w:w="15" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="1897"/>
+              <w:gridCol w:w="96"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00682187" w:rsidRPr="00DF6153" w:rsidTr="000407A6">
+            <w:tr w:rsidR="00A209EF" w:rsidRPr="00A209EF" w:rsidTr="004B53EC">
               <w:trPr>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
-                  <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="00682187" w:rsidRPr="00DF6153" w:rsidRDefault="00682187" w:rsidP="00823CF4">
+                <w:p w:rsidR="0085032B" w:rsidRPr="00A209EF" w:rsidRDefault="0085032B" w:rsidP="0085032B">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-                    <w:jc w:val="center"/>
+                    <w:spacing w:after="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DF6153">
-[...6 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00682187" w:rsidRPr="00DF6153" w:rsidRDefault="00682187" w:rsidP="00823CF4">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0085032B" w:rsidRPr="00A209EF" w:rsidRDefault="004B53EC" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 санатты  жұмыртқа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682187" w:rsidRPr="00DF6153" w:rsidRDefault="00682187" w:rsidP="000407A6">
-[...56 lines deleted...]
-              <w:t>Руководитель Хамитова Г.К</w:t>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C1056" w:rsidRPr="008C1056">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖШС </w:t>
+            </w:r>
+            <w:r w:rsidR="00212991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ардагер – Сауда Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidR="00212991" w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ-ы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00212991" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidR="00212991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="0085032B" w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidR="00212991" w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ-ы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Лебяжинская</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF2848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к-с</w:t>
+            </w:r>
+            <w:r w:rsidR="00212991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 95/2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="008C1056" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жетекшісі: </w:t>
+            </w:r>
+            <w:r w:rsidR="0085032B" w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хамитова Г.К</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRDefault="008F21C6" w:rsidP="00AC1CA5">
-[...27 lines deleted...]
-              <w:t>Из одного источника путем прямого заключения</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="008E3D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="008E3D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Бір дереккөзден тікелей     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="008E3D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        жасасу арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00682187" w:rsidTr="008C62CB">
+      <w:tr w:rsidR="0085032B" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682187" w:rsidRDefault="00682187" w:rsidP="00AC1CA5">
-            <w:pPr>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0085032B" w:rsidRPr="00A4160F" w:rsidRDefault="004B53EC" w:rsidP="004B53EC">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тауық еті 1санат,әрбір бөлек салынған.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="008C1056" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1056">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖШС </w:t>
+            </w:r>
+            <w:r w:rsidR="0085032B" w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Анкор-KZ"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C1056" w:rsidRDefault="008C1056" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қ-сы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ленин</w:t>
+            </w:r>
+            <w:r w:rsidR="008C1056">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к-сі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 132, 28</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="008C1056" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жетекшісі</w:t>
+            </w:r>
+            <w:r w:rsidR="0085032B" w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>: Плеханова Л.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="008E3D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Бір дереккөзден тікелей     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085032B" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="008E3D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>3</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682187" w:rsidRPr="007D7DB0" w:rsidRDefault="00682187" w:rsidP="00823CF4">
-[...16 lines deleted...]
-              <w:t>Куры 1кат,каждая упакована отдельно.</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="004B53EC">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаңа сойылған сиыр еті 1санат, салқындатылған, қайта суытылмаған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682187" w:rsidRPr="007D7DB0" w:rsidRDefault="00682187" w:rsidP="000407A6">
-[...37 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1056">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖШС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «НурТомирис»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Индекс 140000 г. Павлодар ул. Володарского, 180</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>. Павлодар, ул. Ленина, 132, 28</w:t>
-[...19 lines deleted...]
-            </w:r>
+              <w:t>Басшы:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Садыков Т. А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір дереккөзден тікелей жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A209EF" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A209EF" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A209EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жас балық горбуша Балық минтай </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A209EF" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ТОО ПКФ «Рыбный Мир»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ак.Бектуров к-сі, 31-78</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшы: Носик Вячеслав Иванович</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="00A4160F" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшы</w:t>
+            </w:r>
+            <w:r w:rsidR="008E3D1C" w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Даньковский Иван Юзефович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Бір дереккөзден тікелей     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="004B53EC" w:rsidRDefault="008E3D1C" w:rsidP="004B53EC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B53EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Картоп ,алма,қызылша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="004B53EC">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B53EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қырыққабат, сәбіз, пияз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖК «Мяло В. В.»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Казахстан, Павлодар қаласы »</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тел.: «204859 »</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшы:  Мяло В.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Бір дереккөзден тікелей     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="004B53EC" w:rsidRDefault="008E3D1C" w:rsidP="004B53EC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B53EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кептірілген жемістер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="004B53EC" w:rsidRDefault="008E3D1C" w:rsidP="004B53EC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B53EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лимон</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="004B53EC">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B53EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сарымсақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖК «Капенов Т М»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г. Павлодар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшы: Капенов Т.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір дереккөзден тікелей жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>Күріш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007D7DB0">
-[...6 lines deleted...]
-              <w:t>Плеханова Л.Н.</w:t>
+            <w:r w:rsidRPr="008C1056">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖШС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Парма М»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 140000, г.Павлодар, ул. 1 Мая, 26-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшы:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закарян В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRDefault="008F21C6" w:rsidP="00AC1CA5">
-[...27 lines deleted...]
-              <w:t>Из одного источника путем прямого заключения</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Бір дереккөзден тікелей     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        жасасу арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F21C6" w:rsidTr="008C62CB">
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRDefault="008F21C6" w:rsidP="00AC1CA5">
-            <w:pPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1056">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖШС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Парма М»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР, 140000, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к-сі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 Мая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к-сі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 26-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00AF2848" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшы:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закарян В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Бір дереккөзден тікелей     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>4</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRPr="00622939" w:rsidRDefault="008F21C6" w:rsidP="00823CF4">
-[...16 lines deleted...]
-              <w:t>Мясо свежее говядина) 1кат, охлажденное без повторной заморозки. Рубка производиться на месте.</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00755484" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Үрме бұршақ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00755484" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Какао</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Цикорий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRPr="00622939" w:rsidRDefault="008F21C6" w:rsidP="000407A6">
-[...57 lines deleted...]
-              <w:t>Директор Садыков Т. А.</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖК Силена</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Павлодар қ-сы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баймуратова к-сі, 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="00072549">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жетекшісі: Симоненко Е.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRDefault="008F21C6" w:rsidP="000407A6">
-[...27 lines deleted...]
-              <w:t>Из одного источника путем прямого заключения</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір дереккөзден тікелей жасасу арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F21C6" w:rsidTr="008C62CB">
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRDefault="008F21C6" w:rsidP="00AC1CA5">
-            <w:pPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>5</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRPr="00344325" w:rsidRDefault="008F21C6" w:rsidP="00823CF4">
-[...32 lines deleted...]
-              <w:t>Рыба минтай свежая</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00755484" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Апельсиндер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00755484" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лимон</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A643D" w:rsidRDefault="008F21C6" w:rsidP="000407A6">
-[...29 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖК «Капенов Т М»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г. Павлодар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшы:  Капенов Т.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Бір дереккөзден тікелей     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">        жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00755484" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ашытқы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00755484" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кисель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Томат - паста, 1кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖК Силена</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қ-сы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Баймуратова к-сі, 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="00072549">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жетекшісі: Симоненко Е.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Бір дереккөзден тікелей     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00755484" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қант</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00755484" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарақұмық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00755484" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>күнбағыс Майы 1л</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00755484" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Күріш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="00755484">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755484">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұз йодталған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖК «Ирвема»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тел.  8(7182)335986</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Павлодар қ-сы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Омская к-сі, 57/2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жетекшісі: Волков Е.И.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір дереккөзден тікелей жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="00A209EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сары май өлшемді 72,5%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="00A209EF">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сүзбе, салмақ 9%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖШС «МолКом-Павлодар»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тел. 32 83 95, 32 93 82, 334245</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Павлодар қ-сы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="00072549">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       Басшы:Михайлов В.В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00344325">
-[...55 lines deleted...]
-              <w:t>тор- Даньковский Иван Юзефович</w:t>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Бір дереккөзден тікелей     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        жасасу арқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3497" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="00A209EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Геркулес</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="00A209EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арпа Жармасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="00A209EF">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Какао</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖК Силена</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қ-сы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баймуратов к-сі, 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жетекшісі:Симоненко Е.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRDefault="008F21C6" w:rsidP="000407A6">
-[...38 lines deleted...]
-              <w:t>Из одного источника путем прямого заключения</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Бір дереккөзден тікелей     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="000407A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          жасасу арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F21C6" w:rsidTr="008C62CB">
+      <w:tr w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidTr="000407A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRDefault="008F21C6" w:rsidP="00AC1CA5">
-            <w:pPr>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="0085032B" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085032B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>6</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRPr="004933C8" w:rsidRDefault="008F21C6" w:rsidP="00823CF4">
-[...108 lines deleted...]
-              <w:t>ук</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="00A209EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Повидло (алма), 1 литр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="00A209EF">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Томат - паста, 1 литр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRPr="004933C8" w:rsidRDefault="008F21C6" w:rsidP="000407A6">
-[...76 lines deleted...]
-              <w:t>Директор:  Мяло В.В.</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖШС «Парма М»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР, 140000, Павлодар, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 Мая к-сі, 26-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="0085032B">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшы: Закарян В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F21C6" w:rsidRDefault="008F21C6" w:rsidP="000407A6">
-[...1980 lines deleted...]
-              <w:t>Из одного источника путем прямого заключения</w:t>
+          <w:p w:rsidR="008E3D1C" w:rsidRPr="00A4160F" w:rsidRDefault="008E3D1C" w:rsidP="008E3D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         Бір дереккөзден тікелей  жасасу арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC1CA5" w:rsidRPr="00AC1CA5" w:rsidRDefault="00AC1CA5" w:rsidP="00AC1CA5">
+    <w:p w:rsidR="0085032B" w:rsidRPr="0085032B" w:rsidRDefault="0085032B" w:rsidP="0085032B">
       <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AC1CA5" w:rsidRPr="00AC1CA5" w:rsidSect="00677A18">
+    <w:p w:rsidR="00101EE0" w:rsidRPr="0085032B" w:rsidRDefault="00101EE0" w:rsidP="0085032B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="0085032B" w:rsidSect="00677A18">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="180" w:right="850" w:bottom="719" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007D5308"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000A5D71"/>
+    <w:rsidRoot w:val="00B55F37"/>
+    <w:rsid w:val="00072549"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="00344325"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00F26F00"/>
+    <w:rsid w:val="00212991"/>
+    <w:rsid w:val="004860F8"/>
+    <w:rsid w:val="004B53EC"/>
+    <w:rsid w:val="005B51E4"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="00755484"/>
+    <w:rsid w:val="0085032B"/>
+    <w:rsid w:val="008C1056"/>
+    <w:rsid w:val="008E3D1C"/>
+    <w:rsid w:val="00A209EF"/>
+    <w:rsid w:val="00A4160F"/>
+    <w:rsid w:val="00AF2848"/>
+    <w:rsid w:val="00B05332"/>
+    <w:rsid w:val="00B55F37"/>
+    <w:rsid w:val="00C52F2D"/>
+    <w:rsid w:val="00D976E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3914,50 +4697,51 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:caps/>
       <w:spacing w:val="10"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
@@ -4348,51 +5132,51 @@
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00AC1CA5"/>
+    <w:rsid w:val="0085032B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4748,50 +5532,51 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:caps/>
       <w:spacing w:val="10"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
@@ -5182,105 +5967,77 @@
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00AC1CA5"/>
+    <w:rsid w:val="0085032B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EAEBDE"/>
       </a:lt2>
@@ -5537,68 +6294,68 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>442</Words>
-  <Characters>2523</Characters>
+  <Characters>2521</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2960</CharactersWithSpaces>
+  <CharactersWithSpaces>2958</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>