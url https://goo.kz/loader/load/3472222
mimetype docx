--- v0 (2025-12-13)
+++ v1 (2026-01-04)
@@ -32,847 +32,571 @@
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13380"/>
       </w:tblGrid>
       <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="0083169E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="00831D39" w:rsidP="0083169E">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00831D39" w:rsidRPr="00831D39" w:rsidRDefault="00831D39" w:rsidP="00831D39">
+    <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00831D39">
+      <w:r w:rsidRPr="00FE511B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алабақшаларда</w:t>
+        <w:t xml:space="preserve">Нормы питания детей, </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00831D39">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE511B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>воспитывающихсяв</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00831D39">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE511B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>және</w:t>
+        <w:t xml:space="preserve"> детских яслях, детских садах и в санаторных дошкольных</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00831D39">
+      <w:r w:rsidRPr="00FE511B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...183 lines deleted...]
-        <w:t>)</w:t>
+        <w:br/>
+        <w:t>организациях (граммов в день на одного ребенка)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13365" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3022"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1143"/>
+        <w:gridCol w:w="3314"/>
+        <w:gridCol w:w="1782"/>
+        <w:gridCol w:w="1867"/>
+        <w:gridCol w:w="1387"/>
+        <w:gridCol w:w="180"/>
+        <w:gridCol w:w="1059"/>
+        <w:gridCol w:w="381"/>
+        <w:gridCol w:w="1821"/>
+        <w:gridCol w:w="811"/>
+        <w:gridCol w:w="763"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00994015" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3316" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00831D39" w:rsidRDefault="00831D39" w:rsidP="0083169E">
-[...18 lines deleted...]
-              <w:t>Атауы</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8481" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00831D39" w:rsidRDefault="00831D39" w:rsidP="0083169E">
-[...18 lines deleted...]
-              <w:t>Балалалар үшін</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Для детей в возрасте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="002730F8" w:rsidP="0083169E">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санаторных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00831D39" w:rsidRPr="00831D39">
-[...7 lines deleted...]
-              <w:t>анаторияларда</w:t>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>организа</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>циях</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3316" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6278" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="00831D39">
-[...50 lines deleted...]
-              <w:t>қа дейін</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>до 3 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="00831D39">
-[...80 lines deleted...]
-              <w:t>қа дейін</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>от 3 до 7 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994015" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3316" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8481" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00130C9A" w:rsidRPr="0060618B" w:rsidRDefault="00994015" w:rsidP="00130C9A">
-[...89 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В организациях с длительностью</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пребывания</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3316" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1783" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -884,509 +608,419 @@
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9-10,5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="00831D39" w:rsidP="0083169E">
-[...28 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>час.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12-24</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="00831D39" w:rsidP="0083169E">
-[...28 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>час.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9-10,5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="00831D39" w:rsidP="0083169E">
-[...28 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>час.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="00831D39" w:rsidP="0083169E">
-[...28 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>час.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1822" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="00831D39" w:rsidP="0083169E">
-[...182 lines deleted...]
-              <w:t>қа дейін</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>час.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>до 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3316" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
@@ -1640,107 +1274,110 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00994015" w:rsidRDefault="00994015" w:rsidP="0083169E">
-[...18 lines deleted...]
-              <w:t>Өнімдер</w:t>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Продукты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Ақ нан</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хлеб пшеничный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -1947,83 +1584,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Қара нан</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хлеб ржаной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -2230,111 +1867,84 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мука пшеничная</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -2540,118 +2150,84 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...66 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мука картофельная</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -2857,140 +2433,128 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...45 lines deleted...]
-            <w:r w:rsidRPr="00994015">
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Крупа, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бобовые</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="00994015" w:rsidP="00994015">
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>макаронные изделия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -3196,95 +2760,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...43 lines deleted...]
-              <w:t>п</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Картофель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -3491,83 +3043,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Түрлі көкөністер</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Овощи разные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -3774,83 +3326,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Жаңа піскен жемістер</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Фрукты свежие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -4057,105 +3609,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> жемістер</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Фрукты сухие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -4362,109 +3892,84 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...57 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кондитерские изделия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -4670,83 +4175,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Қант</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сахар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -4953,95 +4458,84 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...43 lines deleted...]
-              <w:t>й</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Масло сливочное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -5248,108 +4742,84 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...56 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Масло растительное</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -5555,113 +5025,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...61 lines deleted...]
-              <w:t>)</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Яйцо (штук)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -5868,83 +5308,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Сүт</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Молоко</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -6151,83 +5591,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Ірімшік</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -6434,83 +5874,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Ет</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мясо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -6717,83 +6157,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Балық</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рыба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -7000,83 +6440,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Қаймақ</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сметана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -7283,83 +6723,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Ірімшік</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -7566,83 +7006,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Шәй</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Чай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -7849,95 +7289,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> кофе</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кофе злаковый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -8144,83 +7572,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Тұз</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Соль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -8427,83 +7855,83 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85D50" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
-[...31 lines deleted...]
-              <w:t>Ашытқы</w:t>
+      <w:tr w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidTr="00FE511B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE511B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дрожжи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -8710,50 +8138,51 @@
           </w:tcPr>
           <w:p w:rsidR="0083169E" w:rsidRPr="00FE511B" w:rsidRDefault="0083169E" w:rsidP="0083169E">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE511B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w:rsidR="00263790" w:rsidRPr="00FE511B" w:rsidRDefault="00263790">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00263790" w:rsidRPr="00FE511B" w:rsidSect="0083169E">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
@@ -8770,62 +8199,54 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00650531"/>
-    <w:rsid w:val="00130C9A"/>
     <w:rsid w:val="00263790"/>
-    <w:rsid w:val="002730F8"/>
-    <w:rsid w:val="0060618B"/>
     <w:rsid w:val="00650531"/>
     <w:rsid w:val="00736CB1"/>
-    <w:rsid w:val="00783F7F"/>
     <w:rsid w:val="0083169E"/>
-    <w:rsid w:val="00831D39"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D85D50"/>
     <w:rsid w:val="00FE511B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -9860,69 +9281,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>171</Words>
-  <Characters>977</Characters>
+  <Words>179</Words>
+  <Characters>1021</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1146</CharactersWithSpaces>
+  <CharactersWithSpaces>1198</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>