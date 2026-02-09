--- v0 (2026-01-03)
+++ v1 (2026-02-09)
@@ -11,7019 +11,6652 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="496"/>
         <w:gridCol w:w="5891"/>
         <w:gridCol w:w="3184"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="00084976" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542" w:rsidP="00702902">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00A24542">
+          <w:p w:rsidR="00084976" w:rsidRPr="00084976" w:rsidRDefault="00084976" w:rsidP="002525D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00084976">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542" w:rsidP="00702902">
-[...86 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00084976" w:rsidRPr="00084976" w:rsidRDefault="00084976" w:rsidP="002525D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00084976">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542" w:rsidP="00702902">
-[...16 lines deleted...]
-              <w:t>Лауазымы</w:t>
+          <w:p w:rsidR="00084976" w:rsidRPr="00084976" w:rsidRDefault="00084976" w:rsidP="002525D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00084976">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidTr="00064261">
+      <w:tr w:rsidR="0029543E" w:rsidRPr="00084976" w:rsidTr="00CC0BB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9571" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRDefault="00A24542">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">                                                    Әкімшілік</w:t>
+          <w:p w:rsidR="0029543E" w:rsidRPr="00084976" w:rsidRDefault="0029543E" w:rsidP="0029543E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Администрация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="00084976" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542">
+          <w:p w:rsidR="00084976" w:rsidRPr="00A24542" w:rsidRDefault="00084976" w:rsidP="00CC2156">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542">
+          <w:p w:rsidR="00084976" w:rsidRPr="00A24542" w:rsidRDefault="00084976" w:rsidP="00CC2156">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қожабаева Лазат Мырзабаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542" w:rsidP="00702902">
-[...16 lines deleted...]
-              <w:t>Басшы</w:t>
+          <w:p w:rsidR="00084976" w:rsidRPr="00A24542" w:rsidRDefault="00084976" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="00084976" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542">
+          <w:p w:rsidR="00084976" w:rsidRPr="00A24542" w:rsidRDefault="00084976" w:rsidP="00CC2156">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542">
+          <w:p w:rsidR="00084976" w:rsidRPr="00A24542" w:rsidRDefault="00084976" w:rsidP="00CC2156">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Акпанова Айда Карыповна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542" w:rsidP="00702902">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00084976" w:rsidRPr="00084976" w:rsidRDefault="00084976" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заместитель АХЧ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00084976" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00084976" w:rsidRPr="00A24542" w:rsidRDefault="00084976" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00084976" w:rsidRPr="00A24542" w:rsidRDefault="00084976" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мухтаева Жанар Акимжановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00084976" w:rsidRPr="00084976" w:rsidRDefault="00084976" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>методист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00084976" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00084976" w:rsidRPr="00A24542" w:rsidRDefault="00084976" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00084976" w:rsidRPr="00A24542" w:rsidRDefault="00084976" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бигельдинова Жулдуз Габдулбариевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00084976" w:rsidRPr="00A24542" w:rsidRDefault="00084976" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бухгалтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00741438" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00741438" w:rsidRPr="008335DA" w:rsidRDefault="00741438" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008335DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00741438" w:rsidRPr="008335DA" w:rsidRDefault="00741438" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008335DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шотова Маргарита Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00741438" w:rsidRPr="008335DA" w:rsidRDefault="008335DA" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidR="00741438" w:rsidRPr="008335DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ухгалтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00741438" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00741438" w:rsidRPr="00A24542" w:rsidRDefault="00741438" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00741438" w:rsidRPr="00A24542" w:rsidRDefault="00741438" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Яблокова Ирина Алесандровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00741438" w:rsidRPr="00A24542" w:rsidRDefault="00741438" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>медсестра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00741438" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00741438" w:rsidRDefault="00741438" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00741438" w:rsidRDefault="00741438" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Искакова Рыскельды Шайхимовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00741438" w:rsidRDefault="00741438" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>медсестра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRDefault="008335DA" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A24542">
-[...6 lines deleted...]
-              <w:t>орынбасары</w:t>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шотова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ботагоз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шагыйырановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRDefault="008335DA" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ладовщик</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542">
-[...15 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="008335DA" w:rsidRPr="00A24542" w:rsidRDefault="008335DA" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542">
-[...15 lines deleted...]
-              <w:t>Мухтаева Жанар Акимжановна</w:t>
+          <w:p w:rsidR="008335DA" w:rsidRPr="00A24542" w:rsidRDefault="008335DA" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Муканова Калима Насыровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidRDefault="00A24542" w:rsidP="00702902">
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008335DA" w:rsidRPr="00ED3CD6" w:rsidRDefault="008335DA" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кастелянша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A24542" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
-[...505 lines deleted...]
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="00C62B23">
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="00841605">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9571" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604" w:rsidP="00807149">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidRDefault="008335DA" w:rsidP="0029543E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Специалисты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00807149">
-[...7 lines deleted...]
-              <w:t>Мамандар</w:t>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Арыкпанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Анар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Махмутовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учитель русского языка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00807149">
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жақып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жанар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Муратқызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учитель английского языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шепотько</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Анастасия Юрьевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>инструктор  по физкультуре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сембаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Айнура</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Асылхановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>музыкальный работник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мордан Мөлдір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хореограф</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сержанова Кульбаршин М</w:t>
+            </w:r>
+            <w:r w:rsidR="00083511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ахметовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>логопед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Хайлямова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нургуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Александровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="001D3BF5" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="008335DA" w:rsidRPr="008E34BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>едагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="00EB14C6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9571" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="0091484C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Воспитатели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-          </w:tcPr>
-[...26 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="0091484C" w:rsidRDefault="008335DA" w:rsidP="0091484C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ертисхан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Амангул</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604" w:rsidP="00702902">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="008335DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="0091484C" w:rsidRDefault="008335DA" w:rsidP="0091484C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00807149">
-[...6 lines deleted...]
-              <w:t>орыс</w:t>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шекеева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00807149">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Венера </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0091484C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсембаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="008335DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="009F4EE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="00FF6EB3" w:rsidRDefault="008335DA" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шотова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00807149">
-[...6 lines deleted...]
-              <w:t>тілі</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Асемгуль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00807149">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>ұғалімі</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кабидоллаевна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="008335DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="009F4EE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604">
-[...15 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-          </w:tcPr>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="00FF6EB3" w:rsidRDefault="008335DA" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB264C">
-[...5 lines deleted...]
-              <w:t>Жақып</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кайшыбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BB264C">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB264C">
-[...5 lines deleted...]
-              <w:t>Жанар</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Назгуль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BB264C">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB264C">
-[...5 lines deleted...]
-              <w:t>Муратқызы</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жумабековна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604" w:rsidP="00702902">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="008335DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008335DA" w:rsidRPr="00084976" w:rsidTr="009F4EE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008335DA" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="00FF6EB3" w:rsidRDefault="008335DA" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00807149">
-[...6 lines deleted...]
-              <w:t>ағылшын</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кунакбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00807149">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Аида </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алтаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008335DA" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="008335DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ибрагимова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акерке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00807149">
-[...6 lines deleted...]
-              <w:t>тілі</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Айткалиевна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00807149">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00DA21AE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00FF6EB3" w:rsidRDefault="008C3D08" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Байдилова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>ұғалімі</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Маржанкуль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаксыбаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00DA21AE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604">
-[...15 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00FF6EB3" w:rsidRDefault="008C3D08" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB264C">
-[...5 lines deleted...]
-              <w:t>Шепотько</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BB264C">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Альмира </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сапарбайқызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604" w:rsidP="00702902">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00AC38C9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00FF6EB3" w:rsidRDefault="008C3D08" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00807149">
-[...6 lines deleted...]
-              <w:t>дене</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нургалымова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00807149">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Динара </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кумаровна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00AC38C9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00FF6EB3" w:rsidRDefault="008C3D08" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ильясова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айымгуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00807149">
-[...6 lines deleted...]
-              <w:t>шынықтыру</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ермуханбетовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00807149">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="009D527F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00FF6EB3" w:rsidRDefault="008C3D08" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шапиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00807149">
-[...6 lines deleted...]
-              <w:t>нұсқаушысы</w:t>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кулян</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бегимжановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="009D527F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604">
-[...15 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00FF6EB3" w:rsidRDefault="008C3D08" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Абенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Карлыгаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Каскырбаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="009D527F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00FF6EB3" w:rsidRDefault="008C3D08" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оналбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Майгуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сайфуллина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="009D527F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00FF6EB3" w:rsidRDefault="008C3D08" w:rsidP="00FF6EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Азнабаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айнур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF6EB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нуртаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="009D527F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C7BC1" w:rsidRDefault="008C3D08" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C7BC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аскарова </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C7BC1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Сембаева</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008C7BC1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C7BC1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Айнура</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кусайдаровна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="009D527F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C7BC1" w:rsidRDefault="008C3D08" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C7BC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жумагожина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008C7BC1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C7BC1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Асылхановна</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жанаргуль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C7BC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C7BC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурлановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604" w:rsidP="00702902">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="003810E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C7BC1" w:rsidRDefault="008C3D08" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00807149">
-[...6 lines deleted...]
-              <w:t>музыкалық</w:t>
+            <w:r w:rsidRPr="008C7BC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ризадина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00807149">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="008C7BC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Эльмира </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C7BC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рымбековна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C7BC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00FC2D1A" w:rsidRDefault="008C3D08" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00807149">
-[...6 lines deleted...]
-              <w:t>қызметкер</w:t>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Укенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Лаура </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Уахитовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604">
-[...15 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604">
-[...14 lines deleted...]
-              <w:t>Мордан Мөлдір</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00FC2D1A" w:rsidRDefault="008C3D08" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2FF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аказинова Аяулым Абуталаповна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>хореограф</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
-[...196 lines deleted...]
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="0014467D">
+      <w:tr w:rsidR="002525D9" w:rsidRPr="00084976" w:rsidTr="0081704C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9571" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00DB6604">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">                                                         Тәрбиешілер</w:t>
+          <w:p w:rsidR="002525D9" w:rsidRPr="008E34BF" w:rsidRDefault="002525D9" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Помощники воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="00424D65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="008E34BF" w:rsidRDefault="00DB6604" w:rsidP="00CC2156">
-            <w:pPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="0091484C" w:rsidRDefault="00DB6604" w:rsidP="00CC2156">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00CC0273" w:rsidRDefault="008070AC" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Байгулова</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сара </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0091484C">
-[...7 lines deleted...]
-              <w:t>Ертисхан</w:t>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Серикбаевна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0091484C">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0091484C">
-[...7 lines deleted...]
-              <w:t>Амангул</w:t>
+            <w:r w:rsidR="00D307DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>омощник</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...34 lines deleted...]
-              <w:t>әрбиеші</w:t>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00424D65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="008E34BF" w:rsidRDefault="00DB6604" w:rsidP="00CC2156">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="0091484C" w:rsidRDefault="00DB6604" w:rsidP="00CC2156">
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00CC0273" w:rsidRDefault="008C3D08" w:rsidP="00CC0273">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0091484C">
-[...7 lines deleted...]
-              <w:t>Шекеева</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Солтанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0091484C">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Венера </w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0091484C">
-[...7 lines deleted...]
-              <w:t>Бейсембаевна</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алмагуль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кайыргельдиновна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C3D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощник воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB6604" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00424D65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="008E34BF" w:rsidRDefault="00DB6604" w:rsidP="00CC2156">
-            <w:pPr>
+          <w:p w:rsidR="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00FF6EB3" w:rsidRDefault="00DB6604" w:rsidP="00CC2156">
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00CC0273" w:rsidRDefault="008C3D08" w:rsidP="00CC2156">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Шотова</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мусалимова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF6EB3">
+            <w:r w:rsidRPr="00CC0273">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Асемгуль</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мадина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF6EB3">
+            <w:r w:rsidRPr="00CC0273">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Кабидоллаевна</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Камитовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB6604" w:rsidRPr="00807149" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C3D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощник воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00424D65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008E34BF" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-            <w:pPr>
+          <w:p w:rsidR="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00FF6EB3" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00CC0273" w:rsidRDefault="008C3D08" w:rsidP="00CC2156">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Кайшыбаева</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мухамединова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF6EB3">
+            <w:r w:rsidRPr="00CC0273">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Назгуль</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айымгуль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF6EB3">
+            <w:r w:rsidRPr="00CC0273">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Жумабековна</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Таласпаевна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00807149" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C3D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощник воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00424D65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008E34BF" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-            <w:pPr>
+          <w:p w:rsidR="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00FF6EB3" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00CC0273" w:rsidRDefault="008C3D08" w:rsidP="00CC2156">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Кунакбаева</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акильбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Аида </w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Индира </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Алтаевна</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Болатбековна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C3D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощник воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00424D65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008E34BF" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-            <w:pPr>
+          <w:p w:rsidR="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008C7BC1" w:rsidRDefault="00657A18" w:rsidP="008C7BC1">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00CC0273" w:rsidRDefault="008C3D08" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00780185">
-[...7 lines deleted...]
-              <w:t>Акерке</w:t>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сутбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00780185">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC0273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Роза Николаевна</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00807149" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C3D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощник воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00424D65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008E34BF" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-            <w:pPr>
+          <w:p w:rsidR="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00FF6EB3" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00CC0273" w:rsidRDefault="008C3D08" w:rsidP="00CC2156">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Байдилова</w:t>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Омархан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF6EB3">
+            <w:r w:rsidRPr="00FC2D1A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Маржанкуль</w:t>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Самига</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF6EB3">
+            <w:r w:rsidRPr="00FC2D1A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF6EB3">
-[...7 lines deleted...]
-              <w:t>Жаксыбаевна</w:t>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сериковна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00807149" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C3D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощник воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00424D65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008E34BF" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-            <w:pPr>
+          <w:p w:rsidR="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00FF6EB3" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="00CC0273" w:rsidRDefault="008C3D08" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мусабекова Гульмира Абзяльевна</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C3D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощник воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008C3D08" w:rsidRPr="00084976" w:rsidTr="00424D65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008E34BF" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-            <w:pPr>
+          <w:p w:rsidR="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00FF6EB3" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="003B64F8" w:rsidRDefault="008C3D08" w:rsidP="003B64F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шакенова Ботагоз Амантаевна</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00807149" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="008C3D08" w:rsidRPr="008C3D08" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C3D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощник воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="002C2351">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9571" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00112C31" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Повара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008E34BF" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="008E34BF" w:rsidRDefault="00D307DF" w:rsidP="00FC2D1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00807149" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008E34BF" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-[...15 lines deleted...]
-              <w:t>11</w:t>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...66 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00FA2F01" w:rsidRDefault="00D307DF" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA2F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ауезханова Бакытгуль Темешевна</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00FA2F01" w:rsidRDefault="008070AC" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">шеф </w:t>
+            </w:r>
+            <w:r w:rsidR="008C3D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00FA2F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>овар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008E34BF" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-[...15 lines deleted...]
-              <w:t>12</w:t>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...66 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00FC2D1A" w:rsidRDefault="00D307DF" w:rsidP="00FC2D1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жусупова Фарида Жусуповна</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00807149" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00FA2F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>овар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="008E34BF" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
-[...15 lines deleted...]
-              <w:t>13</w:t>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...606 lines deleted...]
-          <w:p w:rsidR="00657A18" w:rsidRPr="00FC2D1A" w:rsidRDefault="00657A18" w:rsidP="00CC2156">
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="008E34BF" w:rsidRDefault="00D307DF" w:rsidP="00FC2D1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC2D1A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Укенова</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурмагамбетова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FC2D1A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Лаура </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сауле</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC2D1A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Уахитовна</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Базановна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00807149" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кухрабочая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="00C5463E">
-[...78 lines deleted...]
-      <w:tr w:rsidR="00F25A35" w:rsidRPr="00A24542" w:rsidTr="000F1B5A">
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="00D44684">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9571" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25A35" w:rsidRDefault="00F25A35" w:rsidP="006569CD">
-[...18 lines deleted...]
-              <w:t>Тәрбиешілердің көмекшілері</w:t>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Техперсонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25A35" w:rsidRPr="00A24542" w:rsidTr="00146AED">
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25A35" w:rsidRDefault="00F25A35">
-            <w:pPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00715EF2">
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="008E34BF" w:rsidRDefault="00D307DF" w:rsidP="00FC2D1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сидорова Светлана Алексеевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оператор стиральных машин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00741438" w:rsidRDefault="00D307DF" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Попп Александр Александрович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00741438" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>одсобный работник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00741438" w:rsidRDefault="00D307DF" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Транкаев Мухтар Сейтказинович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00741438" w:rsidRDefault="008070AC" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>двор</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00741438" w:rsidRDefault="00D307DF" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шуйтинов Берикбол Сейсембаевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00741438" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лесарь -сантехник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00741438" w:rsidRDefault="00D307DF" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фомин Александр Николаевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00741438" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аботник по обслуживанию здания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="008E34BF" w:rsidRDefault="00FE150D" w:rsidP="00FC2D1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мух</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ев Аскар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Темирболатович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сторож</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00FD2FF9" w:rsidRDefault="00D307DF" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2FF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аскаров Тлеубек Кусайдарович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00FD2FF9" w:rsidRDefault="00D307DF" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD2FF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>торож</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00741438" w:rsidRDefault="00D307DF" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аскаров Айбек Кусайдарович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00FC2D1A" w:rsidRDefault="00D307DF" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сторож</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00CC0273">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00741438" w:rsidRDefault="008070AC" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00741438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рланов Мади Ринатович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00FC2D1A" w:rsidRDefault="00D307DF" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сторож</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="00CF3A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9571" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="008E34BF" w:rsidRDefault="00D307DF" w:rsidP="00247E6D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Декретники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="008E34BF" w:rsidRDefault="00D307DF" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00247E6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Успанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00247E6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00247E6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Гульмира</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00247E6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00247E6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Еренгалиевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="008E34BF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00444404">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="00FC2D1A" w:rsidRDefault="00FC1D65" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC1D65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нурмагамбетова Дина Жумаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC1D65" w:rsidRPr="00FC1D65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D307DF" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="00D307DF" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRPr="008070AC" w:rsidRDefault="00D307DF" w:rsidP="00084976">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-              </w:rPr>
-[...686 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC2D1A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Омархан</w:t>
+              <w:t>Кабышева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FC2D1A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> Динара</w:t>
+            </w:r>
+            <w:r w:rsidR="008070AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бакытовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D307DF" w:rsidRDefault="008C3D08" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00D307DF" w:rsidRPr="00444404">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC1D65" w:rsidRPr="00084976" w:rsidTr="0091484C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1D65" w:rsidRDefault="00FC1D65" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1D65" w:rsidRPr="008E34BF" w:rsidRDefault="00FC1D65" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC2D1A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Самига</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Матаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FC2D1A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алтын </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC2D1A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Сериковна</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аллабергеновна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00807149" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиешінің көмекшісі</w:t>
+          <w:p w:rsidR="00FC1D65" w:rsidRPr="008E34BF" w:rsidRDefault="00FC1D65" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC2D1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учитель английского языка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008070AC" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRDefault="00657A18">
-[...15 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="008070AC" w:rsidRDefault="008070AC" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-              <w:t>Мусабекова Гульмира Абзяльевна</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008070AC" w:rsidRPr="008070AC" w:rsidRDefault="008070AC" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тлеубердинова Айгерим Нуржановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...18 lines deleted...]
-              <w:t>тәрбиешінің көмекшісі</w:t>
+          <w:p w:rsidR="008070AC" w:rsidRPr="00FC2D1A" w:rsidRDefault="008070AC" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008070AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощник воспитателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00657A18" w:rsidRPr="00A24542" w:rsidTr="008C7BC1">
+      <w:tr w:rsidR="008070AC" w:rsidRPr="00084976" w:rsidTr="0091484C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRDefault="00657A18">
-[...15 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="008070AC" w:rsidRDefault="008070AC" w:rsidP="00084976">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-              <w:t>Шакенова Ботагоз Амантаевна</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008070AC" w:rsidRDefault="008070AC" w:rsidP="00CC2156">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кайдарова Нафиса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00657A18" w:rsidRPr="00807149" w:rsidRDefault="00657A18" w:rsidP="00702902">
-[...1907 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+          <w:p w:rsidR="008070AC" w:rsidRPr="008070AC" w:rsidRDefault="008070AC" w:rsidP="008C3D08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008070AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00101EE0" w:rsidRPr="00A24542" w:rsidRDefault="00101EE0">
+    <w:p w:rsidR="00101EE0" w:rsidRPr="0091484C" w:rsidRDefault="00101EE0">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="00A24542">
+    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="0091484C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F861A9"/>
+    <w:rsidRoot w:val="00483BE0"/>
+    <w:rsid w:val="00083511"/>
+    <w:rsid w:val="00084976"/>
+    <w:rsid w:val="000D027A"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="001F26B3"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00657A18"/>
+    <w:rsid w:val="00112C31"/>
+    <w:rsid w:val="001D3BF5"/>
+    <w:rsid w:val="00247E6D"/>
+    <w:rsid w:val="002525D9"/>
+    <w:rsid w:val="0029543E"/>
+    <w:rsid w:val="003B64F8"/>
+    <w:rsid w:val="00444404"/>
+    <w:rsid w:val="00453860"/>
+    <w:rsid w:val="00483BE0"/>
+    <w:rsid w:val="00496DE1"/>
     <w:rsid w:val="00666768"/>
-    <w:rsid w:val="00690ED8"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00F861A9"/>
+    <w:rsid w:val="00741438"/>
+    <w:rsid w:val="008070AC"/>
+    <w:rsid w:val="008335DA"/>
+    <w:rsid w:val="008C3D08"/>
+    <w:rsid w:val="008E34BF"/>
+    <w:rsid w:val="0091484C"/>
+    <w:rsid w:val="00AF6A91"/>
+    <w:rsid w:val="00B42118"/>
+    <w:rsid w:val="00CC0273"/>
+    <w:rsid w:val="00D307DF"/>
+    <w:rsid w:val="00FA2F01"/>
+    <w:rsid w:val="00FC1D65"/>
+    <w:rsid w:val="00FC2D1A"/>
+    <w:rsid w:val="00FD2FF9"/>
+    <w:rsid w:val="00FE150D"/>
+    <w:rsid w:val="00FF6EB3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -7816,51 +7449,51 @@
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00A24542"/>
+    <w:rsid w:val="00084976"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8650,51 +8283,51 @@
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00A24542"/>
+    <w:rsid w:val="00084976"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8976,69 +8609,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>453</Words>
-  <Characters>2585</Characters>
+  <Words>443</Words>
+  <Characters>2530</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3032</CharactersWithSpaces>
+  <CharactersWithSpaces>2968</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>