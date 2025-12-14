--- v0 (2025-12-10)
+++ v1 (2025-12-14)
@@ -5,3531 +5,3427 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009574B4" w:rsidRPr="007C05EB" w:rsidRDefault="009574B4" w:rsidP="009574B4">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C05EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>БЕКІТЕМІН</w:t>
+        <w:t>УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009574B4" w:rsidRPr="007C05EB" w:rsidRDefault="009574B4" w:rsidP="009574B4">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00843CFD" w:rsidP="00CD1609">
       <w:pPr>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidR="00975E3D" w:rsidRPr="007C05EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уководител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1609" w:rsidRPr="007C05EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
+      <w:pPr>
+        <w:ind w:left="10620"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C05EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласы</w:t>
+        <w:t>образования города Павлодара</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009574B4" w:rsidRPr="007C05EB" w:rsidRDefault="009574B4" w:rsidP="009574B4">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C05EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру бөлімінің</w:t>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="008A152F" w:rsidRPr="007C05EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С.Айтказина</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009574B4" w:rsidRPr="007C05EB" w:rsidRDefault="009574B4" w:rsidP="009574B4">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="008A152F" w:rsidP="00CD1609">
       <w:pPr>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C05EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="00403EB1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C05EB">
+      <w:r w:rsidR="00CD1609" w:rsidRPr="007C05EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">» </w:t>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00403EB1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C057E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">мамыр </w:t>
+        <w:t>мая</w:t>
       </w:r>
       <w:r w:rsidRPr="007C05EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2019 жыл</w:t>
+        <w:t xml:space="preserve"> 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1609" w:rsidRPr="007C05EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009574B4" w:rsidRPr="007C05EB" w:rsidRDefault="009574B4" w:rsidP="009574B4">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009574B4" w:rsidRPr="007C05EB" w:rsidRDefault="009574B4" w:rsidP="009574B4">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="005E2A53" w:rsidP="00CD1609">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C05EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласы білім беру бөлімінің 201</w:t>
+        <w:t xml:space="preserve">План работы отдела </w:t>
       </w:r>
-      <w:r w:rsidR="00704664">
+      <w:r w:rsidR="00CD1609" w:rsidRPr="007C05EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...17 lines deleted...]
-        <w:t>МА</w:t>
+        <w:t xml:space="preserve">образования на </w:t>
       </w:r>
       <w:r w:rsidR="00403EB1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>УСЫМ</w:t>
+        <w:t>ИЮНЬ</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C05EB">
+      <w:r w:rsidR="008A152F" w:rsidRPr="007C05EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> айына арналған жұмыс жоспары</w:t>
+        <w:t xml:space="preserve"> 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1609" w:rsidRPr="007C05EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009574B4" w:rsidRPr="007C05EB" w:rsidRDefault="009574B4" w:rsidP="009574B4">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rStyle w:val="a6"/>
-          <w:i w:val="0"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15669" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="9540"/>
         <w:gridCol w:w="2961"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009574B4" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...6 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="008E4010">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...9 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="008E4010">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="008E4010">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>аз</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Ответственные </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="008E4010">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="008E4010">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+              </w:rPr>
+              <w:t>исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF554D" w:rsidRPr="007C05EB" w:rsidTr="00050F97">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15669" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF554D" w:rsidRPr="007C05EB" w:rsidRDefault="00CF554D" w:rsidP="008E4010">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>I. Акимат, совещания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15669" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="007C05EB" w:rsidRDefault="00CD1609" w:rsidP="00CF554D">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
-              <w:rPr>
-[...75 lines deleted...]
-              <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="007C05EB">
+              <w:t>Вопросы, выносимые на</w:t>
+            </w:r>
+            <w:r w:rsidR="006C057E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қала мектептерінің басшыларымен өтетін кеңеске шығарылатын мәселелер</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>совещания с руководителями школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidRDefault="00403EB1" w:rsidP="00320B0B">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidRDefault="00403EB1" w:rsidP="00D0603F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9938" w:type="dxa"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> туралы</w:t>
+            <w:tcW w:w="9540" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00403EB1" w:rsidRPr="00AF6581" w:rsidRDefault="00403EB1" w:rsidP="00D0603F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Об итогах ЕНТ 201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00403EB1" w:rsidRPr="00AF6581" w:rsidRDefault="00403EB1" w:rsidP="000E2E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00062506">
-[...5 lines deleted...]
-              <w:t>Жалпы орта білім беру секторы</w:t>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00403EB1" w:rsidRPr="00AF6581" w:rsidRDefault="00A76A47" w:rsidP="00420F73">
+          <w:p w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidRDefault="00403EB1" w:rsidP="00A610F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Телефонхат бойынша</w:t>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidRDefault="00403EB1" w:rsidP="00A610F4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidRDefault="00403EB1" w:rsidP="00320B0B">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidRDefault="00403EB1" w:rsidP="00D0603F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9938" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00403EB1" w:rsidRPr="00403EB1" w:rsidRDefault="00403EB1" w:rsidP="00FF0EBF">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00403EB1" w:rsidRPr="00AF6581" w:rsidRDefault="00403EB1" w:rsidP="000E2E20">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-              <w:t>жарты жылдығының қорытындысы бойынша меморандум көрсеткіштерінің орындалуы туралы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Об итогах  рейтинговой оценки деятельности учреждений общего среднего образования за 201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебный год и выполнения показателей меморандума по итогам 1 полугодия 201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00403EB1" w:rsidRPr="00AF6581" w:rsidRDefault="00403EB1" w:rsidP="000E2E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0057078F">
-[...4 lines deleted...]
-              <w:t>Құзыреті бойынша бөлім секторлары</w:t>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Секторы отдела по компетенции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00403EB1" w:rsidRPr="00AF6581" w:rsidRDefault="00403EB1" w:rsidP="00420F73">
+          <w:p w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidRDefault="00403EB1" w:rsidP="00A610F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...2 lines deleted...]
-            <w:tcW w:w="502" w:type="dxa"/>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00454608">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidRDefault="00403EB1" w:rsidP="00320B0B">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00D0603F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9938" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000F01CD" w:rsidRPr="002F4FE8" w:rsidRDefault="000F01CD" w:rsidP="000F01CD">
+            <w:tcW w:w="9540" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00013630" w:rsidRDefault="00BE3E25" w:rsidP="00BE13D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
-[...41 lines deleted...]
-          <w:p w:rsidR="00403EB1" w:rsidRPr="000F01CD" w:rsidRDefault="00403EB1" w:rsidP="000E2E20">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00013630">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Об итогах  аттестации педагогических кадров в 2018-2019 учебном году</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00013630" w:rsidRDefault="00BE3E25" w:rsidP="00BE13D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
-          </w:tcPr>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00013630" w:rsidRDefault="00BE3E25" w:rsidP="00BE13D2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00013630">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор организационной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00A610F4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00D0603F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00087300" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ұйымдастыру жұмысы секторы</w:t>
+              <w:t>О с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>остояни</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работы по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>формировани</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> антикоррупционной культуры школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00087300" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00403EB1" w:rsidRPr="00AF6581" w:rsidRDefault="00403EB1" w:rsidP="00420F73">
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00A610F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...2 lines deleted...]
-            <w:tcW w:w="502" w:type="dxa"/>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidRDefault="00403EB1" w:rsidP="00320B0B">
-            <w:pPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00D0603F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00403EB1" w:rsidRPr="00403EB1" w:rsidRDefault="00403EB1" w:rsidP="000E2E20">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00260E28" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Оқушылардың сыбайлас жемқорлыққа қарсы мәдениетін қалыптастыру бойынша жұмыс жағдайы туралы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Об организации платных образовательных услуг в школах города</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00403EB1" w:rsidRPr="00087300" w:rsidRDefault="00403EB1" w:rsidP="000E2E20">
-[...13 lines deleted...]
-              <w:t>Тәрбие жұмысы секторы</w:t>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00260E28" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Централизованная бухгалтерия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00403EB1" w:rsidRPr="00FF0EBF" w:rsidRDefault="00403EB1" w:rsidP="00420F73">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00A610F4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0EBF" w:rsidRPr="00FE5E57" w:rsidTr="00D0603F">
-[...114 lines deleted...]
-      <w:tr w:rsidR="00403EB1" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15669" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...4 lines deleted...]
-              <w:rPr>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00CF554D">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007C05EB">
+              </w:rPr>
+              <w:t>Вопросы, выносимые на</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:iCs/>
-[...22 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="007C05EB">
-              <w:rPr>
-[...89 lines deleted...]
-            <w:r w:rsidRPr="00F75F73">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>совещания руководителей внешкольных учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="004218D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">II. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0017089C">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00115A91" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Об о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00115A91">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рганизаци</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00115A91">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> досуга, занятости детей и подростков во внешкольных учреждениях в летний период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00115A91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00115A91" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00AF6581" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>телефонограмме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15669" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="0052320A">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бақылау-талдау қызметі</w:t>
-[...12 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>II. Контрольно-аналитическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15669" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="0052320A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>Тематический мониторинг (общее среднее образование)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="004218D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00087300" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Состояние работы по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>формировани</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> антикоррупционной культуры школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00087300" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087300">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2817"/>
+                <w:tab w:val="right" w:pos="3512"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>телефонограмме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15669" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="0052320A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007C05EB">
+              </w:rPr>
+              <w:t>Тематический мониторинг (дополнительное</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...105 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Тақырыптық мониторинг (қосымша білім беру)</w:t>
+              </w:rPr>
+              <w:t>образование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF554D" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="004A6A95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="004218D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9938" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CF554D" w:rsidRPr="00CF554D" w:rsidRDefault="00CF554D" w:rsidP="000E2E20">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00115A91" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Жазғы кезеңде мектептен тыс мекемелерде балалар мен жасөспірімдердің бос уақытын ұйымдастыру</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00115A91">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация досуга, занятости детей и подростков во внешкольных учреждениях в летний период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
-          </w:tcPr>
-[...7 lines deleted...]
-              <w:t>Тәрбие жұмысы секторы</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00115A91" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00115A91">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF554D" w:rsidRPr="00E76AA5" w:rsidRDefault="00A76A47" w:rsidP="000E2E20">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Телефонхат бойынша</w:t>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00AA47A2" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF554D" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="000801CE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15669" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F164C">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Педагогикалық қызметкерлерді аттестаттау</w:t>
+              <w:t>Аттестация педагогических работников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF554D" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="007C05EB">
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00AF6581" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6581">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9938" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CF554D" w:rsidRPr="00CF554D" w:rsidRDefault="00CF554D" w:rsidP="007C6041">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00AF6581" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-654"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аттестация педагогических работников организаций образования города</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00AF6581" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-654"/>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
-          </w:tcPr>
-[...13 lines deleted...]
-              <w:t>Ұйымдастыру-кадрлық жұмыс секторы</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00AF6581" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор организационно-кадровой работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF554D" w:rsidRPr="00704609" w:rsidRDefault="00A76A47" w:rsidP="007C6041">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Телефонхат бойынша</w:t>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="0073093A" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF554D" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...17 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00AF6581" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9938" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CF554D" w:rsidRPr="00CF554D" w:rsidRDefault="00CF554D" w:rsidP="007C6041">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00AF6581" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CF554D">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6581">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Педагог қызметкерлерге біліктілік санаттарын беру және растау бойынша қалалық аттестаттау комиссиясының жұмысы</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Работа городской аттестационной комиссии по присвоению и подтверждению квалификационных категорий педагогическим работникам </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
-          </w:tcPr>
-[...31 lines deleted...]
-              <w:t>кабинет</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00AF6581" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6581">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор  организационно-кадровой работы, методкабинет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF554D" w:rsidRPr="00D87F73" w:rsidRDefault="00A76A47" w:rsidP="007C6041">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Телефонхат бойынша</w:t>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF554D" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00785FAE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15669" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00C3424D">
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F164C">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Секторларды </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>День контроля секторов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00611A31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15669" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00CA608B" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA608B">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C3424D">
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00AF6581" w:rsidRDefault="00BE3E25" w:rsidP="000801CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00115A91" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00115A91">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация учебно-воспитательного процесса в Детско-юношеском центре экологии и туризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00115A91" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00115A91">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="00115A91" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00115A91">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Июнь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15669" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00241D9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>ақылау күні</w:t>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>III. Инструктивно-методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF554D" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15669" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00CF554D">
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00403EB1">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Тәрбие жұмысы секторы</w:t>
-[...16 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
-              <w:rPr>
-[...122 lines deleted...]
-            <w:r w:rsidRPr="007B1BB6">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Семинар-кеңестер, әдістемелік іс-шаралар</w:t>
+              <w:t>Семинары-совещания, методические мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0603F" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...4 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="007652A3" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00CA608B">
+        <w:trPr>
+          <w:trHeight w:val="691"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00241D9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="00CA608B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4677"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="007652A3" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
+            <w:r w:rsidRPr="007652A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интерактивная площадка «Свободное время с пользой!» заняти</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA608B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007652A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, мастер классы, спортивные соревнования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA608B" w:rsidRPr="007652A3" w:rsidRDefault="00CA608B" w:rsidP="00CA608B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4677"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007652A3" w:rsidRDefault="00CA608B" w:rsidP="00CA608B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-              <w:t>Тәрбие жұмысы секторы</w:t>
+              </w:rPr>
+              <w:t>Центр «Павлодар дарыны»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRPr="007652A3" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
-[...14 lines deleted...]
-              <w:t>Маусым</w:t>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007652A3" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007652A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF554D" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15669" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00241D9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
-              <w:rPr>
-[...17 lines deleted...]
-            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00051875">
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>IV. Организационные и массовые мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15669" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="00241D9A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...3 lines deleted...]
-              <w:t>Мектеп оқушыларымен жаппай іс-шаралар</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Массовые мероприятия с учащимися школ города</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0603F" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="0028771C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9938" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="000307DA" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C5A7E">
-[...4 lines deleted...]
-              <w:t>Балаларды қорғау күні</w:t>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>День защиты детей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRPr="000307DA" w:rsidRDefault="00C027B3" w:rsidP="00C027B3">
-[...22 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CA608B" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="00CA608B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA608B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воспитательной работы, опеки и попечительства</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA608B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, дошкольного образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="004C4A76" w:rsidRDefault="0068218D" w:rsidP="0068218D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...68 lines deleted...]
-              <w:t>аусым</w:t>
+              </w:rPr>
+              <w:t>1 июня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0603F" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="0028771C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9938" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="000307DA" w:rsidRDefault="00C027B3" w:rsidP="00C027B3">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="00CA608B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республиканский парад детских и молодых музыкальных оркестров и ансамблей </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="0068218D" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...69 lines deleted...]
-              <w:t>аусым</w:t>
+              </w:rPr>
+              <w:t>1 июня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0603F" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="0028771C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9938" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="000307DA" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="0068218D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C6729F">
-[...5 lines deleted...]
-              <w:t>ҚР Мемлекеттік рәміздері күніне арналған іс-шаралар</w:t>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мероприятия, посв</w:t>
+            </w:r>
+            <w:r w:rsidR="0068218D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>щенные Дню государственных символов РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRDefault="00D0603F" w:rsidP="00D0603F">
-[...9 lines deleted...]
-              <w:t>Тәрбие жұмысы секторы</w:t>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRDefault="00C027B3" w:rsidP="00C027B3">
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="0068218D" w:rsidP="000E2E20">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>аусым</w:t>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> июня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0603F" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="0028771C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C05EB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9938" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="000307DA" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="0068218D" w:rsidP="0068218D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Г</w:t>
+            </w:r>
             <w:r w:rsidRPr="000307DA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ородской фестиваль </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE3E25" w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Мәңгілік елдің – мәңгілік сазы»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D0603F">
+            <w:r w:rsidR="00BE3E25" w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0068218D" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="0068218D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+            <w:r w:rsidR="0068218D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, ДМШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05B2">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Июнь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="0028771C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C05EB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Городской конкурс «Жаз </w:t>
+            </w:r>
+            <w:r w:rsidR="0068218D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA608B">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2019»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05B2">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Июнь</w:t>
+            </w:r>
+            <w:r w:rsidR="0068218D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-август</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidRDefault="00BE3E25" w:rsidP="0028771C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қалалық</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускной балл «Жас Толқын </w:t>
+            </w:r>
+            <w:r w:rsidR="0068218D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA608B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2019»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="0068218D" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>і</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>12 июня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="0028771C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Фестиваль детского творчества «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлы дала өнері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRDefault="00D0603F" w:rsidP="00D0603F">
-[...17 lines deleted...]
-              <w:t>, БММ</w:t>
+          <w:p w:rsidR="0068218D" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="0068218D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+            <w:r w:rsidR="0068218D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, ДХШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
-[...9 lines deleted...]
-              <w:t>Маусым</w:t>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05B2">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0603F" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...31 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="000307DA" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="0028771C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000307DA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Жаз </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">– </w:t>
+              <w:t>Городские соревнования технического творчества и изобрет</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA608B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ательства                     (</w:t>
             </w:r>
             <w:r w:rsidRPr="000307DA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2019»</w:t>
-            </w:r>
+              <w:t>авиа, судомоделирование, робототех</w:t>
+            </w:r>
+            <w:r w:rsidR="003D573E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ика)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0068218D" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="0068218D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+            <w:r w:rsidR="0068218D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, ДТШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05B2">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Июнь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3E25" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="0028771C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қалалық байқауы</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фестиваль «Өнерлі бала сүйкімді» среди внешкольных учреждений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRDefault="00D0603F" w:rsidP="00D0603F">
-[...9 lines deleted...]
-              <w:t>Тәрбие жұмысы секторы</w:t>
+          <w:p w:rsidR="00BE3E25" w:rsidRPr="000307DA" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000307DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+            <w:r w:rsidR="0068218D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, Жигер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
-[...17 lines deleted...]
-              <w:t>-тамыз</w:t>
+          <w:p w:rsidR="00BE3E25" w:rsidRDefault="00BE3E25" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05B2">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Июнь</w:t>
+            </w:r>
+            <w:r w:rsidR="0068218D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-август</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0603F" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...7 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="007C05EB" w:rsidRDefault="00D0603F" w:rsidP="007C05EB">
+      <w:tr w:rsidR="0068218D" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0068218D" w:rsidRDefault="0068218D" w:rsidP="0028771C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="000307DA" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0068218D" w:rsidRPr="00F65AFF" w:rsidRDefault="0068218D" w:rsidP="00B74F51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000307DA">
-[...22 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бітіруші түлектер баллы</w:t>
+              <w:t>Областной смотр конкурс знаменных групп</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> посвященных Дню Государственных символов РК </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRDefault="00D0603F" w:rsidP="00D0603F">
-[...9 lines deleted...]
-              <w:t>Тәрбие жұмысы секторы</w:t>
+          <w:p w:rsidR="0068218D" w:rsidRPr="00F65AFF" w:rsidRDefault="0068218D" w:rsidP="0068218D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Методический кабинет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Раисов К.С.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRDefault="00C027B3" w:rsidP="00C027B3">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="0068218D" w:rsidRPr="00F65AFF" w:rsidRDefault="0068218D" w:rsidP="0068218D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>12 м</w:t>
-[...7 lines deleted...]
-              <w:t>аусым</w:t>
+              <w:t>4 и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>юн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0603F" w:rsidRPr="007C05EB" w:rsidTr="00D0603F">
-[...7 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="007C05EB" w:rsidRDefault="00D0603F" w:rsidP="007C05EB">
+      <w:tr w:rsidR="0068218D" w:rsidRPr="007C05EB" w:rsidTr="00F842DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0068218D" w:rsidRDefault="0068218D" w:rsidP="0028771C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00D0603F" w:rsidRPr="00AB5561" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0068218D" w:rsidRPr="00F65AFF" w:rsidRDefault="0068218D" w:rsidP="00F65AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...7 lines deleted...]
-              <w:t>Ұлы дала өнері</w:t>
+              <w:t>Областное соревнование школьной волейбольной лиги в лагере «Жас Даурен»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">» </w:t>
-[...7 lines deleted...]
-              <w:t>балалар шығармашылығының фестивалі</w:t>
+              <w:t xml:space="preserve"> (п.Баянаыул)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRDefault="00D0603F" w:rsidP="00D0603F">
-[...17 lines deleted...]
-              <w:t>, БКСМ</w:t>
+          <w:p w:rsidR="0068218D" w:rsidRPr="00F65AFF" w:rsidRDefault="0068218D" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Методический кабинет (Раисов К.С.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0603F" w:rsidRDefault="00D0603F" w:rsidP="000E2E20">
-[...518 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0068218D" w:rsidRPr="00F65AFF" w:rsidRDefault="0068218D" w:rsidP="000E2E20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009574B4" w:rsidRPr="00D46EE7" w:rsidRDefault="009574B4" w:rsidP="009574B4">
+    <w:p w:rsidR="00754CAD" w:rsidRPr="007C05EB" w:rsidRDefault="00754CAD">
       <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00821BDD" w:rsidRPr="00D46EE7" w:rsidRDefault="00821BDD">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00821BDD" w:rsidRPr="00D46EE7" w:rsidSect="008E4010">
+    <w:sectPr w:rsidR="00754CAD" w:rsidRPr="007C05EB" w:rsidSect="008E4010">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0065091D" w:rsidRDefault="0065091D" w:rsidP="009F4A86">
+    <w:p w:rsidR="00943CE8" w:rsidRDefault="00943CE8" w:rsidP="009F4A86">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0065091D" w:rsidRDefault="0065091D" w:rsidP="009F4A86">
+    <w:p w:rsidR="00943CE8" w:rsidRDefault="00943CE8" w:rsidP="009F4A86">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -3543,148 +3439,148 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="000801CE" w:rsidRDefault="00F844EA" w:rsidP="008E4010">
+  <w:p w:rsidR="000801CE" w:rsidRDefault="00825929" w:rsidP="008E4010">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="000801CE">
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="000801CE" w:rsidRDefault="000801CE" w:rsidP="008E4010">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="000801CE" w:rsidRDefault="00F844EA" w:rsidP="008E4010">
+  <w:p w:rsidR="000801CE" w:rsidRDefault="00825929" w:rsidP="008E4010">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="000801CE">
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002319FE">
+    <w:r w:rsidR="003D573E">
       <w:rPr>
         <w:rStyle w:val="a5"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="000801CE" w:rsidRDefault="000801CE" w:rsidP="008E4010">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0065091D" w:rsidRDefault="0065091D" w:rsidP="009F4A86">
+    <w:p w:rsidR="00943CE8" w:rsidRDefault="00943CE8" w:rsidP="009F4A86">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0065091D" w:rsidRDefault="0065091D" w:rsidP="009F4A86">
+    <w:p w:rsidR="00943CE8" w:rsidRDefault="00943CE8" w:rsidP="009F4A86">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="5C4D390C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C792DF52"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -3858,169 +3754,157 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CD1609"/>
-    <w:rsid w:val="000075DE"/>
+    <w:rsid w:val="00013630"/>
     <w:rsid w:val="00027D26"/>
     <w:rsid w:val="00034F89"/>
     <w:rsid w:val="000801CE"/>
-    <w:rsid w:val="000F01CD"/>
     <w:rsid w:val="000F3D22"/>
     <w:rsid w:val="0013348E"/>
+    <w:rsid w:val="0013599B"/>
     <w:rsid w:val="001749EB"/>
-    <w:rsid w:val="001840BB"/>
-    <w:rsid w:val="001A0386"/>
+    <w:rsid w:val="001B47F7"/>
     <w:rsid w:val="001C261C"/>
     <w:rsid w:val="001C38F4"/>
     <w:rsid w:val="001F52B6"/>
     <w:rsid w:val="00214521"/>
+    <w:rsid w:val="0021489A"/>
     <w:rsid w:val="002264A0"/>
     <w:rsid w:val="00227F46"/>
-    <w:rsid w:val="002319FE"/>
     <w:rsid w:val="0023532A"/>
     <w:rsid w:val="00241D9A"/>
     <w:rsid w:val="00264B45"/>
     <w:rsid w:val="0028771C"/>
     <w:rsid w:val="002B131B"/>
-    <w:rsid w:val="002C139E"/>
     <w:rsid w:val="002E2CAE"/>
-    <w:rsid w:val="002F4FE8"/>
-    <w:rsid w:val="003046F2"/>
     <w:rsid w:val="00320B0B"/>
-    <w:rsid w:val="003C2BFB"/>
+    <w:rsid w:val="003422FC"/>
     <w:rsid w:val="003C7DDF"/>
+    <w:rsid w:val="003D573E"/>
     <w:rsid w:val="003F130E"/>
     <w:rsid w:val="003F3DCB"/>
     <w:rsid w:val="004018CB"/>
     <w:rsid w:val="00403EB1"/>
     <w:rsid w:val="00405F46"/>
     <w:rsid w:val="004218D9"/>
-    <w:rsid w:val="00443C07"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004721ED"/>
     <w:rsid w:val="004754CB"/>
     <w:rsid w:val="004A6A95"/>
+    <w:rsid w:val="004B7F5F"/>
     <w:rsid w:val="00513D5B"/>
+    <w:rsid w:val="005161B7"/>
     <w:rsid w:val="0052320A"/>
     <w:rsid w:val="0053677A"/>
+    <w:rsid w:val="005467D7"/>
     <w:rsid w:val="00550120"/>
     <w:rsid w:val="005B66FC"/>
     <w:rsid w:val="005E2A53"/>
     <w:rsid w:val="005F7D3E"/>
-    <w:rsid w:val="0065091D"/>
     <w:rsid w:val="00666793"/>
+    <w:rsid w:val="0068218D"/>
     <w:rsid w:val="00686F61"/>
-    <w:rsid w:val="00690261"/>
     <w:rsid w:val="006A5BAD"/>
     <w:rsid w:val="006C057E"/>
     <w:rsid w:val="006C0C69"/>
     <w:rsid w:val="006F3FF1"/>
-    <w:rsid w:val="00704609"/>
     <w:rsid w:val="00704664"/>
     <w:rsid w:val="007113C4"/>
     <w:rsid w:val="007324E6"/>
     <w:rsid w:val="00754CAD"/>
-    <w:rsid w:val="00775AFB"/>
     <w:rsid w:val="007C05EB"/>
     <w:rsid w:val="007C09B9"/>
     <w:rsid w:val="00821BDD"/>
     <w:rsid w:val="008247D5"/>
+    <w:rsid w:val="00825929"/>
     <w:rsid w:val="00843CFD"/>
     <w:rsid w:val="00891F9B"/>
     <w:rsid w:val="008A152F"/>
     <w:rsid w:val="008E2819"/>
     <w:rsid w:val="008E4010"/>
     <w:rsid w:val="008E7335"/>
     <w:rsid w:val="008F444F"/>
-    <w:rsid w:val="008F64A8"/>
-    <w:rsid w:val="008F761B"/>
+    <w:rsid w:val="00943CE8"/>
     <w:rsid w:val="009574B4"/>
     <w:rsid w:val="00975E3D"/>
-    <w:rsid w:val="0098260B"/>
-    <w:rsid w:val="00992991"/>
+    <w:rsid w:val="00991630"/>
+    <w:rsid w:val="009B67D7"/>
     <w:rsid w:val="009C080D"/>
     <w:rsid w:val="009E48E2"/>
     <w:rsid w:val="009E6A81"/>
-    <w:rsid w:val="009E73A9"/>
     <w:rsid w:val="009F4A86"/>
     <w:rsid w:val="00A22ABD"/>
     <w:rsid w:val="00A610F4"/>
     <w:rsid w:val="00A63211"/>
-    <w:rsid w:val="00A76A47"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE1A89"/>
+    <w:rsid w:val="00B41905"/>
     <w:rsid w:val="00B635E0"/>
     <w:rsid w:val="00B978F2"/>
+    <w:rsid w:val="00BE3E25"/>
     <w:rsid w:val="00BF5DA9"/>
-    <w:rsid w:val="00C027B3"/>
     <w:rsid w:val="00C52B91"/>
     <w:rsid w:val="00C757BF"/>
     <w:rsid w:val="00C95C4B"/>
+    <w:rsid w:val="00CA608B"/>
     <w:rsid w:val="00CD1609"/>
     <w:rsid w:val="00CE7059"/>
     <w:rsid w:val="00CF554D"/>
     <w:rsid w:val="00D0603F"/>
     <w:rsid w:val="00D46EE7"/>
     <w:rsid w:val="00DF5716"/>
     <w:rsid w:val="00DF78AE"/>
     <w:rsid w:val="00E248FF"/>
     <w:rsid w:val="00E359F2"/>
-    <w:rsid w:val="00E444FA"/>
     <w:rsid w:val="00E51B52"/>
     <w:rsid w:val="00E557E2"/>
     <w:rsid w:val="00E57C4F"/>
     <w:rsid w:val="00E91C4B"/>
     <w:rsid w:val="00EB3B6C"/>
     <w:rsid w:val="00F136A7"/>
     <w:rsid w:val="00F449AF"/>
     <w:rsid w:val="00F506C1"/>
+    <w:rsid w:val="00F65AFF"/>
     <w:rsid w:val="00F842DB"/>
-    <w:rsid w:val="00F844EA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FF0EBF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4868,67 +4752,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2997</Characters>
+  <Pages>1</Pages>
+  <Words>531</Words>
+  <Characters>3032</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3515</CharactersWithSpaces>
+  <CharactersWithSpaces>3556</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>