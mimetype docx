--- v0 (2026-03-01)
+++ v1 (2026-03-03)
@@ -1,1126 +1,1463 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D03CC5" w:rsidRPr="00030E7D" w:rsidRDefault="00030E7D" w:rsidP="00030E7D">
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внедрении автоматизации гос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ударственных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуг </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через проект «Сакура»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C0CDE" w:rsidRPr="00B026B7" w:rsidRDefault="004C0CDE" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект «Сакура» - это  программный  продукт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sakura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная школа», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">где планируется внедрить полную автоматизацию всей системы школьного образования, начиная от задач отделов образования, до родителей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках внедрение данного продукта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>будут  автоматизироваться</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующие государственные услуги и функций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Перевод учеников между организациями образования</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (электронная подача заявления на осуществление перевода в другую школу)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Учет контингента педагогических работников, работающих в организациях среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="002438B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (единый реестр с информацией о рейтинге педагогов начальных классов и показателях качества обучения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Формирование электронных личных дел учащихся, а также педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Формирование базы сведений для целей образовательного мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данная система предоставляет возможности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Регистрация </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заявлении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для зачисления детей в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-</w:t>
+      </w:r>
+      <w:r w:rsidR="002438B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>класс</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (электронная подача заявления на зачисление в первый класс</w:t>
+      </w:r>
+      <w:r w:rsidR="000D3398">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по месту жительства и по квоте)</w:t>
+      </w:r>
+      <w:r w:rsidR="002438B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Просмотр и подт</w:t>
+      </w:r>
+      <w:r w:rsidR="002438B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">верждение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002438B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поступивших</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002438B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявлении;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D03CC5" w:rsidRPr="00030E7D">
-[...101 lines deleted...]
-        <w:t xml:space="preserve">1. Acceptance of documents and enrollment in the organization of education, regardless of departmental subordination for training in General education programs of primary, basic secondary, </w:t>
+    </w:p>
+    <w:p w:rsidR="007B03CB" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Возможность подтверждения </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D03CC5">
-[...6 lines deleted...]
-        <w:t>General</w:t>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заявлении</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D03CC5">
-[...233 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidR="002438B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перевод ученика из другой школы;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="007B03CB" w:rsidRDefault="007B03CB" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Поиск школы по месту жительства</w:t>
+      </w:r>
+      <w:r w:rsidR="002438B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="007B03CB" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Проверка статуса заявления на зачисление</w:t>
+      </w:r>
+      <w:r w:rsidR="002438B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (проверка текущего статуса заявления и просмотр истории движения заявления).</w:t>
+      </w:r>
+      <w:r w:rsidR="00F439D9" w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="004C0CDE" w:rsidP="00F439D9">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B026B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главная страница внутреннего портала содержит следующие разделы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9728" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3397"/>
         <w:gridCol w:w="6331"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00971DBA" w:rsidRPr="00B026B7" w:rsidTr="006267E0">
+      <w:tr w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidTr="00546EED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidRDefault="00971DBA" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B026B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>Section</w:t>
+              </w:rPr>
+              <w:t>Раздел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6331" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidRDefault="00971DBA" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B026B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>Description</w:t>
+              </w:rPr>
+              <w:t>Описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidTr="006267E0">
+      <w:tr w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidTr="00546EED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidRDefault="00971DBA" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Main thing</w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Главное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6331" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidRDefault="00971DBA" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Filing the application for registration in class 1, application verification</w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подача </w:t>
             </w:r>
-            <w:r w:rsidRPr="00971DBA">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">.  </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заявлении</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на регистрацию в 1 класс, проверка заявлении.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidTr="006267E0">
+      <w:tr w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidTr="00546EED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidRDefault="00971DBA" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Restore</w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Реестры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6331" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidRDefault="00971DBA" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сведения о школе, личные дела учеников, адресной реестр, успеваемость, квоты, класс комплекты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971DBA" w:rsidRPr="00F80FE8" w:rsidTr="006267E0">
+      <w:tr w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidTr="00546EED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidRDefault="00F80FE8" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Logs</w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Журналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6331" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00F80FE8" w:rsidRDefault="00F80FE8" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Journal direction, deductions from school, transfer of students between classes, transfer of students, transfer between schools</w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Журнал </w:t>
             </w:r>
-            <w:r w:rsidR="00971DBA" w:rsidRPr="00F80FE8">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">.  </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>направлении</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, отчислений из школы, перевод учеников между классами, перевод </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">учеников, перевод между школами.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971DBA" w:rsidRPr="00B026B7" w:rsidTr="006267E0">
+      <w:tr w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidTr="00546EED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidRDefault="00971DBA" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Educators</w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Педагоги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6331" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00B026B7" w:rsidRDefault="00F80FE8" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Просмотр личного дела педагогов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971DBA" w:rsidRPr="00F80FE8" w:rsidTr="006267E0">
+      <w:tr w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidTr="00546EED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidRDefault="00971DBA" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Reports</w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отчеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6331" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00F80FE8" w:rsidRDefault="00F80FE8" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F80FE8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">.  </w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сводный отчет по динамике зачисления, расширенный отчет по динамике зачисления, зачисленные ученики.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971DBA" w:rsidRPr="00B026B7" w:rsidTr="006267E0">
+      <w:tr w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidTr="00546EED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00971DBA" w:rsidRDefault="00971DBA" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Administrative</w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6331" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00971DBA" w:rsidRPr="00B026B7" w:rsidRDefault="00F80FE8" w:rsidP="006267E0">
+          <w:p w:rsidR="00F439D9" w:rsidRPr="00B026B7" w:rsidRDefault="00F439D9" w:rsidP="00546EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="00B026B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Моя учетная запись, моя школа. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F80FE8" w:rsidRDefault="00F80FE8" w:rsidP="003D33B3">
+    <w:p w:rsidR="004C0CDE" w:rsidRDefault="004C0CDE" w:rsidP="004C0CDE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C0CDE" w:rsidRPr="003D33B3" w:rsidRDefault="004C0CDE" w:rsidP="004C0CDE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D33B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">САКУРА обеспечивает оперативный доступ к необходимой информации для принятия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D33B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>управленческих решений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="00F439D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00F439D9" w:rsidRPr="00F80FE8" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F439D9" w:rsidRPr="00F80FE8" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F439D9" w:rsidRPr="00F80FE8" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F439D9" w:rsidRPr="00F80FE8" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F439D9" w:rsidRPr="00F80FE8" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F439D9" w:rsidRPr="00F80FE8" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F439D9" w:rsidRPr="00F80FE8" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F439D9" w:rsidRPr="00F80FE8" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="003D33B3" w:rsidRPr="00F80FE8" w:rsidRDefault="004C0CDE" w:rsidP="003D33B3">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F439D9" w:rsidRDefault="00F439D9" w:rsidP="003D33B3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D33B3" w:rsidRPr="003D33B3" w:rsidRDefault="004C0CDE" w:rsidP="003D33B3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F80FE8">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002233D4" w:rsidRPr="00F80FE8" w:rsidRDefault="002233D4">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="002233D4" w:rsidRPr="00F80FE8" w:rsidSect="003D33B3">
+    <w:p w:rsidR="002233D4" w:rsidRDefault="002233D4"/>
+    <w:sectPr w:rsidR="002233D4" w:rsidSect="003D33B3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1133,65 +1470,59 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00246EA7"/>
-    <w:rsid w:val="00030E7D"/>
     <w:rsid w:val="000D3398"/>
     <w:rsid w:val="000F7F6C"/>
     <w:rsid w:val="002233D4"/>
     <w:rsid w:val="002438B3"/>
     <w:rsid w:val="00246EA7"/>
     <w:rsid w:val="003D33B3"/>
-    <w:rsid w:val="00475F92"/>
     <w:rsid w:val="004C0CDE"/>
     <w:rsid w:val="007B03CB"/>
-    <w:rsid w:val="00971DBA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E159A4"/>
     <w:rsid w:val="00F439D9"/>
-    <w:rsid w:val="00F80FE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2414,69 +2745,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>348</Words>
-  <Characters>1989</Characters>
+  <Words>335</Words>
+  <Characters>1915</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2333</CharactersWithSpaces>
+  <CharactersWithSpaces>2246</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>