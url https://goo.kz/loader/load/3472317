--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -1,92 +1,167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00851BED" w:rsidRPr="00F63AE2" w:rsidRDefault="00851BED" w:rsidP="00851BED">
+    <w:p w:rsidR="003E7EC2" w:rsidRPr="00F63AE2" w:rsidRDefault="00B71A5F" w:rsidP="00F63AE2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F63AE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Алақай!  Жаз келді!</w:t>
+        </w:rPr>
+        <w:t>Ура</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>!Л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ето</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00851BED" w:rsidRPr="00F63AE2" w:rsidRDefault="00851BED" w:rsidP="00851BED">
+    <w:p w:rsidR="006009DB" w:rsidRPr="00F63AE2" w:rsidRDefault="00B71A5F" w:rsidP="00F63AE2">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63AE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В мини-центре «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ерке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>» начались летние каникулы. 7 июня п</w:t>
+      </w:r>
+      <w:r w:rsidR="006009DB" w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ошло развлечение «Здравствуй</w:t>
+      </w:r>
+      <w:r w:rsidR="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Ерке» шағын орталығында жазғы  демалыс  басталды.  Осыған  орай   7  маусымда  «Сәлем, Жаз!» атты ертеңгілік өтті.  Балалар  би  билеп,  ән  шырқап,  әртүрлі  ойындар  ойнады.  Ертеңгілік  балалардың көңілінен шығып, қызықты өтті. </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>лето!».</w:t>
+      </w:r>
+      <w:r w:rsidR="006009DB" w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Дети пели песни, танцевали, играли</w:t>
+      </w:r>
+      <w:r w:rsidR="006009DB" w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F63AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получили заряд бодрости и хорошее настроение.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006009DB" w:rsidRPr="00851BED" w:rsidRDefault="006009DB" w:rsidP="006009DB">
-[...7 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="006009DB" w:rsidRDefault="006009DB" w:rsidP="006009DB"/>
     <w:p w:rsidR="00B71A5F" w:rsidRPr="006009DB" w:rsidRDefault="006009DB" w:rsidP="006009DB">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="4455865"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Пользователь\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\IMG_8076.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Пользователь\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\IMG_8076.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
@@ -157,51 +232,50 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B71A5F"/>
     <w:rsid w:val="000F5251"/>
     <w:rsid w:val="003E7EC2"/>
     <w:rsid w:val="006009DB"/>
-    <w:rsid w:val="00851BED"/>
     <w:rsid w:val="00B71A5F"/>
     <w:rsid w:val="00D660CB"/>
     <w:rsid w:val="00E53897"/>
     <w:rsid w:val="00F63AE2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -927,65 +1001,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>38</Words>
-  <Characters>218</Characters>
+  <Words>28</Words>
+  <Characters>161</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>255</CharactersWithSpaces>
+  <CharactersWithSpaces>188</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>