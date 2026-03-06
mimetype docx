--- v0 (2025-12-18)
+++ v1 (2026-03-06)
@@ -3,3329 +3,4810 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5053" w:type="pct"/>
+        <w:tblW w:w="10785" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+          <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10147"/>
+        <w:gridCol w:w="10785"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C313BC" w:rsidTr="00C313BC">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00132DFE" w:rsidTr="00C313BC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10148" w:type="dxa"/>
+            <w:tcW w:w="10785" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C313BC">
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Утвержден</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>2015 жылғы " 28 " мамырдағы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t xml:space="preserve">постановлением </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>акимата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 153/5 қаулысымен</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>Павлодарской области</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>бекітілді</w:t>
+              <w:t>от "28" мая 2015 №153/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:pStyle w:val="3"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C313BC">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:br/>
-        <w:t>беретін бағдарламалары бойынша оқыту үшін ведомстволық</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>"Прием документов и зачисление в организации образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:br/>
-        <w:t>бағыныстылығына қарамастан, білім беру ұйымдарына құжаттар қабылдау</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">независимо от ведомственной подчиненности, для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:br/>
-        <w:t>және оқуға қабылдау" мемлекеттік көрсетілетін қызмет регламенті</w:t>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным программам начального, основного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:pStyle w:val="note"/>
         <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
           <w:color w:val="990000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C313BC">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Сноска. По всему тексту регламента:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
         <w:rPr>
           <w:color w:val="990000"/>
-        </w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      слова "центром обслуживания населения" заменены соответственно словами "Государственной корпорацией";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="990000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C313BC">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
         <w:rPr>
           <w:color w:val="990000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Ескерту. Регламенттің барлық мәтіні бойынша:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C313BC">
+        <w:t xml:space="preserve">слова "филиал Республиканского государственного предприятия на праве хозяйственного ведения "Центр обслуживания населения" по Павлодарской области", филиал Республиканского государственного предприятия на праве хозяйственного ведения "Центр обслуживания населения" заменены соответственно словами "Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" в соответствии с постановлением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
         <w:rPr>
           <w:color w:val="990000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C313BC">
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
         <w:rPr>
           <w:color w:val="990000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:br/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Павлодарской области от 19.02.2016 </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:anchor="19" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00C313BC">
+        <w:r w:rsidRPr="00132DFE">
           <w:rPr>
             <w:rStyle w:val="a5"/>
-            <w:color w:val="990000"/>
-[...1 lines deleted...]
-            <w:szCs w:val="18"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
-          <w:t>N 39/2</w:t>
+          <w:t>№ 39/2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C313BC">
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
         <w:rPr>
           <w:color w:val="990000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C313BC">
+        <w:t>вводится в действие по истечении десяти календарных дней после дня его первого</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
         <w:rPr>
           <w:color w:val="990000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>(алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> официального опубликования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:pStyle w:val="3"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="225"/>
+        <w:rPr>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C313BC">
-[...5 lines deleted...]
-        <w:t>1. Жалпы ережелер</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C313BC">
-[...7 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Государственная услуга "Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования" (далее-государственная услуга) оказывается организациями начального, основного среднего, общего среднего образования Республики Казахстан (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
-        <w:t>      Өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелерін беру:</w:t>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+        <w:t>      Прием заявлений и выдача результатов оказания государственных услуг осуществляются через:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
-        <w:t>      1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+        <w:t xml:space="preserve">      1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
-        <w:t>      2) www.edu.gov.kz "электрондық үкіметі" веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+        <w:t>      2) веб-портал "электронного правительства": www.edu.gov.kz (далее – портал).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Форма оказания государственной услуги: электронная/бумажная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Результат оказания государственной услуги: приказ о зачислении в организацию начального, основного среднего, общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с приложением необходимых документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z21" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>пункте 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стандарта государственной услуги "Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования", утвержденного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z1" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 (далее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - стандарт).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет прием и регистрацию полученных от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, сверяет копии документов с оригиналами документов, возвращает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">оригиналы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с распиской о приеме документов по форме согласно приложению 3 к стандарту и передает на рассмотрение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (не более 15 минут); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает и определяет ответственного исполнителя (1 рабочий день);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) ответственный исполнитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оформляет проект приказа, направляет на рассмотрение и подписание руководителю (1 рабочий день);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>рассматривает проект приказа подписывает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляет в канцелярию (1 рабочий день);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрирует приказ и выдает результат государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (не более 15 минут).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Результат: приказ о зачислении в организацию начального, основного среднего, общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Перечень структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) ответственный исполнитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      8. Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры (действия) сопровождается таблицей согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z269" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>настоящему регламенту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">и иными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>услугодателями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>, а также порядка использования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z10" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>стандарта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственная услуга не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>оказывается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Описание порядка обращения при оказании государственной услуги через портал (далее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">портал) и последовательности процедур (действий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет регистрацию на портале (далее – портал) с помощью индивидуального идентификационного номера (далее – ИИН), а также пароля;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) процесс 1 – ввод </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) условие 1 – проверка на портале подлинности данных о зарегистрированном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через ИИН и пароль;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="z256"/>
-[...9 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) процесс 2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимся нарушениями в данных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="z257"/>
-[...29 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) процесс 3 – выбор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, указанной в настоящем регламенте, вывод на экран формы запроса для оказания услуги и заполнение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формы (ввод данных) с учетом ее структуры и форматных требований, прикрепление к форме запроса необходимых копий документов в электронном виде, указанные в стандарте, а также выбор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрационного свидетельства электронно-цифровой подписи (далее – ЭЦП) для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
-        <w:t>көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">      6) условие 2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) данных (между ИИН, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>указанным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
-        <w:t>(қызметкерлерінің) іс-қимыл тәртібін сипаттау</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C313BC">
+        <w:t xml:space="preserve">      7) процесс 4 – формирование сообщения об отказе в запрашиваемой услуге в связи с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>неподтверждением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлинности ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      8) процесс 5 – направление электронного документа (запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">удостоверенного (подписанного) ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через шлюз электронного правительства (далее – ШЭП) в автоматизированном рабочем месте регионального шлюза электронного правительства (далее – АРМ РШЭП) для обработки запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9) условие 3 – проверка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствия приложенных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, указанных в стандарте, и основания для оказания услуги;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C313BC">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00C313BC">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) процесс 6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      11) процесс 7 – получение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результата услуги (уведомление в форме электронного документа), сформированной АРМ РШЭП.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Результат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>информационных систем, задействованных при оказании государственной услуги через портал приведены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диаграммой согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z270" w:tgtFrame="_blank" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="a5"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>бұйрығымен</w:t>
+          <w:t>приложению 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C313BC">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00C313BC">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>настоящему регламенту.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      11. Подробное описание последовательности процедур (действий) взаимодействий структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00132DFE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги, а также описания порядка использования информационных систем в процессе оказания государственной услуги отражается в справочнике бизнес-процессов согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z271" w:tgtFrame="_blank" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="a5"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>9-тармағында</w:t>
+          <w:t>приложению 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C313BC">
-[...142 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...309 lines deleted...]
-        <w:t>сәйкес бизнес-процестердің анықтамалығында көрсетіледі.</w:t>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:jc w:val="right"/>
+        <w:tblW w:w="10785" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+          <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6318"/>
-        <w:gridCol w:w="3723"/>
+        <w:gridCol w:w="6787"/>
+        <w:gridCol w:w="3998"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidTr="00C313BC">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00132DFE" w:rsidTr="00132DFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="363636"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C313BC">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="363636"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="z269"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>орта білім берудің жалпы білім</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>к регламенту государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>беретін бағдарламалары</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>услуги "Прием документов и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>бойынша оқыту үшін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>зачисление в организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>ведомстволық</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>образования, независимо от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>бағыныстылығына қарамастан,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>ведомственной подчиненности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>білім беру ұйымдарына</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t xml:space="preserve">для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>құжаттар қабылдау және оқуға</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>қабылдау" мемлекеттік</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>программам начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>көрсетілетін қызмет</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>регламентіне</w:t>
-[...8 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:pStyle w:val="3"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C313BC">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Описание порядка взаимодействия структурных подразделений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:br/>
-        <w:t>құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимыл тәртібін сипаттау</w:t>
+        <w:t xml:space="preserve">(работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="10841" w:type="dxa"/>
+        <w:tblInd w:w="-366" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+          <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="275"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1445"/>
+        <w:gridCol w:w="300"/>
+        <w:gridCol w:w="1655"/>
+        <w:gridCol w:w="1961"/>
+        <w:gridCol w:w="1658"/>
+        <w:gridCol w:w="1660"/>
+        <w:gridCol w:w="1646"/>
+        <w:gridCol w:w="1961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C313BC" w:rsidTr="00C313BC">
+      <w:tr w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidTr="00132DFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:pStyle w:val="a6"/>
-              <w:rPr>
-                <w:color w:val="auto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C313BC">
-[...3 lines deleted...]
-              <w:t>Негізгі үдерістің (жұмыс барысының) іс-қимылы</w:t>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (хода работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C313BC" w:rsidTr="00C313BC">
+      <w:tr w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidTr="00132DFE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>№ действия (хода работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidTr="00132DFE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Структурные подразделения (работники)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сотрудник канцелярии </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководитель </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственный исполнитель </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководитель </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сотрудник канцелярии </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidTr="00132DFE">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет прием и регистрацию полученных от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов, сверяет копии с оригиналами документов и возвращает </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">оригиналы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Рассматривает и определяет ответственного исполнителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Оформляет проект приказа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Рассматривает проект приказа и подписывает</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Регистрирует приказ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidTr="00132DFE">
+        <w:trPr>
+          <w:trHeight w:val="478"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidTr="00132DFE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Выдача расписки о приеме документов и передача на рассмотрение руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Резолюция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Направление проекта приказа на рассмотрение и подписание руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Приказ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача результата государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidTr="00132DFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
-              <w:pStyle w:val="a6"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:pStyle w:val="a6"/>
-              <w:rPr>
-                <w:color w:val="auto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C313BC">
-[...3 lines deleted...]
-              <w:t>Іс-қимылдың (жұмыс барысының) №</w:t>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:pStyle w:val="a6"/>
-              <w:rPr>
-                <w:color w:val="auto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C313BC">
-[...3 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Не более 15 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:pStyle w:val="a6"/>
-              <w:rPr>
-                <w:color w:val="auto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C313BC">
-[...3 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1 рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:pStyle w:val="a6"/>
-              <w:rPr>
-                <w:color w:val="auto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C313BC">
-[...3 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1 рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:pStyle w:val="a6"/>
-              <w:rPr>
-                <w:color w:val="auto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C313BC">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1 рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:pStyle w:val="a6"/>
-              <w:rPr>
-                <w:color w:val="auto"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C313BC">
-[...1124 lines deleted...]
-              <w:t>15 минуттан аспайды</w:t>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Не более 15 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
-[...1 lines deleted...]
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:vanish/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:jc w:val="right"/>
+        <w:tblW w:w="10785" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+          <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6318"/>
-        <w:gridCol w:w="3723"/>
+        <w:gridCol w:w="6787"/>
+        <w:gridCol w:w="3998"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C313BC" w:rsidTr="00C313BC">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00132DFE" w:rsidTr="00132DFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="363636"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="363636"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC">
+          <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="363636"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="z270"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>орта білім берудің жалпы білім</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>к регламенту государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>беретін бағдарламалары</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>услуги "Прием документов и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>бойынша оқыту үшін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>зачисление в организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>ведомстволық</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>образования, независимо от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>бағыныстылығына қарамастан,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>ведомственной подчиненности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>білім беру ұйымдарына</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t xml:space="preserve">для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>құжаттар қабылдау және оқуға</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>қабылдау" мемлекеттік</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>программам начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>көрсетілетін қызмет</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C313BC">
+              <w:t>основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
-              <w:t>регламентіне</w:t>
-[...8 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:pStyle w:val="3"/>
-        <w:rPr>
-[...36 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Диаграмма функционального взаимодействия информационных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>систем, задействованных в оказании государственной услуги через портал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2BACB0F1" wp14:editId="1B0CD3C3">
-[...2 lines deleted...]
-            <wp:docPr id="14" name="Рисунок 14" descr="http://adilet.zan.kz/files/1088/78/23.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="683CD399" wp14:editId="008E801C">
+            <wp:extent cx="5759450" cy="2538730"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="10" name="Рисунок 10" descr="http://adilet.zan.kz/files/1088/85/23.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 24" descr="http://adilet.zan.kz/files/1088/78/23.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 16" descr="http://adilet.zan.kz/files/1088/85/23.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5759450" cy="2538730"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:after="225"/>
+        <w:rPr>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5854700" cy="3056890"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="9" name="Рисунок 9" descr="http://adilet.zan.kz/files/1088/85/24.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 17" descr="http://adilet.zan.kz/files/1088/85/24.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5595620" cy="4176395"/>
+                      <a:ext cx="5854700" cy="3056890"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10785" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+          <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6787"/>
+        <w:gridCol w:w="3998"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00132DFE" w:rsidTr="00132DFE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="363636"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="363636"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00132DFE" w:rsidRPr="00132DFE" w:rsidRDefault="00132DFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к регламенту государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>услуги "Прием документов и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>зачисление в организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>образования, независимо от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ведомственной подчиненности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>программам начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:pStyle w:val="3"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="225"/>
+        <w:rPr>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C313BC">
-[...5 lines deleted...]
-        <w:t>Шартты белгілер</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справочник бизнес-процессов оказания государственной услуги </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56249AE2" wp14:editId="5556AF09">
-[...2 lines deleted...]
-            <wp:docPr id="13" name="Рисунок 13" descr="http://adilet.zan.kz/files/1088/78/24.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5854700" cy="3316605"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="8" name="Рисунок 8" descr="http://adilet.zan.kz/files/1088/85/25.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 25" descr="http://adilet.zan.kz/files/1088/78/24.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 18" descr="http://adilet.zan.kz/files/1088/85/25.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5841365" cy="2538730"/>
+                      <a:ext cx="5854700" cy="3316605"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...214 lines deleted...]
-    <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:pStyle w:val="3"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="225"/>
+        <w:rPr>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C313BC">
-[...6 lines deleted...]
-        <w:t>Мемлекеттік қызметті көрсетудің бизнес-процестерінің анықтамалығы</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="911B1B"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE" w:rsidP="00132DFE">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:color w:val="363636"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5854700" cy="4012565"/>
-[...1 lines deleted...]
-            <wp:docPr id="12" name="Рисунок 12" descr="http://adilet.zan.kz/files/1088/78/25.jpg"/>
+            <wp:extent cx="3957955" cy="1733550"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:docPr id="7" name="Рисунок 7" descr="http://adilet.zan.kz/files/1088/85/26.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 26" descr="http://adilet.zan.kz/files/1088/78/25.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 19" descr="http://adilet.zan.kz/files/1088/85/26.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5854700" cy="4012565"/>
+                      <a:ext cx="3957955" cy="1733550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C313BC" w:rsidRPr="00C313BC" w:rsidRDefault="00C313BC" w:rsidP="00C313BC">
-[...86 lines deleted...]
-    <w:sectPr w:rsidR="00C313BC" w:rsidSect="00483750">
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE"/>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE"/>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE"/>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE"/>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE"/>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE"/>
+    <w:p w:rsidR="00132DFE" w:rsidRDefault="00132DFE"/>
+    <w:sectPr w:rsidR="00132DFE" w:rsidSect="00483750">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3335,63 +4816,64 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E23EA8"/>
     <w:rsid w:val="00132DFE"/>
-    <w:rsid w:val="003A408D"/>
     <w:rsid w:val="00483750"/>
+    <w:rsid w:val="00970AD2"/>
     <w:rsid w:val="00C313BC"/>
     <w:rsid w:val="00C45438"/>
     <w:rsid w:val="00E23EA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -4216,51 +5698,51 @@
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011057" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011057" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V15P0004582" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011057" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V15P0004582" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V16P0005026" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011057" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V15P0004582" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V15P0004582" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011057" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011057" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V15P0004582" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V16P0005026" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V15P0004582" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4509,65 +5991,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1702</Words>
-  <Characters>9702</Characters>
+  <Words>1605</Words>
+  <Characters>9151</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>76</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11382</CharactersWithSpaces>
+  <CharactersWithSpaces>10735</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Computer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>