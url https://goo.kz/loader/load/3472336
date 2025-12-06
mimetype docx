--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,2276 +1,2282 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
-[...159 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>к приказу Министра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>образования и науки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>от 8 апреля 2015 года № 174</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a7"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги "Прием документов для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>организации индивидуального бесплатного обучения на дому детей,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>которые по состоянию здоровья в течение длительного времени не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>могут посещать организации начального, основного среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...236 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      1. Государственная услуга "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее - государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается организациями начального, основного среднего, общего среднего образования (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) с момента сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования в течение учебного года - 3 рабочих дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - не более 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      6. Результат оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      1) расписка о приеме документов (в произвольной форме);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      2) приказ о зачислении на индивидуальное бесплатное обучение на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      Форма представления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 6 в редакции приказа Министра образования и науки РК от 13.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№ 462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно Трудовому кодексу Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Предварительная запись и ускоренное обслуживание не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>предусмотрены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      1) заявление (в произвольной форме);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>      3) заключение психолого-медико-педагогической консультации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 9 в редакции приказа Министра образования и науки РК от 13.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№ 462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-1. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги и выдает расписку об отказе в приеме документов по форме согласно приложению к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      Сноска. Стандарт дополнен пунктом 9-1 в соответствии с приказом Министра образования и науки РК от 13.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№ 462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в местные исполнительные органы, города</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>республиканского значения и столицы, района (города областного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...357 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>значения), и (или) его должностных лиц по вопросам оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="2"/>
-[...644 lines deleted...]
-        <w:r w:rsidRPr="001F4745">
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) на имя руководителя местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="337AB7"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="none"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001F4745">
-[...206 lines deleted...]
-    <w:sectPr w:rsidR="007E70FD" w:rsidSect="007E70FD">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>; в разделе "Государственные услуги";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов, города республиканского значения и столицы, района (города областного значения). В жалобе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указывается фамилия и инициалы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и лица, принявшего жалобу, почтовый адрес и контактный телефон </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказания государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценк</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Информацию о порядке обжалования можно получить посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7C12" w:rsidRDefault="00BE7C12" w:rsidP="00BE7C12">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="23527C"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="none"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>www.edu.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF0754" w:rsidRDefault="00AF0754"/>
+    <w:sectPr w:rsidR="00AF0754">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DejaVu Sans">
-    <w:altName w:val="Times New Roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="D200FDFF" w:usb2="0A042029" w:usb3="00000000" w:csb0="800001FF" w:csb1="00000000"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="115"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00555BB7"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00F26060"/>
+    <w:rsidRoot w:val="00BE7C12"/>
+    <w:rsid w:val="00AF0754"/>
+    <w:rsid w:val="00BE7C12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -2318,237 +2324,353 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00555BB7"/>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:qFormat/>
-[...67 lines deleted...]
-    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00555BB7"/>
-[...21 lines deleted...]
-    <w:link w:val="a9"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="00555BB7"/>
+    <w:rsid w:val="00BE7C12"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...11 lines deleted...]
-    <w:rsid w:val="00555BB7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE7C12"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE7C12"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE7C12"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1214465661">
+    <w:div w:id="1154104356">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2582,84 +2704,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2794,55 +2918,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4875</Characters>
+  <Pages>3</Pages>
+  <Words>982</Words>
+  <Characters>5601</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>yo</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5719</CharactersWithSpaces>
+  <CharactersWithSpaces>6570</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Alice</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>